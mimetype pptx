--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -17644,51 +17644,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OAA - Office of Assessment and Accountability</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">District</Accessibility_x0020_Audience>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3">Inclusion of Special Populations Training</RoutingRuleDescription>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2022-08-15T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Value>1</Value>
       <Value>2</Value>
     </Audience1>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-14-1802</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
-      <Url>https://education-edit.ky.gov/AA/distsupp/_layouts/15/DocIdRedir.aspx?ID=KYED-14-1802</Url>
+      <Url>https://www.education.ky.gov/AA/distsupp/_layouts/15/DocIdRedir.aspx?ID=KYED-14-1802</Url>
       <Description>KYED-14-1802</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B008DF4EFBC6697154B9CE5CD9A6A2577BF" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="e0b67c418e58d911eabe55e204cd1574">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9ee806450b6155eaaf554df0f1197996" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>