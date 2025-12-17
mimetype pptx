--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -13355,51 +13355,51 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OAA - Office of Assessment and Accountability</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">District</Accessibility_x0020_Audience>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3">Inclusion of Special Populations Training</RoutingRuleDescription>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2022-08-15T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Value>1</Value>
       <Value>2</Value>
     </Audience1>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-14-1801</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
-      <Url>https://education-edit.ky.gov/AA/distsupp/_layouts/15/DocIdRedir.aspx?ID=KYED-14-1801</Url>
+      <Url>https://www.education.ky.gov/AA/distsupp/_layouts/15/DocIdRedir.aspx?ID=KYED-14-1801</Url>
       <Description>KYED-14-1801</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>