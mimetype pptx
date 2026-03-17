--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,161 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
-  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483680" r:id="rId4"/>
     <p:sldMasterId id="2147483681" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId26"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="260" r:id="rId10"/>
     <p:sldId id="261" r:id="rId11"/>
     <p:sldId id="262" r:id="rId12"/>
     <p:sldId id="263" r:id="rId13"/>
     <p:sldId id="264" r:id="rId14"/>
     <p:sldId id="265" r:id="rId15"/>
     <p:sldId id="266" r:id="rId16"/>
     <p:sldId id="267" r:id="rId17"/>
     <p:sldId id="268" r:id="rId18"/>
     <p:sldId id="269" r:id="rId19"/>
     <p:sldId id="270" r:id="rId20"/>
     <p:sldId id="271" r:id="rId21"/>
     <p:sldId id="272" r:id="rId22"/>
     <p:sldId id="273" r:id="rId23"/>
     <p:sldId id="274" r:id="rId24"/>
     <p:sldId id="275" r:id="rId25"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Bitter" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId27"/>
+      <p:bold r:id="rId28"/>
+      <p:italic r:id="rId29"/>
+      <p:boldItalic r:id="rId30"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId31"/>
+      <p:bold r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+      <p:boldItalic r:id="rId34"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId35"/>
+      <p:bold r:id="rId36"/>
+      <p:italic r:id="rId37"/>
+      <p:boldItalic r:id="rId38"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -398,50 +424,58 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{09C726BF-679F-2A10-92D3-A784993F9113}" v="35" dt="2025-12-17T18:54:14.372"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{FCD99718-BFB4-4B77-8C65-3F389CC443AA}">
   <a:tblStyle styleId="{FCD99718-BFB4-4B77-8C65-3F389CC443AA}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
@@ -560,93 +594,93 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34584" autoAdjust="0"/>
-    <p:restoredTop sz="40179" autoAdjust="0"/>
+    <p:restoredLeft sz="34565" autoAdjust="0"/>
+    <p:restoredTop sz="86448" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="56" d="100"/>
-          <a:sy n="56" d="100"/>
+          <a:sx n="102" d="100"/>
+          <a:sy n="102" d="100"/>
         </p:scale>
-        <p:origin x="720" y="168"/>
+        <p:origin x="317" y="67"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-331"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1051,127 +1085,127 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wj76Oi4iZHNz_k23m_tygKt5KyUl_CHB/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wj76Oi4iZHNz_k23m_tygKt5KyUl_CHB/view" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 164"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="165" name="Google Shape;165;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1260,62 +1294,62 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Welcome to the first session in our content cycle! Today’s session will serve as both an introduction to and foundation in vocabulary in literacy. We will dive into the ‘why’ behind this work and the role it plays in growing students, addressing equity in the classroom, and helping our instructional practice evolve to meet the needs of our kids. Over the next 11 weeks, we will explore how to put this into practice. Some of our beliefs may be challenged and reflection will be a key part of our work. By the end of today’s session you will be able to use that reflection to create personal planning and practice goals. To that end, let’s start with a reflection on an essential question that we will explore throughout our learning. We will continue to reflect more and more in depth on this question throughout the cycle, but it’s critical to ground our learning here.</a:t>
+              <a:t>Welcome to the first session in our content cycle! Today’s session will serve as both an introduction to and foundation in vocabulary in literacy. We will dive into the ‘why’ behind this work and the role it plays in growing students and helping our instructional practice evolve to meet the needs of our kids. Over the next 11 weeks, we will explore how to put this into practice. Some of our beliefs may be challenged and reflection will be a key part of our work. By the end of today’s session you will be able to use that reflection to create personal planning and practice goals. To that end, let’s start with a reflection on an essential question that we will explore throughout our learning. We will continue to reflect more and more in depth on this question throughout the cycle, but it’s critical to ground our learning here.</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 241"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1902,87 +1936,80 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Check for Understanding (5 min):</a:t>
             </a:r>
             <a:endParaRPr b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Say: Let’s bring together our knowledge of vocabulary instruction, standards, and equity. We are going to take 3 minutes to jot down responses to this prompt: </a:t>
+              <a:t>Say: Let’s bring together our knowledge of vocabulary instruction, standards and access to grade-level learning. We are going to take 3 minutes to jot down responses to this prompt: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Explain the relationship between vocabulary instruction and equity. </a:t>
+              <a:t>Explain the relationship between vocabulary instruction and access to grade-level learning. </a:t>
             </a:r>
             <a:endParaRPr i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
@@ -2111,51 +2138,51 @@
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" u="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1155CC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>See Facilitator’s Handout: Sample Evidence</a:t>
+              <a:t>See Sample Evidence Handout</a:t>
             </a:r>
             <a:endParaRPr u="none" dirty="0">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 270"/>
         <p:cNvGrpSpPr/>
@@ -4983,281 +5010,305 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="3" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Student Goals (7 minutes)</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="3" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Directions/Framing/Key Points:</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>“Finally, let’s take some time to internalize the Student Goals for this content cycle. </a:t>
+              <a:t>“Finally, let’s take some time to internalize the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1" err="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>At various points during the content cycle, we’ll reflect on student data. This will help us connect the dots between our instructional practice and student learning, with an eye toward identifying any inequities that might exist in outcomes for subgroups of students. We know that every one of us wants all of our students to succeed, and we also know that inequities exist. Surfacing them will help us deepen our ability to adjust our practice in ways that meet the needs of all students. Take a few minutes to read the student goals. Then, select 6 students you will prioritize for progress monitoring throughout this content cycle. Make sure that this group of students is reflective of your overall class demographics, considering race, gender, language, learning needs, and socioeconomic status.”</a:t>
+              <a:t>the</a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:r>
+              <a:rPr lang="en" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> Student Goals for this content cycle. At various points during the content cycle, we’ll reflect on student data. This will help us connect the dots between our instructional practice and student learning. We know that every one of us wants all of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" i="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> our students to succeed. Surfacing them will help us deepen our ability to adjust our practice in ways that meet the needs of all students. Take a few minutes to read the student goals. Then, select 6 students you will prioritize for progress monitoring throughout this content cycle. Make sure that this group of students is reflective of your overall class demographics, considering race, gender, language, learning needs, and socioeconomic status.”</a:t>
+            </a:r>
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>4 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> Teachers read student goals and determine 6 students they’ll monitor throughout this content cycle.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>2 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> With a partner, teachers share their list of students and how they selected them.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 171"/>
@@ -5368,97 +5419,97 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Let’s begin by reflecting on the pre-work article and our own practice. Take a moment to read our reflection questions. These are the same reflection questions from our pre-work: </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers,  or students with special needs?</a:t>
+              <a:t>Why is vocabulary instruction critical for all in literacy for all students, including (and especially) English Language Learners, students who are struggling readers,  or students with special needs?</a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
@@ -5762,99 +5813,99 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Strong understanding of vocabulary is essential for reading comprehension, and in particular for accessing grade-level complex texts </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>English Language Learners and students who are struggling readers often have lower comprehension because they don’t know as many vocabulary words</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -6648,342 +6699,342 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Norms (2 min) *Can replace with school norms* </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Participants choose one norm that they would like to focus on for the session and/or day.</a:t>
+              <a:t>Participants choose one norm that they’d like to focus on for the session and/or day.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Then, participants turn-talk with an elbow partner who can hold them accountable.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Just want to remind you of our norms and call them back into the room.  A few other norms to remember:</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>There will be lots of opportunities for partner/table conversation. Look for my hand when it’s time to come back together.</a:t>
+              <a:t>There will be lots of opps for partner/table conversation. Look for my hand when it’s time to come back together.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Use tech as a tool not a distraction. If you need to send a text or answer a call, please step in the hall and come back when you are ready to rejoin the session</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Look or Listen Fors/Evidence of Mastery:</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-190500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Listen to conversations.</a:t>
+              <a:t>Listen in on their conversations (which you can use to hold them individually accountable later!) ☺</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 206"/>
@@ -8010,324 +8061,318 @@
             <a:r>
               <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Matthew Effect (2 min)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr b="1">
+            <a:endParaRPr b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Explain graph. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>“There’s research that shows that one of the major reasons the gap between struggling readers is maintained over time – and in fact </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" u="sng">
+              <a:rPr lang="en" i="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>grows</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> over time – is due to challenges with vocabulary, and something called the Matthew Effect.” </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>This works like a compound interest curve. The idea of the rich getting richer while the poor get poorer can be extrapolated to reading. Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Vocabulary instruction is critical to instructional equity. </a:t>
+              <a:t>Vocabulary instruction is critical for all. </a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -25024,55 +25069,55 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId19">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -27925,127 +27970,127 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 167"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -28081,51 +28126,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t>Introduction to Vocabulary Instruction and Why It Matters </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="168" name="Google Shape;168;p35">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2486850" y="3818250"/>
             <a:ext cx="4170300" cy="836400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -28190,51 +28235,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="170" name="Google Shape;170;p35">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -28251,57 +28296,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F1933A18-D66F-483B-A61B-B91E3885DAC9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1933A18-D66F-483B-A61B-B91E3885DAC9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="82406" y="99270"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -28440,51 +28485,51 @@
               <a:t>students comprehend texts best when they are able to activate schema, make meaning and recognize vocabulary. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en">
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Exposing students to multiple texts and interdisciplinary content provides opportunities to build knowledge in meaningful ways.” (KAS, p.9)</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="247" name="Google Shape;247;p44">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -28581,57 +28626,57 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1259837" y="3838586"/>
             <a:ext cx="6657975" cy="895350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E1230A08-E9ED-4362-AEF1-82BC5FADA938}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1230A08-E9ED-4362-AEF1-82BC5FADA938}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97746" y="151110"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -28833,51 +28878,51 @@
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1333500" y="3499950"/>
             <a:ext cx="6667500" cy="1531025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="257" name="Google Shape;257;p45">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -28894,57 +28939,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26DBF2A2-A201-4BC3-984A-0275632CA458}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26DBF2A2-A201-4BC3-984A-0275632CA458}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97746" y="151110"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -29081,89 +29126,91 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="262" name="Google Shape;262;p46"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100400" y="2155400"/>
             <a:ext cx="3966600" cy="2531100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0"/>
-              <a:t>Explain the relationship between vocabulary instruction and equity. </a:t>
+              <a:t>Explain the relationship between vocabulary instruction and access </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800"/>
+              <a:t>to grade-level learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0"/>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0"/>
               <a:t>Use research in your response. </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="266" name="Google Shape;266;p46">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4003125" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29183,51 +29230,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="Screenshot of slide 9--The Matthew Effect">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{624526FD-F85C-4C12-B202-AD90446E8D8E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{624526FD-F85C-4C12-B202-AD90446E8D8E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5198164" y="860345"/>
             <a:ext cx="3337560" cy="2099310"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
@@ -29241,51 +29288,51 @@
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4807650" y="3212275"/>
             <a:ext cx="2732525" cy="2097300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="265" name="Google Shape;265;p46">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29302,57 +29349,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{628845E0-F7E9-42EA-B60F-D4233DA05182}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{628845E0-F7E9-42EA-B60F-D4233DA05182}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="99727" y="166726"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -29550,88 +29597,121 @@
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Lack of vocabulary is a primary cause of the achievement gap. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>(Becker 1977, Baumann &amp; Kameenui 1991, Stanovich 1986)</a:t>
+              <a:t>(Becker 1977, Baumann &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="40C1AC"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Kameenui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="40C1AC"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> 1991, Stanovich 1986)</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr marL="457200" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="FFFFFF"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>The Matthew Effect explains the phenomenon whereby students who are behind stay behind. Vocabulary instruction is critical to disrupting this equity gap. </a:t>
+              <a:t>The Matthew Effect explains the phenomenon whereby students who are </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>behind stay behind. Vocabulary instruction is critical to disrupting this gap. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>(Stanovich, 1986)</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
@@ -29716,51 +29796,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>(Hart and Risley 1995, Biemiller 2010)</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="274" name="Google Shape;274;p47">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29785,57 +29865,57 @@
               <a:rPr lang="en" sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0BA40ACD-102F-4265-83DB-ACE5ADD4A5DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BA40ACD-102F-4265-83DB-ACE5ADD4A5DD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="157356" y="-10990"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -30158,51 +30238,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="285" name="Google Shape;285;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -30219,118 +30299,118 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="287" name="Google Shape;287;p48" title=" &quot; &quot;">
+          <p:cNvPr id="287" name="Google Shape;287;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5636525" y="3557150"/>
             <a:ext cx="2157900" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="med" len="med"/>
             <a:tailEnd type="none" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="288" name="Google Shape;288;p48" title=" &quot; &quot;">
+          <p:cNvPr id="288" name="Google Shape;288;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6120250" y="2641725"/>
             <a:ext cx="1137900" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="med" len="med"/>
             <a:tailEnd type="none" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="289" name="Google Shape;289;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5858850" y="3740250"/>
             <a:ext cx="1621500" cy="334800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -30344,51 +30424,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Tier 1</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="290" name="Google Shape;290;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5858850" y="2932025"/>
             <a:ext cx="1621500" cy="334800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -30402,51 +30482,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Tier 2</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="291" name="Google Shape;291;p48">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5904725" y="2155400"/>
             <a:ext cx="1621500" cy="334800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -30457,57 +30537,57 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Tier 3</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B723560F-7DB3-41F9-AEB1-9F6B5910F4C4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B723560F-7DB3-41F9-AEB1-9F6B5910F4C4}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="89901" y="174221"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -30688,51 +30768,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="299" name="Google Shape;299;p49">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -30749,57 +30829,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DCD10693-D56D-4888-8877-5D3874A40996}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCD10693-D56D-4888-8877-5D3874A40996}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="112386" y="202421"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -31062,51 +31142,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="308" name="Google Shape;308;p50">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -31123,57 +31203,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2EDE7E9B-93AB-4496-9E3C-74D181AC4209}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EDE7E9B-93AB-4496-9E3C-74D181AC4209}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="112386" y="169086"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -31693,51 +31773,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="319" name="Google Shape;319;p51">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -31754,57 +31834,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3C5BEC2-13E3-4623-A256-263AF25DE910}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3C5BEC2-13E3-4623-A256-263AF25DE910}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97396" y="174220"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -32003,51 +32083,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="327" name="Google Shape;327;p52">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -32064,57 +32144,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{58883FBD-7178-4CCD-ACC0-52BA33D782A6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58883FBD-7178-4CCD-ACC0-52BA33D782A6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97396" y="164546"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -32382,57 +32462,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5BF8CCB8-1F66-48C4-A499-8F7335DA100E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BF8CCB8-1F66-48C4-A499-8F7335DA100E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="67416" y="154262"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -32524,56 +32604,76 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0"/>
               <a:t>Why is vocabulary instruction </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="en" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>critical for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800"/>
+              <a:t>all</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> in literacy for all </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers,  or students with special needs?</a:t>
+              <a:t>students, including (and especially) English Language Learners, students who are struggling readers,  or students with special needs?</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
@@ -32619,51 +32719,51 @@
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="177" name="Google Shape;177;p36">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -32738,91 +32838,91 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="179" name="Google Shape;179;p36" title=" &quot; &quot;">
+          <p:cNvPr id="179" name="Google Shape;179;p36">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5248800" y="1538326"/>
             <a:ext cx="3821474" cy="2933100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A5EAD1D3-EFC9-42FD-B232-BC5FA607DB3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5EAD1D3-EFC9-42FD-B232-BC5FA607DB3B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="132750" y="206721"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -33069,57 +33169,57 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="7F8080"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What are some strategies for implicit vocabulary instruction? </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DC0FB7A3-2588-40F9-A561-C95CC4519E5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC0FB7A3-2588-40F9-A561-C95CC4519E5A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="112387" y="174220"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -33185,90 +33285,90 @@
               <a:rPr lang="en" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="184" name="Google Shape;184;p37" title=" &quot; &quot;"/>
+          <p:cNvPr id="184" name="Google Shape;184;p37"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1017193431"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4007095081"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{FCD99718-BFB4-4B77-8C65-3F389CC443AA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -33349,51 +33449,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -33473,51 +33573,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -33597,51 +33697,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -33721,51 +33821,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -33845,51 +33945,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -33969,51 +34069,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34093,51 +34193,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34217,51 +34317,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34341,51 +34441,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34465,51 +34565,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34589,51 +34689,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -34713,51 +34813,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="186" name="Google Shape;186;p37" descr="Arrow pointing to Session 1 on the chart.&#10;&#10;"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="479450" y="1371800"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -34772,57 +34872,57 @@
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D195B3FB-F21F-469A-A5F2-ADC466EF38A2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D195B3FB-F21F-469A-A5F2-ADC466EF38A2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="93846" y="176860"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -34830,87 +34930,87 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 190"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B4A300FF-B0DD-4B93-A88D-90B17BFE8F18}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4A300FF-B0DD-4B93-A88D-90B17BFE8F18}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="81975" y="204201"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="Google Shape;195;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -35014,53 +35114,65 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2D68C4"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold"/>
                 <a:ea typeface="Poppins SemiBold"/>
                 <a:cs typeface="Poppins SemiBold"/>
                 <a:sym typeface="Poppins SemiBold"/>
               </a:rPr>
-              <a:t>01.  Explain why vocabulary instruction matters for equity </a:t>
+              <a:t>01.  Explain why vocabulary </a:t>
             </a:r>
-            <a:endParaRPr sz="1800" dirty="0">
+            <a:r>
+              <a:rPr lang="en" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="2D68C4"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold"/>
+                <a:ea typeface="Poppins SemiBold"/>
+                <a:cs typeface="Poppins SemiBold"/>
+                <a:sym typeface="Poppins SemiBold"/>
+              </a:rPr>
+              <a:t>instruction matters for all </a:t>
+            </a:r>
+            <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins SemiBold"/>
               <a:ea typeface="Poppins SemiBold"/>
               <a:cs typeface="Poppins SemiBold"/>
               <a:sym typeface="Poppins SemiBold"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
@@ -35103,51 +35215,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold"/>
                 <a:ea typeface="Poppins SemiBold"/>
                 <a:cs typeface="Poppins SemiBold"/>
                 <a:sym typeface="Poppins SemiBold"/>
               </a:rPr>
               <a:t>03. Create personal planning and practice goals to accelerate learning for all students  </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins SemiBold"/>
               <a:ea typeface="Poppins SemiBold"/>
               <a:cs typeface="Poppins SemiBold"/>
               <a:sym typeface="Poppins SemiBold"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="193" name="Google Shape;193;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5325825" y="1054725"/>
             <a:ext cx="2497800" cy="864600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -35161,51 +35273,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="3600" b="1">
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Agenda</a:t>
             </a:r>
             <a:endParaRPr sz="3600" b="1">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="191" name="Google Shape;191;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5448100" y="2033300"/>
             <a:ext cx="2497800" cy="2197200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -35368,51 +35480,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold"/>
                 <a:ea typeface="Poppins SemiBold"/>
                 <a:cs typeface="Poppins SemiBold"/>
                 <a:sym typeface="Poppins SemiBold"/>
               </a:rPr>
               <a:t>05. Goal-Setting </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins SemiBold"/>
               <a:ea typeface="Poppins SemiBold"/>
               <a:cs typeface="Poppins SemiBold"/>
               <a:sym typeface="Poppins SemiBold"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="196" name="Google Shape;196;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -35788,51 +35900,51 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>PRACTICE </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>vulnerability and trust</a:t>
             </a:r>
             <a:endParaRPr sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="203" name="Google Shape;203;p39">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -35907,90 +36019,90 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="205" name="Google Shape;205;p39" title=" &quot; &quot;">
+          <p:cNvPr id="205" name="Google Shape;205;p39">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect r="54464"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7394550" y="1001225"/>
             <a:ext cx="1749448" cy="4436850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F51518B5-0292-4DC5-AEC5-AD7FC5D8C5B6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F51518B5-0292-4DC5-AEC5-AD7FC5D8C5B6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="82405" y="67332"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -36070,51 +36182,51 @@
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="11276"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1104450" y="1720950"/>
             <a:ext cx="6935101" cy="3075777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="211" name="Google Shape;211;p40">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36134,51 +36246,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="212" name="Google Shape;212;p40">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36195,57 +36307,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DF46FD5E-03A1-4917-9E09-8770A3B9F367}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF46FD5E-03A1-4917-9E09-8770A3B9F367}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97396" y="229046"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -36330,51 +36442,51 @@
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="633400" y="1295150"/>
             <a:ext cx="7877175" cy="3886200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="219" name="Google Shape;219;p41">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36394,51 +36506,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="Google Shape;220;p41">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36455,57 +36567,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6256EC9B-53E3-419A-89A8-AB121255A5A7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6256EC9B-53E3-419A-89A8-AB121255A5A7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="111460" y="168910"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -36717,51 +36829,51 @@
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5056394" y="1745750"/>
             <a:ext cx="3964675" cy="1955975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="229" name="Google Shape;229;p42">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36781,51 +36893,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="Google Shape;230;p42">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -36842,57 +36954,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title=" &quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FDCF5054-60FB-4257-B9F9-B8DB10FAA59F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDCF5054-60FB-4257-B9F9-B8DB10FAA59F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="119881" y="169086"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -36903,114 +37015,114 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 235"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0A34DB4C-25AC-4EA0-ACB5-932A41DC0C1B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A34DB4C-25AC-4EA0-ACB5-932A41DC0C1B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1338558" y="804525"/>
             <a:ext cx="6675120" cy="423911"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>The Matthew Effect</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="Graph of the Matthew Effect showing that saving pocket change with compounding interest will lead to huge and fast growth.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{70EE0739-11F1-4179-9F7D-228E8AA068DA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70EE0739-11F1-4179-9F7D-228E8AA068DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1338559" y="1402932"/>
             <a:ext cx="6675120" cy="3553878"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="Google Shape;236;p43">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -37030,51 +37142,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="Google Shape;238;p43">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -37091,57 +37203,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 1</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" title=" &quot; &quot;">
+          <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4ED2D0CC-02A6-4E4E-88E7-F3452C0A6C09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ED2D0CC-02A6-4E4E-88E7-F3452C0A6C09}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="119881" y="166725"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -37990,76 +38102,85 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1096</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1096</Url>
       <Description>KYED-536-1096</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -38311,197 +38432,204 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94B5450F-BB75-4957-86E5-AB0FB146EC79}">
-[...11 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEAEF5B6-AF6C-4E0E-88E4-FF1814C84F0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94B5450F-BB75-4957-86E5-AB0FB146EC79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="b0677954-d032-49fd-b0c0-017fc762f6d6"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{128092D4-DD0D-4467-9CE5-7F68CDBFBCBF}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1FA8676-50BD-495B-8230-148EC3BF3A86}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7064D11B-9A41-4269-9F39-5CEA15947DFD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>3403</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>3698</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>283</Paragraphs>
   <Slides>20</Slides>
   <Notes>20</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
-[...5 lines deleted...]
-      <vt:lpstr>Poppins</vt:lpstr>
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Introduction to Vocabulary Instruction and Why It Matters </vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Our Norms</vt:lpstr>
       <vt:lpstr>Step into Students’ Shoes! </vt:lpstr>
       <vt:lpstr>Summarize the Text</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>The Matthew Effect</vt:lpstr>
       <vt:lpstr>Kentucky Academic Standards:  Reading Literature &amp; Informational Text </vt:lpstr>
       <vt:lpstr>Kentucky Academic Standards: Language </vt:lpstr>
       <vt:lpstr>Check for Understanding </vt:lpstr>
       <vt:lpstr>Key Takeaways</vt:lpstr>
       <vt:lpstr>Which Words Should We Teach? </vt:lpstr>
       <vt:lpstr>Today’s Look For</vt:lpstr>
       <vt:lpstr>Teacher Goals</vt:lpstr>
       <vt:lpstr>Practice </vt:lpstr>
       <vt:lpstr>Self-Reflection </vt:lpstr>
       <vt:lpstr>Student Goals</vt:lpstr>
       <vt:lpstr>Next Steps </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Introduction to Vocabulary Instruction and Why It Matters </dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:39:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>b7f8dbb2-a0d1-43cf-82d5-ab6f86517bc7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>ec6047e1-165f-443a-9efb-d12994ef5e5c</vt:lpwstr>
   </property>
 </Properties>
 </file>