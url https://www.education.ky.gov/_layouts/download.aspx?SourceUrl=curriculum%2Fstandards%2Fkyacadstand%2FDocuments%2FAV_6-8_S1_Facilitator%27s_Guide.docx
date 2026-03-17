--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,6441 +8,6554 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
+    <w:p w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00A5305E" w14:paraId="5D5223CE" w14:textId="2150DCD4">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
-      <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
+      <w:r w:rsidRPr="002F1CF1" w:rsidR="002F1CF1">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Facilitator’s Guide</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, Grades 6-8</w:t>
       </w:r>
-      <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
+      <w:r w:rsidRPr="002F1CF1" w:rsidR="002F1CF1">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F81A9DC" w14:textId="67A8134B" w:rsidR="00A5305E" w:rsidRPr="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+    <w:p w:rsidRPr="002F1CF1" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="5F81A9DC" w14:textId="67A8134B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Session 1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00A5305E" w:rsidR="00A5305E" w:rsidTr="22D1C103" w14:paraId="51CDBA43" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00005398" w:rsidRDefault="00A5305E" w14:paraId="26D19855" w14:textId="2013DDC0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="22D1C103" w14:paraId="35F87DD7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="5C6F7DD2" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C3AC731" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="3C3AC731" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="22D1C103" w14:paraId="5AE5827E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="19006F2F" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="22D1C103" w:rsidRDefault="00A5305E" w14:paraId="40B61BE4" w14:textId="405435EA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="22D1C103" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="22D1C103" w:rsidR="22DEACF6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="22D1C103" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in literacy?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="2558CE0D" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="22D1C103" w14:paraId="0E73A634" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="31CBF756" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="78DC76BB" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+              <w:t>Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="35A4499C" w:rsidRDefault="00A5305E" w14:paraId="3CC3D1A1" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We must </w:t>
+            </w:r>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>focus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="3F4DE455" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must spend the most time on words needed to fully comprehend the text, words likely to appear in future texts from any discipline, and words that are part of a word family or semantic network.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A3D585D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="2A3D585D" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="22D1C103" w14:paraId="0F525040" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="05BBD822" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="125F4F85" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="35A4499C" w:rsidRDefault="00A5305E" w14:paraId="6D7A5983" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00A5305E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="09C8D946" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Planning &amp; Practice: Opportunities for teachers to apply the content they are learning. This could include analyzing units/lessons, creating lessons, rehearsing lessons, watching and reflecting on videos of their classroom practice, etc. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42EB1836" w14:textId="0A6E22F1" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="42EB1836" w14:textId="0A6E22F1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Student Progress Monitoring: This is an opportunity for teachers to examine student progress aligned to the topic of the cycle. This can include formative student work analysis, end of unit assessments, culminating tasks, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="500C9F91" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="500C9F91" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">Over the course of this learning cycle, teachers will build an understanding of why vocabulary instruction is critical for our students and how to align their planning and practice research-based principles for implicit vocabulary instruction, explicit vocabulary instruction, text sets, and for reinforcing and extending vocabulary. In this cycle, teachers will have opportunities to experience vocabulary instruction through the lens of students and consider the impact. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15D49049" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+    <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="15D49049" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="41955EBE" w14:paraId="79C291B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00005398" w:rsidRDefault="00A5305E" w14:paraId="16B00528" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="41955EBE" w14:paraId="70E48FEC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="385C1C0D" w14:textId="4479C3E5" w:rsidR="00A5305E" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="385C1C0D" w14:textId="4479C3E5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E5D0D6C" w14:textId="77777777" w:rsidR="008F6EA2" w:rsidRPr="00005398" w:rsidRDefault="008F6EA2" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="008F6EA2" w:rsidP="00A5305E" w:rsidRDefault="008F6EA2" w14:paraId="0E5D0D6C" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40ACF62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="40ACF62A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="466C821F" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="7B64716A" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="4BC8C96F" w14:textId="7B64716A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE: These goals are intended to be a starting place for team </w:t>
             </w:r>
-            <w:r w:rsidR="00005398" w:rsidRPr="00005398">
+            <w:r w:rsidRPr="00005398" w:rsidR="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>goal setting</w:t>
             </w:r>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00005398" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidTr="41955EBE" w14:paraId="6350105B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="0B724075" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Practice: Analyzes and adapts questions and tasks to focus on the vocabulary words that are most critical for developing students’ literacy, comprehending the text, and understanding the key ideas of the unit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="391F7563" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="391F7563" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="06E7293D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="06E7293D" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Look Fors:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D25CD91" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="6D25CD91" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Questions and tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E4C2DA8" w14:textId="40B0B939" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="5E4C2DA8" w14:textId="40B0B939">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Lessons broaden students’ word knowledge through instructional strategies (</w:t>
             </w:r>
-            <w:r w:rsidR="00005398" w:rsidRPr="00005398">
+            <w:r w:rsidRPr="00005398" w:rsidR="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>e.g.,</w:t>
             </w:r>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B807B25" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="2B807B25" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary words</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B01109B" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="7B01109B" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Over the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72E7062A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="72E7062A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="23E45CD7" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="41955EBE" w:rsidRDefault="00A5305E" w14:paraId="0ACA6705" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Possible goals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11DEE62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="11DEE62A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>In-class observation of specific student actions that correlate with the learning connected to this content cycle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F308757" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="2F308757" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Achievement or growth on a unit/domain assessment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C4E347" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00005398" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w:rsidRPr="00005398" w:rsidR="00A5305E" w:rsidP="00A5305E" w:rsidRDefault="00A5305E" w14:paraId="73C4E347" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Achievement or growth on a prioritized unit/domain writing task (see rubric guidance below)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="299ADB30" w14:textId="4A2F8263" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+    <w:p w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="299ADB30" w14:textId="4A2F8263">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BA9E9BB" w14:textId="607875A3" w:rsidR="00617037" w:rsidRDefault="00617037" w:rsidP="002F1CF1">
+    <w:p w:rsidR="00617037" w:rsidP="002F1CF1" w:rsidRDefault="00617037" w14:paraId="1BA9E9BB" w14:textId="607875A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0845CBBB" w14:textId="78A56C6B" w:rsidR="00617037" w:rsidRDefault="00617037" w:rsidP="002F1CF1">
+    <w:p w:rsidR="00617037" w:rsidP="002F1CF1" w:rsidRDefault="00617037" w14:paraId="0845CBBB" w14:textId="78A56C6B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D3D3A81" w14:textId="30FA6DF6" w:rsidR="00617037" w:rsidRDefault="00617037" w:rsidP="002F1CF1">
+    <w:p w:rsidR="00617037" w:rsidP="002F1CF1" w:rsidRDefault="00617037" w14:paraId="7D3D3A81" w14:textId="30FA6DF6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12593D07" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="002F1CF1" w:rsidRDefault="00617037" w:rsidP="002F1CF1">
+    <w:p w:rsidRPr="002F1CF1" w:rsidR="00617037" w:rsidP="002F1CF1" w:rsidRDefault="00617037" w14:paraId="12593D07" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14570" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1830"/>
         <w:gridCol w:w="1455"/>
         <w:gridCol w:w="5085"/>
         <w:gridCol w:w="6200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00617037" w:rsidRPr="00617037" w14:paraId="4DB29893" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00617037" w:rsidR="00617037" w:rsidTr="774C7417" w14:paraId="4DB29893" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="693EF3B4" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="0037661F">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="0037661F" w:rsidRDefault="00617037" w14:paraId="693EF3B4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1514"/>
               </w:tabs>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="m2x0bcgle4hu" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:name="m2x0bcgle4hu" w:colFirst="0" w:colLast="0" w:id="1"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00005398">
-              <w:lastRenderedPageBreak/>
               <w:t>CYCLE-AT-A-GLANCE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F182E3D" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00617037" w:rsidRDefault="00617037" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00617037" w:rsidR="00617037" w:rsidP="41955EBE" w:rsidRDefault="00617037" w14:paraId="2F182E3D" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOTE: Each row is intended to represent one </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> session, but schools can adjust the pacing of learning based on their context and teacher needs.</w:t>
+              <w:t>NOTE: Each row is intended to represent one 90 minute session, but schools can adjust the pacing of learning based on their context and teacher needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617037" w:rsidRPr="00617037" w14:paraId="00DBE3B8" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00617037" w:rsidR="00617037" w:rsidTr="774C7417" w14:paraId="00DBE3B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57942501" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="57942501" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="695C7CE4" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="695C7CE4" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Type of Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C301564" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="1C301564" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Objective(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC8F13F" w14:textId="57C88F35" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="5DC8F13F" w14:textId="57C88F35">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Assessment of Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617037" w:rsidRPr="00617037" w14:paraId="0A360562" w14:textId="77777777" w:rsidTr="41955EBE">
+      <w:tr w:rsidRPr="00617037" w:rsidR="00617037" w:rsidTr="774C7417" w14:paraId="0A360562" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EBBB78E" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="0EBBB78E" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Session 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="527D6E6B" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="527D6E6B" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Introduction to Vocabulary Instruction and Why it Matters</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3101EE2E" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="3101EE2E" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="321B1AB3" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="321B1AB3" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54DC2383" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="54DC2383" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Learning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C4B344E" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="1C4B344E" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C225467" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="0C225467" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C0CB283" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
-            <w:pPr>
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="774C7417" w:rsidRDefault="00617037" w14:paraId="1C0CB283" w14:textId="0805EFD7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00005398">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Explain why vocabulary instruction matters for equity</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">Explain why vocabulary instruction matters for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="171C0BA4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00005398">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
+              <w:t xml:space="preserve">Identify which words to teach and why </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t xml:space="preserve">Identify which words to teach and why </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:br/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">Create personal planning and practice goals to accelerate learning for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:br/>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r w:rsidRPr="00005398">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E61674B" w14:textId="0EB38B8A" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="774C7417" w:rsidRDefault="00617037" w14:paraId="7E61674B" w14:textId="70EBEFFB">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360" w:right="0" w:hanging="270"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00617037">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain the relationship between vocabulary instruction and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="0D4A1238">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="41955EBE" w:rsidRDefault="00617037" w14:paraId="35100EFB" w14:textId="7D98950D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="35100EFB" w14:textId="7D98950D" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="41955EBE">
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="41955EBE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Shared analysis of text to determine which words are Tier 2/Tier 3 and which words should be prioritized</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="38B13A89" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins"/>
-[...21 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Vocabulary Instruction: Goal Setting for Planning and Instruction Document</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="685118EC" w14:textId="021F6D3E" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00617037" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00005398" w:rsidRDefault="00617037" w14:paraId="685118EC" w14:textId="021F6D3E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2244"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50F8E51B" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRDefault="00820C2A" w:rsidP="002F1CF1">
+    <w:p w:rsidR="00820C2A" w:rsidP="002F1CF1" w:rsidRDefault="00820C2A" w14:paraId="50F8E51B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1605DA4E" w14:textId="46BCB858" w:rsidR="002F1CF1" w:rsidRPr="00005398" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+    <w:p w:rsidRPr="00005398" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1605DA4E" w14:textId="46BCB858">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
+    <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="00617037" w:rsidRDefault="002F1CF1" w14:paraId="361D5611" w14:textId="0829B552">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="52EB98D4" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+    <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="1E7BA1FE" w14:textId="52EB98D4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="00953087" w:rsidRPr="38471F66">
+      <w:hyperlink r:id="R8014a85bc69c462f">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00953087">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>PowerPoint S</w:t>
         </w:r>
-        <w:r w:rsidR="00617037" w:rsidRPr="38471F66">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00617037">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>lides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="19FF2A9C" w:rsidR="00617037" w:rsidRPr="00005398" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+    <w:p w:rsidRPr="00005398" w:rsidR="00617037" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="0802629F" w14:textId="19FF2A9C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="38471F66">
+      <w:hyperlink r:id="Rdd629d306efb4547">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00617037">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E7F1BDC" w14:textId="07C73F75" w:rsidR="003C4742" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+    <w:p w:rsidR="003C4742" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="3E7F1BDC" w14:textId="07C73F75">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00617037" w:rsidRPr="38471F66">
+      <w:hyperlink r:id="Ra02ea18e94944e1f">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00617037">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t xml:space="preserve">Goal Setting </w:t>
         </w:r>
-        <w:r w:rsidR="00953087" w:rsidRPr="38471F66">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00953087">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>Documen</w:t>
         </w:r>
-        <w:r w:rsidR="00617037" w:rsidRPr="38471F66">
+        <w:r w:rsidRPr="38471F66" w:rsidR="00617037">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46A9BC10" w14:textId="58150F96" w:rsidR="000A23F6" w:rsidRPr="003C4742" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+    <w:p w:rsidRPr="003C4742" w:rsidR="000A23F6" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="46A9BC10" w14:textId="58150F96">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="000A23F6" w:rsidRPr="38471F66">
+      <w:hyperlink r:id="Rdcd1a0dc7b404e53">
+        <w:r w:rsidRPr="38471F66" w:rsidR="000A23F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           </w:rPr>
           <w:t>Facilitator’s Handout: Sample Evidence</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A7A5DC9" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00643B21" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+    <w:p w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="6A7A5DC9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14340" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4545"/>
         <w:gridCol w:w="9795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="34074507" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="34074507" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="736CE7D8" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00940E76">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00940E76" w:rsidRDefault="00643B21" w14:paraId="736CE7D8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="kix.fj0zvbv5x52j" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:name="kix.fj0zvbv5x52j" w:colFirst="0" w:colLast="0" w:id="2"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Session 1: Shared Learning: Introduction to Vocabulary Instruction and Why It Matters </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="6A1AFF37" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="6A1AFF37" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15EFE541" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="15EFE541" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Pre-Work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2F3A9B92" w14:textId="3A940F51" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="41955EBE" w:rsidRDefault="00643B21" w14:paraId="2F3A9B92" w14:textId="3A940F51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(20 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="41955EBE">
+            <w:r w:rsidRPr="41955EBE" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) Participants read through “Choosing Words to Teach” </w:t>
             </w:r>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidRPr="41955EBE">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.readingrockets.org/article/choosing-words-teach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and capture thinking in response to the following questions:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="207EDE98" w14:textId="663C9090" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00643B21" w:rsidP="003C4742">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="003C4742" w:rsidRDefault="00643B21" w14:paraId="207EDE98" w14:textId="663C9090">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Why is vocabulary instruction critical for literacy instruction for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CC3CF72" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="1CC3CF72" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>What does vocabulary instruction currently look like in your classroom? What is the impact?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EFA1C90" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="1EFA1C90" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>What do you want to learn?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C26731C" w14:textId="48E555EB" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00940E76" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="41955EBE" w:rsidRDefault="00940E76" w14:paraId="7C26731C" w14:textId="48E555EB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>For the PLC meeting, b</w:t>
             </w:r>
-            <w:r w:rsidR="00643B21" w:rsidRPr="41955EBE">
+            <w:r w:rsidRPr="41955EBE" w:rsidR="00643B21">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ring a copy of a couple of pages of a </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> you teach.</w:t>
+              <w:t>ring a copy of a couple of pages of a complex  text you teach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="5C808D19" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="5C808D19" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28BDDF89" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="28BDDF89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="17355C98" w14:textId="364A3007" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="17355C98" w14:textId="364A3007">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins"/>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="5A016434" w:rsidRPr="38471F66">
+            <w:hyperlink r:id="R796a1fd9d6c64ed7">
+              <w:r w:rsidRPr="38471F66" w:rsidR="5A016434">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Poppins"/>
+                  <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>Session 1 PowerPoint</w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId16" w:anchor="slide=id.g3ed219a22d_0_8">
-              <w:r w:rsidR="5A016434" w:rsidRPr="38471F66">
+            <w:hyperlink w:anchor="slide=id.g3ed219a22d_0_8" r:id="Re0aa2b9f2c7d4a3d">
+              <w:r w:rsidRPr="38471F66" w:rsidR="5A016434">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Poppins"/>
+                  <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="752DF42E" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00005398">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00005398" w:rsidRDefault="00643B21" w14:paraId="752DF42E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Poppins" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7EFD750E" w14:textId="3DE600F0" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="35A4499C" w:rsidRDefault="00643B21" w14:paraId="7EFD750E" w14:textId="3DE600F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00643B21">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00005398">
-[...7 lines deleted...]
-              <w:t>*Times listed in the presenter’s notes on slides are approximate, and may be adjusted to meet the needs and schedule of the individual PLC.</w:t>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00643B21">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*Times</w:t>
+            </w:r>
+            <w:r w:rsidRPr="35A4499C" w:rsidR="00643B21">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> listed in the presenter’s notes on slides are approximate, and may be adjusted to meet the needs and schedule of the individual PLC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="365E4A5F" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="365E4A5F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB1F164" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="4AB1F164" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Printing or Sharing/Materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="27866617" w14:textId="60090984" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="27866617" w14:textId="60090984">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins"/>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="5A016434" w:rsidRPr="38471F66">
+            <w:hyperlink r:id="Rdb99e731ef434c1e">
+              <w:r w:rsidRPr="38471F66" w:rsidR="5A016434">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Poppins"/>
+                  <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>Vocabulary Instruction: Goal Setting for Planning and Instruction Document</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6A07553F" w14:textId="5AA2A24F" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00C52C49" w:rsidP="38471F66">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="38471F66" w:rsidRDefault="00515DC8" w14:paraId="6A07553F" w14:textId="5AA2A24F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins"/>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18">
-              <w:r w:rsidR="5A016434" w:rsidRPr="38471F66">
+            <w:hyperlink r:id="Ra4613c05da324632">
+              <w:r w:rsidRPr="38471F66" w:rsidR="5A016434">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Poppins"/>
+                  <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>6-8 Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="7F678929" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="7F678929" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="460"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5A57FB59" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="5A57FB59" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1455"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Agenda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C526131" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="7C526131" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Facilitation Guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00643B21" w:rsidRPr="00643B21" w14:paraId="5F70CAE9" w14:textId="77777777" w:rsidTr="38471F66">
+      <w:tr w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidTr="35A4499C" w14:paraId="5F70CAE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4205ED8B" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="4205ED8B" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">Welcome </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7876CCE0" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="7876CCE0" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">The WHY  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="009EB659" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="009EB659" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">Word Selection </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63C6294E" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="63C6294E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00005398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">Practice </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="442B7F49" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="41955EBE" w:rsidRDefault="00643B21" w14:paraId="442B7F49" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Goal-Setting</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Goal-Setting </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="53BEF2AD" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00005398" w:rsidRDefault="00643B21" w:rsidP="41955EBE">
+          <w:p w:rsidRPr="00005398" w:rsidR="00643B21" w:rsidP="41955EBE" w:rsidRDefault="00643B21" w14:paraId="53BEF2AD" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Overview: </w:t>
             </w:r>
             <w:r w:rsidRPr="41955EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>In this session, participants will explore why vocabulary instruction matters for students as well as which words to teach and how. They will reflect together on what the research says about the importance of vocabulary, connect vocabulary instruction to the Kentucky Academic Standards, engage in an experience to understand the student perspective, and practice prioritizing vocabulary to teach with a text in their grade band.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05253459" w14:textId="77777777" w:rsidR="00643B21" w:rsidRPr="00643B21" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+    <w:p w:rsidRPr="00643B21" w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="05253459" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AACAD54" w14:textId="4448BD4B" w:rsidR="00643B21" w:rsidRDefault="00643B21" w:rsidP="00643B21">
+    <w:p w:rsidR="00643B21" w:rsidP="00643B21" w:rsidRDefault="00643B21" w14:paraId="2AACAD54" w14:textId="4448BD4B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3592B273" w14:textId="57D4B533" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="3592B273" w14:textId="57D4B533">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1638540D" w14:textId="09FD2721" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="1638540D" w14:textId="09FD2721">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD2DD80" w14:textId="67886066" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="4FD2DD80" w14:textId="67886066">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75E70E48" w14:textId="3C1BC935" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="75E70E48" w14:textId="3C1BC935">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1102C335" w14:textId="320790A3" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="1102C335" w14:textId="320790A3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67448285" w14:textId="4A502931" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="67448285" w14:textId="4A502931">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="004926D4" w14:textId="11634752" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="004926D4" w14:textId="11634752">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B3C007" w14:textId="12DA86F9" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="28B3C007" w14:textId="12DA86F9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6478AD83" w14:textId="04A55721" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="6478AD83" w14:textId="04A55721">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="560C4CFA" w14:textId="30F1F14E" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="560C4CFA" w14:textId="30F1F14E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC3190C" w14:textId="73A4C7C9" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="4CC3190C" w14:textId="73A4C7C9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13914F7A" w14:textId="77777777" w:rsidR="003C4742" w:rsidRPr="00617037" w:rsidRDefault="003C4742" w:rsidP="00643B21">
+    <w:p w:rsidRPr="00617037" w:rsidR="003C4742" w:rsidP="00643B21" w:rsidRDefault="003C4742" w14:paraId="13914F7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
+    <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="00617037" w:rsidRDefault="002F1CF1" w14:paraId="53FC4177" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="157AAF2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0F6865FF" w14:textId="2EC0F940" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="0F6865FF" w14:textId="2EC0F940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Facilitator</w:t>
             </w:r>
             <w:r w:rsidR="00820C2A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>’s</w:t>
             </w:r>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="331DB377" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="2B27B047" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4DB6265A" w14:textId="60627544" w:rsidR="00D8156B" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D8156B" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="4DB6265A" w14:textId="60627544">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C39ACA9" w14:textId="0BA1AC02" w:rsidR="00D8156B" w:rsidRPr="003C4742" w:rsidRDefault="00D8156B" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D8156B" w:rsidP="002F1CF1" w:rsidRDefault="00D8156B" w14:paraId="3C39ACA9" w14:textId="0BA1AC02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D3235E1" w14:textId="19967AD9" w:rsidR="00D8156B" w:rsidRPr="003C4742" w:rsidRDefault="00D8156B" w:rsidP="00D8156B">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D8156B" w:rsidP="00D8156B" w:rsidRDefault="00D8156B" w14:paraId="2D3235E1" w14:textId="19967AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Framing (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">): </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7287C7BC" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00D8156B" w:rsidP="00820C2A">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="00820C2A" w:rsidRDefault="00D8156B" w14:paraId="7287C7BC" w14:textId="529518ED">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C4742">
-[...6 lines deleted...]
-            <w:r w:rsidR="00005398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welcome to the first session </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> our content cycle! Today’s session will serve as both an introduction to and foundation in vocabulary in literacy. We will dive into the ‘why’ behind this work and the role it plays in growing </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="32FDAF35">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all students</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and helping our instructional practice evolve to meet the needs of our kids. Over the next </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11 weeks</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, we will explore how to put this into practice. Some of our beliefs may be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>challenged</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and reflection will be a key part of our work. By the end of today’s session</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00005398">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="003C4742">
-[...6 lines deleted...]
-            <w:r w:rsidR="00005398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you will be able to use that reflection to create personal planning and practice goals. To that end, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>let’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> start with a reflection on an essential question that we will explore throughout our learning. We will continue to reflect </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>more and more</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in depth on this question throughout the cycle, but </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00005398">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
-            <w:r w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D8156B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> critical to ground our learning here.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BB8BD10" w14:textId="0F740F9E" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00820C2A" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="002F1CF1" w:rsidRDefault="00820C2A" w14:paraId="5BB8BD10" w14:textId="0F740F9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="593A074C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="593A074C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00DF4421" w14:paraId="2236CB73" w14:textId="1AC28F7C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35075A65" wp14:editId="092B6E73">
                   <wp:extent cx="2606040" cy="1628775"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="9525"/>
                   <wp:docPr id="3" name="Picture 3" descr="Decorative screenshot to direct participants to Slide 1 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text.  Facilitator's Notes are intended to accompany the PowerPoint."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="Picture 3" descr="Decorative screenshot to direct participants to Slide 1 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text.  Facilitator's Notes are intended to accompany the PowerPoint."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="0909F187" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2CA261CB" w14:textId="5087DDE9" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="2CA261CB" w14:textId="5087DDE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 2:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07592158" w14:textId="0160DD74" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="07592158" w14:textId="0160DD74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B0AE372" w14:textId="26EDD965" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="6B0AE372" w14:textId="26EDD965">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do Now (10 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> total):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BC47684" w14:textId="77777777" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="1BC47684" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Let’s begin by reflecting on the pre-work article and our own practice. Take a moment to read our reflection questions. These are the same reflection questions from our pre-work: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B036138" w14:textId="1BCCC4CB" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="774C7417" w:rsidRDefault="00FA6BE3" w14:paraId="5B036138" w14:textId="79AD0FE2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing/>
+              <w:ind w:left="1440"/>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00FA6BE3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="5D2321BA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00FA6BE3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="2BB5952F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BB5952F" w14:textId="77777777" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+              <w:t xml:space="preserve">What does vocabulary instruction currently look like in your classroom? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="7028FEDE" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">What does vocabulary instruction currently look like in your classroom? </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7028FEDE" w14:textId="77777777" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+              <w:t xml:space="preserve">What is the impact? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="6FC67FD5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">What is the impact? </w:t>
-[...9 lines deleted...]
-              <w:contextualSpacing/>
+              <w:t>What do you want to learn?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="2D2311E1" w14:textId="70DF1BA4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2D2311E1" w14:textId="70DF1BA4" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Considering notes from the pre-work article, reflect </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="00005398">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>independently.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="3571B630" w14:textId="2C4FA720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 min</w:t>
-[...42 lines deleted...]
-          <w:p w14:paraId="3571B630" w14:textId="2C4FA720" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>minutes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  Group in triads and share your reflections grounding your responses in evidence from the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="00005398">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="64EEE6A3" w14:textId="563E209D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">7 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>minutes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">:  Group in triads and share your reflections grounding your responses in evidence from the </w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="64EEE6A3" w14:textId="563E209D" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+              <w:t xml:space="preserve">: Share whole </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="00005398">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>group.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="3F246AF7" w14:textId="48A2ACB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C4742">
-[...40 lines deleted...]
-          <w:p w14:paraId="3F246AF7" w14:textId="48A2ACB3" w:rsidR="00FA6BE3" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          </w:p>
+          <w:p w:rsidR="003C4742" w:rsidP="00FA6BE3" w:rsidRDefault="003C4742" w14:paraId="23C81D68" w14:textId="4F1CD21B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23C81D68" w14:textId="4F1CD21B" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="003C4742" w:rsidP="00FA6BE3" w:rsidRDefault="003C4742" w14:paraId="1FB53FE9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FB53FE9" w14:textId="77777777" w:rsidR="003C4742" w:rsidRPr="003C4742" w:rsidRDefault="003C4742" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="1B741F53" w14:textId="3C12FA98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Key Takeaways:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50E27DC8" w14:textId="58092656" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="50E27DC8" w14:textId="58092656">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strong understanding of vocabulary is essential for reading comprehension, and </w:t>
-[...21 lines deleted...]
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+              <w:t>Strong understanding of vocabulary is essential for reading comprehension, and in particular for accessing grade-level complex texts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C003833" w14:textId="08F7DD80" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="1C003833" w14:textId="08F7DD80">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>English Language Learners and students who are struggling readers often have lower comprehension because they do</w:t>
             </w:r>
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> not</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> know as many </w:t>
-[...21 lines deleted...]
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+              <w:t xml:space="preserve"> know as many vocabulary words</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C8E85F4" w14:textId="636C489F" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="6C8E85F4" w14:textId="636C489F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vocabulary instruction can help to create access to texts for all students</w:t>
             </w:r>
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="32B5E058" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="32B5E058" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="066C6FCE" w14:textId="6FE14A75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30F25D12" wp14:editId="21F7EE02">
                   <wp:extent cx="2606040" cy="1638935"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="4" name="Picture 4" descr="Decorative screenshot to direct participants to Slide 2 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Picture 4" descr="Decorative screenshot to direct participants to Slide 2 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1638935"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="456899D1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5D838AA7" w14:textId="441ABD58" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="5D838AA7" w14:textId="441ABD58">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50DEB13C" w14:textId="0A422397" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="50DEB13C" w14:textId="0A422397">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27921086" w14:textId="7DAE3650" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="27921086" w14:textId="7DAE3650">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cycle Overview (4 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2990BAC6" w14:textId="636B3351" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="2990BAC6" w14:textId="636B3351">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Share 11</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">week path of learning for this cycle (on slide), explaining how the learning builds over the course of the cycle. Our </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-week</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> cycle includes time for Shared Learning, planning and practice, and looking at student work to determine progress. We will front-load some shared learning experiences so that we are fully prepared to plan, practice, and analyze student work based on what we have learned together.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="305A0C75" w14:textId="495474E8" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="305A0C75" w14:textId="495474E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reflect Independently. How will the learning in this cycle support your own development and your students’ learning?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="265C14B3" w14:textId="42C1CE77" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="265C14B3" w14:textId="42C1CE77">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Share out whole group.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29B281CD" w14:textId="77777777" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="00FA6BE3">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="00FA6BE3" w:rsidRDefault="00FA6BE3" w14:paraId="29B281CD" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6801DEC9" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="6801DEC9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0880FDE1" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00820C2A" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="002F1CF1" w:rsidRDefault="00820C2A" w14:paraId="0880FDE1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A6B14DE" w14:textId="2ACCA920" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00820C2A" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="002F1CF1" w:rsidRDefault="00820C2A" w14:paraId="1A6B14DE" w14:textId="2ACCA920">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="190C4737" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="190C4737" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="0714D629" w14:textId="7E6B08E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B4113C7" wp14:editId="298A84E9">
                   <wp:extent cx="2606040" cy="1643380"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="5" name="Picture 5" descr="Decorative screenshot to direct participants to Slide 3 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Picture 5" descr="Decorative screenshot to direct participants to Slide 3 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1643380"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="438EF4A6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="58E1C63C" w14:textId="402A67F8" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="58E1C63C" w14:textId="402A67F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35E36E69" w14:textId="710F7966" w:rsidR="00FA6BE3" w:rsidRPr="003C4742" w:rsidRDefault="00FA6BE3" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00FA6BE3" w:rsidP="002F1CF1" w:rsidRDefault="00FA6BE3" w14:paraId="35E36E69" w14:textId="710F7966">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41244616" w14:textId="28AAD77C" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="41244616" w14:textId="28AAD77C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Session Objectives and Agenda (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="655159C4" w14:textId="55A3B836" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="655159C4" w14:textId="55A3B836">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Share the objectives and agenda for this session, connecting to the overarching goal of the cycle</w:t>
             </w:r>
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43CE467C" w14:textId="77777777" w:rsidR="00007523" w:rsidRDefault="00007523" w:rsidP="000F750C">
+          <w:p w:rsidR="00007523" w:rsidP="000F750C" w:rsidRDefault="00007523" w14:paraId="43CE467C" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F828E4B" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="000F750C">
+          <w:p w:rsidR="003C4742" w:rsidP="000F750C" w:rsidRDefault="003C4742" w14:paraId="5F828E4B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="591070F9" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="000F750C">
+          <w:p w:rsidR="003C4742" w:rsidP="000F750C" w:rsidRDefault="003C4742" w14:paraId="591070F9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10A695F4" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="000F750C">
+          <w:p w:rsidR="003C4742" w:rsidP="000F750C" w:rsidRDefault="003C4742" w14:paraId="10A695F4" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0944DA42" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="000F750C">
+          <w:p w:rsidR="003C4742" w:rsidP="000F750C" w:rsidRDefault="003C4742" w14:paraId="0944DA42" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="687EC76F" w14:textId="61D37BE5" w:rsidR="003C4742" w:rsidRPr="003C4742" w:rsidRDefault="003C4742" w:rsidP="000F750C">
+          <w:p w:rsidRPr="003C4742" w:rsidR="003C4742" w:rsidP="000F750C" w:rsidRDefault="003C4742" w14:paraId="687EC76F" w14:textId="61D37BE5">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="62B5CCC8" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="62B5CCC8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="737DFE3A" w14:textId="1993E384">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="598BEF0E" wp14:editId="170022E0">
                   <wp:extent cx="2606040" cy="1624330"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="6" name="Picture 6" descr="Decorative screenshot to direct participants to Slide 4 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Picture 6" descr="Decorative screenshot to direct participants to Slide 4 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="57E72315" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5E4C6EA0" w14:textId="7CED9BD3" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="5E4C6EA0" w14:textId="7CED9BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 5:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="427FF5DF" w14:textId="42084E8B" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="427FF5DF" w14:textId="42084E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="193A3BA5" w14:textId="068B8A9B" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="193A3BA5" w14:textId="068B8A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Norms (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) *Can replace with school norms* </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A0EE9FA" w14:textId="1E13DAC1" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="6A0EE9FA" w14:textId="1E13DAC1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Participants choose one norm that they would like to focus on for the session and/or day.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59330F22" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="59330F22" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Then, participants turn-talk with an elbow partner who can hold them accountable.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16D87A19" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="16D87A19" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Just want to remind you of our norms and call them back into the room.  A few other norms to remember:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09D0D665" w14:textId="6DACE36D" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="09D0D665" w14:textId="6DACE36D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">There will be lots of opportunities for partner/table conversation. Look for my hand when </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> time to come back together.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BBD94D8" w14:textId="4CE98E8B" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="2BBD94D8" w14:textId="4CE98E8B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Use tech as a tool not a distraction. If you need to send a text or answer a call, please step in the </w:t>
             </w:r>
-            <w:r w:rsidR="00987A16" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00987A16">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hall,</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and come back when you are ready to rejoin the </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>session.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2303E622" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="2303E622" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A72256" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="38A72256" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Listen in on conversations and provide questions/feedback as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="353CE6AA" w14:textId="483BC952" w:rsidR="003C4742" w:rsidRPr="003C4742" w:rsidRDefault="003C4742" w:rsidP="003C4742">
+          <w:p w:rsidRPr="003C4742" w:rsidR="003C4742" w:rsidP="003C4742" w:rsidRDefault="003C4742" w14:paraId="353CE6AA" w14:textId="483BC952">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C69C8DE" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="7C69C8DE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="014BE6F0" w14:textId="2584A6B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CFC12FE" wp14:editId="28F2EB20">
                   <wp:extent cx="2606040" cy="1618615"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="635"/>
                   <wp:docPr id="7" name="Picture 7" descr="Decorative screenshot to direct participants to Slide 5 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="Picture 7" descr="Decorative screenshot to direct participants to Slide 5 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1618615"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="3F24EC5B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5939C8AD" w14:textId="6F6B0F99" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="5939C8AD" w14:textId="6F6B0F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79425DB6" w14:textId="0211F626" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="79425DB6" w14:textId="0211F626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C1F3C8C" w14:textId="3BBEEDA0" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="3C1F3C8C" w14:textId="3BBEEDA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Frame (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00987A16" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00987A16">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Let’s take a minute to experience first-hand how knowledge of vocabulary is critical for reading comprehension, and step into the shoes of a student.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="061CB9FE" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="061CB9FE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="219FDC11" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="219FDC11" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="447D85E2" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="447D85E2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="141DD93D" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="141DD93D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D044AFA" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="6D044AFA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71C27BB9" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="71C27BB9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C16A18D" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="2C16A18D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10A6E2D5" w14:textId="77777777" w:rsidR="00987A16" w:rsidRDefault="00987A16" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="10A6E2D5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E260D55" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="002F1CF1">
+          <w:p w:rsidR="003C4742" w:rsidP="002F1CF1" w:rsidRDefault="003C4742" w14:paraId="7E260D55" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C1ED34F" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="002F1CF1">
+          <w:p w:rsidR="003C4742" w:rsidP="002F1CF1" w:rsidRDefault="003C4742" w14:paraId="1C1ED34F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DDBE70E" w14:textId="0F5BFB7B" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="002F1CF1">
+          <w:p w:rsidR="003C4742" w:rsidP="002F1CF1" w:rsidRDefault="003C4742" w14:paraId="0DDBE70E" w14:textId="0F5BFB7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56CB4731" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="002F1CF1">
+          <w:p w:rsidR="003C4742" w:rsidP="002F1CF1" w:rsidRDefault="003C4742" w14:paraId="56CB4731" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24606B7D" w14:textId="77777777" w:rsidR="003C4742" w:rsidRDefault="003C4742" w:rsidP="002F1CF1">
+          <w:p w:rsidR="003C4742" w:rsidP="002F1CF1" w:rsidRDefault="003C4742" w14:paraId="24606B7D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3680AE08" w14:textId="77777777" w:rsidR="00DA4DCE" w:rsidRDefault="00DA4DCE" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00DA4DCE" w:rsidP="002F1CF1" w:rsidRDefault="00DA4DCE" w14:paraId="3680AE08" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18D4774E" w14:textId="22086112" w:rsidR="00DA4DCE" w:rsidRPr="003C4742" w:rsidRDefault="00DA4DCE" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00DA4DCE" w:rsidP="002F1CF1" w:rsidRDefault="00DA4DCE" w14:paraId="18D4774E" w14:textId="22086112">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="29F1B8BD" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="29F1B8BD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="3948F67D" w14:textId="5235E4F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="789CD43A" wp14:editId="3458BB8C">
                   <wp:extent cx="2606040" cy="1635125"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
                   <wp:docPr id="8" name="Picture 8" descr="Decorative screenshot to direct participants to Slide 6 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="8" name="Picture 8" descr="Decorative screenshot to direct participants to Slide 6 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1635125"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="05F41BDE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="068C3BD3" w14:textId="5D308DC7" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="068C3BD3" w14:textId="5D308DC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ABBF71E" w14:textId="0803FBFD" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="2ABBF71E" w14:textId="0803FBFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62E89E92" w14:textId="5EDF14FC" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="62E89E92" w14:textId="5EDF14FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Experience the Learning (3 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11183AA8" w14:textId="14A64440" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="11183AA8" w14:textId="14A64440">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Participants review the excerpt. </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“May I have a volunteer read this passage aloud for the group?”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="698EFCEB" w14:textId="54093620" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="698EFCEB" w14:textId="54093620">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Participants jot down notes of their summary of the passage. Facilitator can frame that if participants </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>are not</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sure about the meaning of the word, they can just use the context clues.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2664879C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00820C2A">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="00820C2A" w:rsidRDefault="00007523" w14:paraId="2664879C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(NOTE: Of course, given the number of words missing from the passage, participants </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>cannot</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>use</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> context clues to figure out the words! However, this is something we as teachers commonly say to students and </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> helpful to simulate that same experience recognizing how hard it can be to use that strategy if too many words are unknown.) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CDFBC2F" w14:textId="4F7714C4" w:rsidR="003C4742" w:rsidRPr="003C4742" w:rsidRDefault="003C4742" w:rsidP="003C4742">
+          <w:p w:rsidRPr="003C4742" w:rsidR="003C4742" w:rsidP="003C4742" w:rsidRDefault="003C4742" w14:paraId="4CDFBC2F" w14:textId="4F7714C4">
             <w:pPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3E432932" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="3E432932" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="31904000" w14:textId="20D8FA9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F13046B" wp14:editId="2738AD10">
                   <wp:extent cx="2606040" cy="1634490"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
                   <wp:docPr id="9" name="Picture 9" descr="Decorative screenshot to direct participants to Slide 7 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="9" name="Picture 9" descr="Decorative screenshot to direct participants to Slide 7 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1634490"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="6EF49FBB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6817CB8A" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="6817CB8A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3322572C" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="3322572C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7463D3BC" w14:textId="338C8433" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="7463D3BC" w14:textId="338C8433">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reflection (5 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34BEC4AA" w14:textId="453E3876" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="34BEC4AA" w14:textId="453E3876">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Reflect on the following with a partner:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="158B80DB" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="158B80DB" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How well were you able to summarize the passage? Why? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23DB15E5" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="23DB15E5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Why didn’t you just use context clues to figure out the words that were blacked out?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E3BED8" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00DA4DCE">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00DA4DCE" w:rsidRDefault="00007523" w14:paraId="26E3BED8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How did this experience feel for you?  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A1D3758" w14:textId="79B32E6E" w:rsidR="00007523" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="0A1D3758" w14:textId="79B32E6E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Share reflections whole group</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A092C18" w14:textId="77777777" w:rsidR="003C4742" w:rsidRPr="003C4742" w:rsidRDefault="003C4742" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="003C4742" w:rsidP="00007523" w:rsidRDefault="003C4742" w14:paraId="6A092C18" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DE0DA67" w14:textId="77777777" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="1DE0DA67" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Takeaways:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56275412" w14:textId="1D1C1398" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="56275412" w14:textId="1D1C1398">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">We </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>could not</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> understand the passage and answer the questions because there were too many words unknown.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DD10849" w14:textId="0F83ACB3" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="3DD10849" w14:textId="0F83ACB3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">We </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>cannot</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> use context clues to develop an understanding of unknown words because we know too few words to get the context. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1737B8E1" w14:textId="29FC5C57" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="1737B8E1" w14:textId="29FC5C57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">This is frustrating and </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> not clear how to make meaning without knowing more words</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67BCEE55" w14:textId="5E5FCB3C" w:rsidR="00007523" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="67BCEE55" w14:textId="5E5FCB3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C04B18A" w14:textId="77777777" w:rsidR="00DA4DCE" w:rsidRPr="003C4742" w:rsidRDefault="00DA4DCE" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00DA4DCE" w:rsidP="002F1CF1" w:rsidRDefault="00DA4DCE" w14:paraId="1C04B18A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00DDBB4A" w14:textId="3A4442A1" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="00DDBB4A" w14:textId="3A4442A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5566BCBB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="5566BCBB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="61632A46" w14:textId="595F3514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="348423B2" wp14:editId="0EE6768F">
                   <wp:extent cx="2606040" cy="1628775"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="9525"/>
                   <wp:docPr id="10" name="Picture 10" descr="Decorative screenshot to direct participants to Slide 8 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="10" name="Picture 10" descr="Decorative screenshot to direct participants to Slide 8 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="3459AAA7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="400E8405" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="39A0CBAF" w14:textId="40352132" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="39A0CBAF" w14:textId="40352132">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51474844" w14:textId="36AC2F05" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="002F1CF1" w:rsidRDefault="00007523" w14:paraId="51474844" w14:textId="36AC2F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5D598858" w14:textId="403ED324" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="5D598858" w14:textId="403ED324">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Matthew Effect (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ED079AD" w14:textId="3530C6A2" w:rsidR="00007523" w:rsidRPr="003C4742" w:rsidRDefault="00007523" w:rsidP="00007523">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00007523" w:rsidP="00007523" w:rsidRDefault="00007523" w14:paraId="4ED079AD" w14:textId="3530C6A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Explain graph. </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“There</w:t>
             </w:r>
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> i</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s research that shows that one of the major reasons the gap between struggling readers is maintained over time</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– and in fact </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -6450,4837 +6563,4821 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>grows</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> over time – is due to challenges with vocabulary, and something called the Matthew Effect.” </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">This works like a compound interest curve. The idea of the rich getting richer while the poor get poorer can be extrapolated to reading. Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
-[...51 lines deleted...]
-          <w:p w14:paraId="68B2D110" w14:textId="502CE403" w:rsidR="00B73B51" w:rsidRPr="003C4742" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+              <w:t>This works like a compound interest curve. The idea of the rich getting richer while the poor get poorer can be extrapolated to reading. Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D87D23" w:rsidP="774C7417" w:rsidRDefault="00007523" w14:paraId="2B434EA5" w14:textId="514E177E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00007523">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vocabulary instruction is critical to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="5EE8800B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00007523">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="65341949" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="68B2D110" w14:textId="502CE403">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2F0B4082" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="2F0B4082" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="5DB69211" w14:textId="75482DBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D0F3014" wp14:editId="0DCF5C5B">
                   <wp:extent cx="2606040" cy="1633855"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="4445"/>
                   <wp:docPr id="11" name="Picture 11" descr="Decorative screenshot to direct participants to Slide 9 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="11" name="Picture 11" descr="Decorative screenshot to direct participants to Slide 9 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1633855"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="6E5F4098" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="07EB9899" w14:textId="01DE3CF9" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="07EB9899" w14:textId="01DE3CF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45D5D939" w14:textId="58EEAF67" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="45D5D939" w14:textId="58EEAF67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="638B68AE" w14:textId="0566A7E3" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="638B68AE" w14:textId="0566A7E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Connect to the KAS (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="763BB7F8" w14:textId="2F813C56" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="763BB7F8" w14:textId="2F813C56">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ask participants to read excerpt from KAS introduction to Reading Literature and Informational Text</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C0DA059" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="6C0DA059" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Say: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The standards put vocabulary at the front and center of reading literature and informational text. While the Guiding Principle for Reading Standard 4 specifically addresses vocabulary, the overview makes it clear that vocabulary is a throughline for knowledge and comprehension in literary and informational texts.” </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37279BF8" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="37279BF8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ask volunteer to read the Guiding Principle for Reading Craft &amp; Structure Standard 4 aloud</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="184178EA" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00820C2A" w:rsidP="00820C2A">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="00820C2A" w:rsidRDefault="00820C2A" w14:paraId="184178EA" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F95ECE6" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRDefault="00820C2A" w:rsidP="00820C2A">
+          <w:p w:rsidR="00820C2A" w:rsidP="00820C2A" w:rsidRDefault="00820C2A" w14:paraId="0F95ECE6" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79CD235D" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="79CD235D" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="220D0FBC" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="220D0FBC" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F56BABA" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="1F56BABA" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B213FD3" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="6B213FD3" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="422FAEFF" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="422FAEFF" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7449E4D2" w14:textId="759A7963" w:rsidR="00B73B51" w:rsidRPr="003C4742" w:rsidRDefault="00B73B51" w:rsidP="00820C2A">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00B73B51" w:rsidP="00820C2A" w:rsidRDefault="00B73B51" w14:paraId="7449E4D2" w14:textId="759A7963">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="51DC31D1" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="51DC31D1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="076FFD90" w14:textId="1E6DEFC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A938BFD" wp14:editId="6142759C">
                   <wp:extent cx="2606040" cy="1636395"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
                   <wp:docPr id="12" name="Picture 12" descr="Decorative screenshot to direct participants to Slide 10 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="12" name="Picture 12" descr="Decorative screenshot to direct participants to Slide 10 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1636395"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="1632047B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="573E0BC4" w14:textId="0B51EF51" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="573E0BC4" w14:textId="0B51EF51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6156A8A0" w14:textId="548FF6CA" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="6156A8A0" w14:textId="548FF6CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70ADFC16" w14:textId="3DE9D925" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="70ADFC16" w14:textId="3DE9D925">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Connect to the KAS (3 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DACC9F5" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="5DACC9F5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ask volunteer to read excerpt from p. 9 of KAS, Language Section </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48CCA07C" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="48CCA07C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Say: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The standards recognize the essential role of vocabulary in our students’ comprehension. Word knowledge leads students to better comprehension. While we see attention to vocabulary woven throughout the standards, let’s now focus our attention on Language Standard 4: Vocabulary Acquisition and Use.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D357EC6" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="6D357EC6" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ask volunteer to read the Guiding Principle for Standard 4 aloud</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0256447C" w14:textId="4210BB32" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="0256447C" w14:textId="4210BB32">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Say: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Again, the Kentucky standards make clear that vocabulary is an essential component of literacy instruction.  Not only do students need to use strategies to figure out the meanings of unknown words they may encounter in their reading, </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> also need to </w:t>
+              <w:t xml:space="preserve">Again, the Kentucky standards make clear that vocabulary is an essential component of literacy instruction.  Not only do students need to use strategies to figure out the meanings of unknown words they may encounter in their reading, students also need to </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>acquire</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> a range of words. The standards show us that we need to teach words in ways that allow students to own and hold on to them.” </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="428DFA33" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="428DFA33" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="5BC4565D" w14:textId="4CC51738">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4018ABC4" wp14:editId="16AACBFA">
                   <wp:extent cx="2606040" cy="1623695"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="13" name="Picture 13" descr="Decorative screenshot to direct participants to Slide 11 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 13" descr="Decorative screenshot to direct participants to Slide 11 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="154549CE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="17E29C3B" w14:textId="29EC2CFD" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="17E29C3B" w14:textId="29EC2CFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 12:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6486A7C5" w14:textId="1CDF23CF" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="6486A7C5" w14:textId="1CDF23CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C568A35" w14:textId="1D118ACA" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="7C568A35" w14:textId="1D118ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Check for Understanding (5 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F010466" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="774C7417" w:rsidRDefault="00D87D23" w14:paraId="1F010466" w14:textId="51E3258E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing/>
+              <w:ind w:left="1440"/>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Say: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Let’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bring together our knowledge of vocabulary instruction, standards, and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="05ADF7A0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. We are going to take 3 minutes to jot down responses to this prompt: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain the relationship between vocabulary instruction and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="350E40AB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00D87D23">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="05127B53" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Say: Let’s bring together our knowledge of vocabulary instruction, standards, and equity. We are going to take 3 minutes to jot down responses to this prompt: </w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="05127B53" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+              <w:t xml:space="preserve">Give 3 minutes for responses. Circulate to check for understanding using the sample evidence below. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="3111D075" w14:textId="51CD10C7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Give 3 minutes for responses. Circulate to check for understanding using the sample evidence below. </w:t>
-[...7 lines deleted...]
-              </w:numPr>
+              <w:t>1 min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742" w:rsidR="005C721E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4742">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Ask for 2 volunteers to share responses. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="00987A16" w:rsidRDefault="00987A16" w14:paraId="70B88D19" w14:textId="77777777">
+            <w:pPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C4742">
-[...30 lines deleted...]
-              <w:contextualSpacing/>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="1376DFEA" w14:textId="77777777">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5278CB74" w14:textId="2B40F7FD" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="5278CB74" w14:textId="2B40F7FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId30">
               <w:r w:rsidRPr="003C4742">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sample Reflection Facilitator’s </w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Handout</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="376D7D9D" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="376D7D9D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A365D4D" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1A365D4D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="262FBD01" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="262FBD01" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15AA716A" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="15AA716A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E2B3E97" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="5E2B3E97" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5D5016C3" w14:textId="77777777" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="5D5016C3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B904A17" w14:textId="6DBAECEE" w:rsidR="0001194F" w:rsidRPr="003C4742" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="0001194F" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="6B904A17" w14:textId="6DBAECEE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="19773936" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="19773936" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="0DDA92FA" w14:textId="7CADFACE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="397BB024" wp14:editId="63FA8B3B">
                   <wp:extent cx="2606040" cy="1640205"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="14" name="Picture 14" descr="Decorative screenshot to direct participants to Slide 12 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="14" name="Picture 14" descr="Decorative screenshot to direct participants to Slide 12 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1640205"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="63223183" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1E2D142B" w14:textId="617AB11E" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1E2D142B" w14:textId="617AB11E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 13:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AE9C402" w14:textId="35116116" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="3AE9C402" w14:textId="35116116">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3882355A" w14:textId="5795F84D" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="3882355A" w14:textId="5795F84D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Takeaways: Why Vocabulary Instruction is Important (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F6392E4" w14:textId="77777777" w:rsidR="00820C2A" w:rsidRPr="003C4742" w:rsidRDefault="00820C2A" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00820C2A" w:rsidP="00D87D23" w:rsidRDefault="00820C2A" w14:paraId="2F6392E4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76458147" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="76458147" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing/Key Points:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="637D7AD9" w14:textId="3AAD6619" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="637D7AD9" w14:textId="3AAD6619">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="00987A16" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00987A16">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Here are some key takeaways that you may have captured in your written reflection.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FDED2FD" w14:textId="2094B1CF" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="5FDED2FD" w14:textId="2094B1CF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="00987A16" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00987A16">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provide a minute for teachers to review and discuss the key takeaways.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C65318" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="76C65318" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="426B6F2B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="426B6F2B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2E948B48" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="2E948B48" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="6F2A2F84" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="142BDA70" wp14:editId="73EA0D57">
                   <wp:extent cx="2606040" cy="1631950"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
                   <wp:docPr id="15" name="Picture 15" descr="Decorative screenshot to direct participants to Slide 13 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="15" name="Picture 15" descr="Decorative screenshot to direct participants to Slide 13 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="637F3B9A" w14:textId="77777777" w:rsidR="001D74BA" w:rsidRDefault="001D74BA" w:rsidP="002F1CF1">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="001D74BA" w:rsidP="002F1CF1" w:rsidRDefault="001D74BA" w14:paraId="637F3B9A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="6169BF34" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="13E481C2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="414D0DC1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00987A16" w:rsidP="002F1CF1" w:rsidRDefault="00987A16" w14:paraId="31BBE52E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="00607973" w:rsidP="002F1CF1" w:rsidRDefault="00607973" w14:paraId="13B007A6" w14:textId="16EA333A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="1A606A84" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="31D24FFF" w14:textId="503A1F13" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="31D24FFF" w14:textId="503A1F13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 14:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C6F823" w14:textId="4C2A478E" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="60C6F823" w14:textId="4C2A478E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6628069B" w14:textId="1080DC3A" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="6628069B" w14:textId="1080DC3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Word selection (10 </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) Share</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> link to Prework</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Choosing Words to Teach”</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId33">
               <w:r w:rsidRPr="003C4742">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="2200CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="289247FE" w14:textId="7C62FE0E" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="289247FE" w14:textId="7C62FE0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Frame</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We know that vocabulary is critical to reading comprehension. How does a teacher know which words to teach?  Let’s return to our pre-work, “Choosing Words to Teach”” to review which words to specifically teach</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.”</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EE0B364" w14:textId="65BEBF59" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="0EE0B364" w14:textId="65BEBF59">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> In partners, participants return to their notes from the pre-work article, and share their answers to the following questions:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D4ECE2E" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="5D4ECE2E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Define and give examples of Tier 1, Tier 2, and Tier 3 words.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3348A629" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="3348A629" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How do we know which words to spend the most time on? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="051B3882" w14:textId="6CB15D81" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="051B3882" w14:textId="6CB15D81">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Whole group share out, with the facilitator soliciting and reinforcing the key takeaways. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00537CE4" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="00537CE4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Takeaways: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DEAEA02" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="1DEAEA02" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tier 1 words</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58200487" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="58200487" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Words of everyday speech</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F5A80F0" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="5F5A80F0" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Important to early learning since these Tier 1 words are used to explain more unusual words</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E11657C" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="2E11657C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Tier 2 words</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C6F07E8" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="6C6F07E8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Words that are not specific to a single content</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A8F4285" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="7A8F4285" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not commonly used in everyday conversation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64F7D03D" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="64F7D03D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vital to comprehension</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11FCB1F8" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="11FCB1F8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Referred to as academic language</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26442999" w14:textId="6C86E2B4" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="26442999" w14:textId="6C86E2B4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: obstacle, accumulate, adjust, cautious, </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>broad, relative</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, determine, vary, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FFC9665" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="1FFC9665" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tier 3 words</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="382262EE" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="382262EE" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Words that are domain specific</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A3A0DD2" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="1A3A0DD2" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>More common in informational text than in literary text</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4030DE19" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="4030DE19" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Often defined within the text using contextual clues</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC53063" w14:textId="44158B17" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="2DC53063" w14:textId="44158B17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Usually not encountered in everyday conversations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0985D35E" w14:textId="77777777" w:rsidR="00987A16" w:rsidRPr="003C4742" w:rsidRDefault="00987A16" w:rsidP="00987A16">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00987A16" w:rsidP="00987A16" w:rsidRDefault="00987A16" w14:paraId="0985D35E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00DE0E80" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="00DE0E80" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Which words should we spend the most time on? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61DEF161" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="61DEF161" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Words needed to fully comprehend the text,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40DF0EE0" w14:textId="77777777" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="40DF0EE0" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Words likely to appear in future texts from any discipline, and</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D08018F" w14:textId="424166A1" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="0D08018F" w14:textId="424166A1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Words that are part of a word family or semantic network</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C53C892" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="6C53C892" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="65426832" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="65426832" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="3FA43A61" w14:textId="3686D05F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CF49F01" wp14:editId="572BAEE1">
                   <wp:extent cx="2606040" cy="1629410"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="8890"/>
                   <wp:docPr id="16" name="Picture 16" descr="Decorative screenshot to direct participants to Slide 14 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="16" name="Picture 16" descr="Decorative screenshot to direct participants to Slide 14 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId34" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1629410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="65E82EB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2B865700" w14:textId="18A6C618" w:rsidR="00D90E04" w:rsidRPr="003C4742" w:rsidRDefault="00D90E04" w:rsidP="00D90E04">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D90E04" w:rsidP="00D90E04" w:rsidRDefault="00D90E04" w14:paraId="2B865700" w14:textId="18A6C618">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 15:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10CE51FF" w14:textId="77777777" w:rsidR="00D90E04" w:rsidRPr="003C4742" w:rsidRDefault="00D90E04" w:rsidP="00D87D23">
-[...11 lines deleted...]
-          <w:p w14:paraId="3383C1DA" w14:textId="1D8D7A35" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="00D87D23">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D90E04" w:rsidP="00D87D23" w:rsidRDefault="00D90E04" w14:paraId="10CE51FF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="00D87D23" w:rsidRDefault="00D87D23" w14:paraId="3383C1DA" w14:textId="1D8D7A35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Frame (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">):  </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Read slide</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Today’s ‘Look For’ -</w:t>
             </w:r>
-            <w:r w:rsidR="00820C2A" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00820C2A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> questions and </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B06299F" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="0B06299F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E077744" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="2E077744" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4AD3D846" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="4AD3D846" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B1CBB26" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="3B1CBB26" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55A9230B" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="55A9230B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56CE604E" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="56CE604E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F31B1B0" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="3F31B1B0" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2854C92C" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="2854C92C" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C2D6305" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="0C2D6305" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4323EAFE" w14:textId="57B66AD5" w:rsidR="00B73B51" w:rsidRPr="003C4742" w:rsidRDefault="00B73B51" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00B73B51" w:rsidP="002F1CF1" w:rsidRDefault="00B73B51" w14:paraId="4323EAFE" w14:textId="57B66AD5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5E1850FF" w14:textId="6E0A60BD" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="00D90E04" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="00D90E04" w14:paraId="5E1850FF" w14:textId="6E0A60BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58A7782F" wp14:editId="7537D794">
                   <wp:extent cx="2606040" cy="1627505"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="17" name="Picture 17" descr="Decorative screenshot to direct participants to Slide 15 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="17" name="Picture 17" descr="Decorative screenshot to direct participants to Slide 15 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1627505"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="75ED462C" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidTr="774C7417" w14:paraId="75ED462C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1754E16C" w14:textId="1E61264D" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1754E16C" w14:textId="1E61264D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 16:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="100713D8" w14:textId="7A90FDF6" w:rsidR="00D87D23" w:rsidRPr="003C4742" w:rsidRDefault="00D87D23" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00D87D23" w:rsidP="002F1CF1" w:rsidRDefault="00D87D23" w14:paraId="100713D8" w14:textId="7A90FDF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6562E971" w14:textId="538E1C18" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="6562E971" w14:textId="538E1C18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Goals (5 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EA278D5" w14:textId="63931B5C" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="1EA278D5" w14:textId="63931B5C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Look For</w:t>
             </w:r>
-            <w:r w:rsidR="00820C2A" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00820C2A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Analysis (3 minutes): </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>“Before we reflect on our own instructional practice, let’s take some time to internalize these look-</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> that you would add to this list?”</w:t>
+              <w:t>“Before we reflect on our own instructional practice, let’s take some time to internalize these look-fors using the following guiding questions: How are these look fors connected to the focus for our learning this cycle? Are there planning or practice look-fors that you would add to this list?”</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Teachers read teacher look-</w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="5A02429E" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+              <w:t>Teachers read teacher look-fors and annotate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="5A02429E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Share Out (2 minutes): </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team discusses reactions to the list and any additions that may apply to their class/school needs.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E58B5E4" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="003C4742" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="2E58B5E4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1C46B483" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1C46B483" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="5F87C068" w14:textId="79EDDE1F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="356F4B04" wp14:editId="40F22769">
                   <wp:extent cx="2606040" cy="1636395"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
                   <wp:docPr id="18" name="Picture 18" descr="Decorative screenshot to direct participants to Slide 16 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="18" name="Picture 18" descr="Decorative screenshot to direct participants to Slide 16 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1636395"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w14:paraId="3824A65C" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidTr="774C7417" w14:paraId="3824A65C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="25FF67E1" w14:textId="2D06AAFC" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="25FF67E1" w14:textId="2D06AAFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 17:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73DA4994" w14:textId="1845B046" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="73DA4994" w14:textId="1845B046">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5842D94F" w14:textId="0BB839BE" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="5842D94F" w14:textId="0BB839BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Practice (25 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) [Participants need two different colored highlighters or markers]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17979786" w14:textId="1FA4A601" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="17979786" w14:textId="1FA4A601">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Frame (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">): </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">“Now that you know what Tier 2 and Tier 3 words are and we’ve analyzed which of these words need to be specifically taught, let’s practice with a text from your own class.” </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D9CB1C5" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="2D9CB1C5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Practice identifying Tier 2 and 3 Words to teach</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F5C8DFB" w14:textId="5CDA5EB3" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="6F5C8DFB" w14:textId="5CDA5EB3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Participants will read Tier I and Tier II sections from the prework.  With a partner or independently, they will highlight Tier 2 words in yellow and highlight Tier 3 words in blue from a text they are using in class.  If text cannot be highlighted, teachers may also chart words on a sheet of paper.   List highlighted words from text on table at the bottom of the text to indicate if the words require more time and attention or less time and attention.  Participants note possible reasons for their thinking.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CBFD7F5" w14:textId="35F11597" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="4CBFD7F5" w14:textId="35F11597">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 min</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Participants work with partners in discussion the questions in the Your Turn section of “Choosing Which Words to Teach”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76CCC2EB" w14:textId="443C7109" w:rsidR="001F7CA6" w:rsidRPr="00B73B51" w:rsidRDefault="008F6EA2" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="00B73B51" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="008F6EA2" w14:paraId="76CCC2EB" w14:textId="443C7109">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 minutes</w:t>
             </w:r>
-            <w:r w:rsidR="001F7CA6" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="001F7CA6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">:  Facilitate whole group share. Which tier of words was more challenging to identify? What tools did you use to support your analysis of the vocabulary in the text? </w:t>
             </w:r>
-            <w:r w:rsidR="001F7CA6" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="001F7CA6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Share out possible words. Emphasize that Tier 3 words may need to be </w:t>
-[...26 lines deleted...]
-          <w:p w14:paraId="5DC94547" w14:textId="0D739AEC" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00B73B51">
+              <w:t xml:space="preserve"> Share out possible words. Emphasize that Tier 3 words may need to be taught, but will need less time. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73B51" w:rsidP="00B73B51" w:rsidRDefault="00B73B51" w14:paraId="5DC94547" w14:textId="0D739AEC">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="270B1951" w14:textId="6FD6FA23" w:rsidR="00B73B51" w:rsidRDefault="00B73B51" w:rsidP="00B73B51">
+          <w:p w:rsidR="00B73B51" w:rsidP="00B73B51" w:rsidRDefault="00B73B51" w14:paraId="270B1951" w14:textId="6FD6FA23">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2546F605" w14:textId="77777777" w:rsidR="00B73B51" w:rsidRPr="003C4742" w:rsidRDefault="00B73B51" w:rsidP="00B73B51">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00B73B51" w:rsidP="00B73B51" w:rsidRDefault="00B73B51" w14:paraId="2546F605" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="285EA74F" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="285EA74F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Key Takeaways:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524557F1" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="524557F1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>In the prework article “Choosing Which Words to Teach”, participants can identify Tier 2 and Tier 3 words and can determine which of these words need more instructional time and attention or less instructional time and attention and can justify their thinking.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="494B9503" w14:textId="78C1191B" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="494B9503" w14:textId="78C1191B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The vocabulary we prioritize depends on the needs of our students. In addition, while there are general guidelines for which words to spend more and less time on, if students are really struggling with the vocabulary and meaning of the text, the teacher will have to address more of the vocabulary and offer additional support. That is OK</w:t>
             </w:r>
-            <w:r w:rsidR="008F6EA2" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="008F6EA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44882A7F" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="44882A7F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="638023F6" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="001F7CA6" w14:paraId="638023F6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="45F08B81" w14:textId="2DD091B6" w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="45F08B81" w14:textId="2DD091B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3572BC9F" wp14:editId="37D5A2E9">
                   <wp:extent cx="2606040" cy="1625600"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="19" name="Picture 19" descr="Decorative screenshot to direct participants to Slide 17 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="19" name="Picture 19" descr="Decorative screenshot to direct participants to Slide 17 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1625600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w14:paraId="4259C1DB" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidTr="774C7417" w14:paraId="4259C1DB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5BE1F998" w14:textId="0D84E116" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="5BE1F998" w14:textId="0D84E116">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 18:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DBBAE4F" w14:textId="641AD1B5" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="3DBBAE4F" w14:textId="641AD1B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="647EA3FD" w14:textId="707213EC" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="647EA3FD" w14:textId="707213EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Self-Reflection (7 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69661280" w14:textId="4C276331" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="69661280" w14:textId="4C276331">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Framing (1 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Now take a few minutes to reflect on how often you currently implement the look </w:t>
-[...50 lines deleted...]
-          <w:p w14:paraId="0BE0A06E" w14:textId="011C5C4D" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+              <w:t>Now take a few minutes to reflect on how often you currently implement the look fors we’re focusing on during this content cycle. Then, select one or two look-fors that you want to focus on most deeply during the upcoming weeks with an accountability partner. Determine what data you’ll collect to measure progress toward your goal.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="0BE0A06E" w14:textId="011C5C4D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Self-Reflection (4 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Teachers complete self-reflection and determine a personal goal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43774CF7" w14:textId="056C84ED" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="43774CF7" w14:textId="056C84ED">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Partner Share (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> In partnerships, teachers will share their goals. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73EBF1C1" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="73EBF1C1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6EBE8C51" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="001F7CA6" w14:paraId="6EBE8C51" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1F19F85D" w14:textId="153DB295" w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="1F19F85D" w14:textId="153DB295">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AF8C0BD" wp14:editId="15D0BC59">
                   <wp:extent cx="2606040" cy="1628775"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="9525"/>
                   <wp:docPr id="20" name="Picture 20" descr="Decorative screenshot to direct participants to Slide 18 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="20" name="Picture 20" descr="Decorative screenshot to direct participants to Slide 18 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId38" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w14:paraId="5DA485CC" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidTr="774C7417" w14:paraId="5DA485CC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="082F2F46" w14:textId="440F2E50" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="082F2F46" w14:textId="440F2E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Slide 19:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="157079A6" w14:textId="16F78CD4" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="157079A6" w14:textId="16F78CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DAC3C34" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="6DAC3C34" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Student Goals (7 minutes)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="038E86FD" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="038E86FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing/Key Points:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DDD4133" w14:textId="52F4B24B" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="774C7417" w:rsidRDefault="001F7CA6" w14:paraId="0DDD4133" w14:textId="31784A0B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
+              <w:spacing/>
               <w:ind w:left="1440"/>
-              <w:contextualSpacing/>
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 min: </w:t>
             </w:r>
-            <w:r w:rsidRPr="003C4742">
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Finally, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>let’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> take some time to internalize the Student Goals for this content cycle. At various points during the content cycle, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="00882398">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
-            <w:r w:rsidRPr="003C4742">
-[...35 lines deleted...]
-          <w:p w14:paraId="7C1AF839" w14:textId="48F2D4D6" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reflect on student data. This will help us connect the dots between our instructional practice and student learning. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>We know that every one of us wants all of our students to succeed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="3E70DA95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will help us deepen our ability to adjust our practice in ways that meet the needs of all students. Take a few minutes to read the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> goals. Then, select 6 students you will </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>prioritize for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="774C7417" w:rsidR="001F7CA6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cs="Calibri" w:cstheme="minorAscii"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> progress monitoring throughout this content cycle. Make sure that this group of students is reflective of your overall class demographics.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="7C1AF839" w14:textId="48F2D4D6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 min:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teachers read student goals and determine 6 students </w:t>
             </w:r>
-            <w:r w:rsidR="00882398" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00882398">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>they will</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> monitor throughout this content cycle.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31B1937A" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="31B1937A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 min:</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> With a partner, teachers share their list of students and how they selected them.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AAECDC0" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="002F1CF1">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="001F7CA6" w14:paraId="5AAECDC0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7F182DDD" w14:textId="577D9211" w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="7F182DDD" w14:textId="577D9211">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07596D65" wp14:editId="6F6AD19B">
                   <wp:extent cx="2606040" cy="1630045"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="8255"/>
                   <wp:docPr id="21" name="Picture 21" descr="Decorative screenshot to direct participants to Slide 19 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="21" name="Picture 21" descr="Decorative screenshot to direct participants to Slide 19 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId39" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w14:paraId="3060851E" w14:textId="77777777" w:rsidTr="00CA3522">
+      <w:tr w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidTr="774C7417" w14:paraId="3060851E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="01DFAD43" w14:textId="3E3E2E63" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="01DFAD43" w14:textId="3E3E2E63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 20:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7286559E" w14:textId="268F7D72" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="7286559E" w14:textId="268F7D72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53352D6B" w14:textId="6AE7C75E" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="53352D6B" w14:textId="6AE7C75E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Next Steps (3 min</w:t>
             </w:r>
-            <w:r w:rsidR="002E1C53" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="002E1C53">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A1C4899" w14:textId="1B9C6009" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="3A1C4899" w14:textId="1B9C6009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Thank you for a wonderful start to our content cycle</w:t>
             </w:r>
-            <w:r w:rsidR="00D56863" w:rsidRPr="003C4742">
+            <w:r w:rsidRPr="003C4742" w:rsidR="00D56863">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> To prepare for our next session, you will dive into an excerpt from </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading Reconsidered </w:t>
             </w:r>
             <w:r w:rsidRPr="003C4742">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">on implicit vocabulary instruction.” </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CC3961" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="69CC3961" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B59B116" w14:textId="77777777" w:rsidR="001F7CA6" w:rsidRPr="003C4742" w:rsidRDefault="001F7CA6" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="001F7CA6" w:rsidP="001F7CA6" w:rsidRDefault="001F7CA6" w14:paraId="7B59B116" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A9D6DB4" w14:textId="77777777" w:rsidR="00607973" w:rsidRPr="003C4742" w:rsidRDefault="00607973" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00607973" w:rsidP="001F7CA6" w:rsidRDefault="00607973" w14:paraId="7A9D6DB4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36AD65D4" w14:textId="77777777" w:rsidR="00607973" w:rsidRPr="003C4742" w:rsidRDefault="00607973" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00607973" w:rsidP="001F7CA6" w:rsidRDefault="00607973" w14:paraId="36AD65D4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BDB1C99" w14:textId="04867E71" w:rsidR="00607973" w:rsidRPr="003C4742" w:rsidRDefault="00607973" w:rsidP="001F7CA6">
+          <w:p w:rsidRPr="003C4742" w:rsidR="00607973" w:rsidP="001F7CA6" w:rsidRDefault="00607973" w14:paraId="7BDB1C99" w14:textId="04867E71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1FE50794" w14:textId="1C7E2C05" w:rsidR="001F7CA6" w:rsidRPr="002F1CF1" w:rsidRDefault="0001194F" w:rsidP="002F1CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="002F1CF1" w:rsidR="001F7CA6" w:rsidP="002F1CF1" w:rsidRDefault="0001194F" w14:paraId="1FE50794" w14:textId="1C7E2C05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F6B71FE" wp14:editId="4B5A43CE">
                   <wp:extent cx="2606040" cy="1632585"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="5715"/>
                   <wp:docPr id="22" name="Picture 22" descr="Decorative screenshot to direct participants to Slide 20 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="22" name="Picture 22" descr="Decorative screenshot to direct participants to Slide 20 in Session 1 PowerPoint--Please refer to Session 1 PowerPoint for the full text."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId40" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1632585"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
+    <w:p w:rsidRPr="002F1CF1" w:rsidR="002F1CF1" w:rsidP="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="2AA9F182" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00C52C49" w:rsidRDefault="00C52C49"/>
-    <w:sectPr w:rsidR="00515DC8" w:rsidSect="00A6760C">
+    <w:p w:rsidR="00515DC8" w:rsidRDefault="00515DC8" w14:paraId="25DE4423" w14:textId="77777777"/>
+    <w:sectPr w:rsidR="00FF6C4C" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55A5CF1A" w14:textId="77777777" w:rsidR="006E51B8" w:rsidRDefault="006E51B8" w:rsidP="002F1CF1">
+    <w:p w:rsidR="006E51B8" w:rsidP="002F1CF1" w:rsidRDefault="006E51B8" w14:paraId="55A5CF1A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="054A9A8D" w14:textId="77777777" w:rsidR="006E51B8" w:rsidRDefault="006E51B8" w:rsidP="002F1CF1">
+    <w:p w:rsidR="006E51B8" w:rsidP="002F1CF1" w:rsidRDefault="006E51B8" w14:paraId="054A9A8D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Poppins">
+    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -11301,86 +11398,87 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4394A573" w14:textId="77777777" w:rsidR="006E51B8" w:rsidRDefault="006E51B8" w:rsidP="002F1CF1">
+    <w:p w:rsidR="006E51B8" w:rsidP="002F1CF1" w:rsidRDefault="006E51B8" w14:paraId="4394A573" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53F615BC" w14:textId="77777777" w:rsidR="006E51B8" w:rsidRDefault="006E51B8" w:rsidP="002F1CF1">
+    <w:p w:rsidR="006E51B8" w:rsidP="002F1CF1" w:rsidRDefault="006E51B8" w14:paraId="53F615BC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00C52C49" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00515DC8" w:rsidP="00FB7C19" w:rsidRDefault="002F1CF1" w14:paraId="54A2D4E1" w14:textId="41D5B56A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -11461,207 +11559,207 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00C52C49" w:rsidRDefault="00C52C49">
+  <w:p w:rsidR="00515DC8" w:rsidRDefault="00515DC8" w14:paraId="05CD8E9D" w14:textId="1CA9D899">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
+  <w:p w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="3AE717A3" w14:textId="4584D0EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
+  <w:p w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w14:paraId="1350402C" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A55695"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC707FC8"/>
     <w:lvl w:ilvl="0" w:tplc="8D600814">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5CB28BCE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BFCA4236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="63288E9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E8022260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="3B1039F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0582C8F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="80D020F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="249009A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088E51A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B9413BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11750,171 +11848,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFC17D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC58AD04"/>
     <w:lvl w:ilvl="0" w:tplc="050E2784">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5BF2DE1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="C6C4CA00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F96C451E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F4F2B000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="9EC460F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="99969AA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="30BAB90C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B1D6FB9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160C77E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B6C082AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12116,171 +12214,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B606E79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DED89E10"/>
     <w:lvl w:ilvl="0" w:tplc="4F1AE794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D2803012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8AEE5220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="15D87B52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="60D8C556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="29749CFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="1EDA0DAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CDA0E712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="43928A36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BD9136F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BDEBE38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12369,834 +12467,834 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21771533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04905D20"/>
     <w:lvl w:ilvl="0" w:tplc="107EF3D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="88BE472A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9BBE3270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="39DE6686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="90C67714" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BB40FC26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DE58919A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="58CE6926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="65D2C442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CA7B3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2DE2CF6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2223514E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE2C18C2"/>
     <w:lvl w:ilvl="0" w:tplc="145430D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1A580A06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F26A832E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="00BEB94C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="2730B904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="5D46C690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2EE80038" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B8D0A1E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D074A27E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26C50E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="383A817A"/>
     <w:lvl w:ilvl="0" w:tplc="BA024F0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1354" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2074" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2794" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3514" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4234" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4954" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5674" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6394" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7114" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="288E0876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74F0BB10"/>
     <w:lvl w:ilvl="0" w:tplc="ED149D4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2598998A">
       <w:start w:val="105"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EF72AE28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E5187944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A12C9DFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A678F402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B4C8135A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B75CF290" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="43F6A15E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="295B474B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DB04E70"/>
     <w:lvl w:ilvl="0" w:tplc="B35A28AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="61C8BDDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0CBAA510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F3B4D2CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="97C4CE34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="3F5E7474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="1CCC29DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="19264508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B824E284" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BB916CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8FBEDBB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -13382,188 +13480,188 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="346123A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D603CF8"/>
     <w:lvl w:ilvl="0" w:tplc="816EF7E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A584986">
       <w:start w:val="105"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E340B60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E1A29858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F8A20FBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DE12F270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="368058FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4D483098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="83DE687E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="369075DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8FBEDBB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -13749,311 +13847,311 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C206D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0F89CCC"/>
     <w:lvl w:ilvl="0" w:tplc="C08C63C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="15C81E9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B94C0A98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="CDBA06B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="ED5C99BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="743EE362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D34A5F5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0DBE86EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="59800304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41D8341C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BAEF15A"/>
     <w:lvl w:ilvl="0" w:tplc="CD304178">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1B004FB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F6B08434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1EF2A35A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="36C218AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B1360C64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C3087F1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="16A6603A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F9168382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="467700FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E9749388"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14255,1404 +14353,1404 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49921B9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1090B2F2"/>
     <w:lvl w:ilvl="0" w:tplc="A1D87D80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2812B9B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="901AAE90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="4B2A0110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="427E3956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="28941BDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0E46DC8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D324B598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08B0A914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A5B397D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7806F850"/>
     <w:lvl w:ilvl="0" w:tplc="C2F6D666">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="981CE55A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3BCA07DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A16C277C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="15EC50B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="37E47A98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="77BE30D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="58BECE3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08B68EF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6557E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB6C9362"/>
     <w:lvl w:ilvl="0" w:tplc="530EAF00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4F1AE794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7C66EBDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AD922A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8DF0B1AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="70A62E60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="828E239E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B0A88BD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD0CD88E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512C4B36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F6B93C"/>
     <w:lvl w:ilvl="0" w:tplc="A36A8352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6CC8A97C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="687A72DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E97CD554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7AFCAC1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F0A460E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="90BE644C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3FB425FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7296638A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54C418DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBDCCB92"/>
     <w:lvl w:ilvl="0" w:tplc="4A866920">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="54FE1F78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A30ECB88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A2F666F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D7CA184A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="55E468C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="76C012D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="AC92FFCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D6029C4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="570B17C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4F6E8CE"/>
     <w:lvl w:ilvl="0" w:tplc="BE22A406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20B2D4FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140698A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="8594069C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D1D0D36A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="11569332" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="5492DB06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0B2E5C50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C7688CAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58B841A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DA83F02"/>
     <w:lvl w:ilvl="0" w:tplc="C546C102">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E8EC49EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B9DE221A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B4D4CC1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="EBC0BE88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="EF02E9F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="548AAC72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="03B80D78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1FEC1380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B5C1447"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DE60314"/>
     <w:lvl w:ilvl="0" w:tplc="4F1AE794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60F67771"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F39EBB3A"/>
     <w:lvl w:ilvl="0" w:tplc="530EAF00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0672C016">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7C66EBDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AD922A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8DF0B1AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="70A62E60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="828E239E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B0A88BD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD0CD88E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6238373D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C302DF5E"/>
     <w:lvl w:ilvl="0" w:tplc="97E47898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D42046A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F78C7254" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9636441A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FF921D8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8E7E1960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B824B198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9258B46C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1F986B9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F032B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1EF03B0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15741,424 +15839,424 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F03D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE184E5C"/>
     <w:lvl w:ilvl="0" w:tplc="70A01578">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FDD4692C">
       <w:start w:val="105"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E828230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F5043B0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="5B02B468" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="70BEADA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E6725CBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EB5CE644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7E7868B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B2D645F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E1EDBBC"/>
     <w:lvl w:ilvl="0" w:tplc="BA024F0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2412" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3132" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3852" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4572" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5292" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6012" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7452" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B4C0768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0AE6042"/>
     <w:lvl w:ilvl="0" w:tplc="20CCA2E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="88689728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6A78D7E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0DC481C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D6181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="541E83B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="84FA1390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E976E7B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F15AD332" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D22019E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7B04EB9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="270"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16360,171 +16458,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="729343F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15DE6212"/>
     <w:lvl w:ilvl="0" w:tplc="E3C6E866">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2DCC42E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F96C5082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1F764214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8FDC973A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F6C452DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="1006033C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="8B408AF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E3749592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73525F71"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E16E67A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16726,311 +16824,311 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="765034D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E165896"/>
     <w:lvl w:ilvl="0" w:tplc="0B3A1362">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D8966C88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="146251E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AAECA2F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="522E409A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C2FE1F56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7E9EE28E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DBCCB802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CAB418DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D24AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E16C6D5A"/>
     <w:lvl w:ilvl="0" w:tplc="BA024F0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F3D6D910">
       <w:start w:val="105"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB6406A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AEA20B12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F5F8AE3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="7F544354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="62DE7692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="422E4058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D39ED4B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Poppins" w:hAnsi="Poppins"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AB00852"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB5CD110"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17239,247 +17337,261 @@
   <w:num w:numId="38" w16cid:durableId="973869977">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1767144679">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1668166517">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="22366310">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1938555852">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1597903845">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1258368629">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00005398"/>
     <w:rsid w:val="00007523"/>
     <w:rsid w:val="0001194F"/>
     <w:rsid w:val="000A23F6"/>
     <w:rsid w:val="000B472A"/>
     <w:rsid w:val="000F750C"/>
     <w:rsid w:val="0018752A"/>
     <w:rsid w:val="001D74BA"/>
     <w:rsid w:val="001F7CA6"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="0023023E"/>
     <w:rsid w:val="00291F32"/>
     <w:rsid w:val="002E1C53"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003371A0"/>
     <w:rsid w:val="003463B5"/>
     <w:rsid w:val="0037661F"/>
     <w:rsid w:val="003C4742"/>
     <w:rsid w:val="00475729"/>
-    <w:rsid w:val="004A753E"/>
     <w:rsid w:val="004B7365"/>
+    <w:rsid w:val="00515DC8"/>
     <w:rsid w:val="00541C31"/>
     <w:rsid w:val="0057290F"/>
     <w:rsid w:val="005A20FB"/>
     <w:rsid w:val="005C721E"/>
     <w:rsid w:val="00600659"/>
     <w:rsid w:val="00607973"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00643B21"/>
     <w:rsid w:val="00695206"/>
     <w:rsid w:val="006E51B8"/>
     <w:rsid w:val="00820C2A"/>
     <w:rsid w:val="00882398"/>
     <w:rsid w:val="008F6EA2"/>
     <w:rsid w:val="00940E76"/>
     <w:rsid w:val="00953087"/>
     <w:rsid w:val="00987A16"/>
     <w:rsid w:val="00A171E3"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AE0ABC"/>
     <w:rsid w:val="00B475BC"/>
     <w:rsid w:val="00B73B51"/>
     <w:rsid w:val="00C42910"/>
-    <w:rsid w:val="00C52C49"/>
     <w:rsid w:val="00C8413A"/>
     <w:rsid w:val="00C92240"/>
     <w:rsid w:val="00C9453C"/>
     <w:rsid w:val="00D56863"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00D87D23"/>
     <w:rsid w:val="00D90E04"/>
     <w:rsid w:val="00DA4DCE"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00EC6125"/>
     <w:rsid w:val="00FA6BE3"/>
     <w:rsid w:val="00FC47AD"/>
+    <w:rsid w:val="05ADF7A0"/>
+    <w:rsid w:val="0D4A1238"/>
+    <w:rsid w:val="171C0BA4"/>
+    <w:rsid w:val="1D7EB61D"/>
+    <w:rsid w:val="22D1C103"/>
+    <w:rsid w:val="22DEACF6"/>
+    <w:rsid w:val="23D8EDC5"/>
     <w:rsid w:val="2B05C45F"/>
+    <w:rsid w:val="32FDAF35"/>
+    <w:rsid w:val="350E40AB"/>
+    <w:rsid w:val="35A4499C"/>
     <w:rsid w:val="38471F66"/>
+    <w:rsid w:val="3E70DA95"/>
     <w:rsid w:val="41955EBE"/>
     <w:rsid w:val="5A016434"/>
+    <w:rsid w:val="5D2321BA"/>
+    <w:rsid w:val="5E36EDC9"/>
+    <w:rsid w:val="5EE8800B"/>
+    <w:rsid w:val="6ECE95A0"/>
+    <w:rsid w:val="774C7417"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17635,52 +17747,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -17747,323 +17859,323 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A5305E"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A5305E"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A5305E"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00940E76"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00005398"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002F1CF1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F1CF1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F1CF1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F1CF1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F1CF1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00617037"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00940E76"/>
     <w:rPr>
-      <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00291F32"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00291F32"/>
@@ -18078,147 +18190,147 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00291F32"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00291F32"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00291F32"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00291F32"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00291F32"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00005398"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820C2A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00820C2A"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000F750C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="110132817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1041520339">
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -19648,59 +19760,59 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="23483167">
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Sample_Evidence.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Participant_Handout.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/presentation/d/18WHMlTlB6Rlk9ssqAcj_Pm4keJpMvIZSCzD9dLk4UfE/edit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Participant_Handout.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Slides.pptx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Slides.pptx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/article/choosing-words-teach" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yPN1lxSpyA_IBnuZZY6XLpqSjpBGd-c2O41fo2fC8tQ/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Goal_Setting_Handout.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Goal_Setting_Handout.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wj76Oi4iZHNz_k23m_tygKt5KyUl_CHB/view" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="Rdcd1a0dc7b404e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Sample_Evidence.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="Ra02ea18e94944e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Goal_Setting_Handout.docx" TargetMode="External"/><Relationship Id="Ra4613c05da324632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Participant_Handout.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="R8014a85bc69c462f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Slides.pptx" TargetMode="External"/><Relationship Id="R796a1fd9d6c64ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Slides.pptx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/article/choosing-words-teach" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yPN1lxSpyA_IBnuZZY6XLpqSjpBGd-c2O41fo2fC8tQ/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="Rdb99e731ef434c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Goal_Setting_Handout.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="Rdd629d306efb4547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/AV_6-8_S1_Participant_Handout.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="Re0aa2b9f2c7d4a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/presentation/d/18WHMlTlB6Rlk9ssqAcj_Pm4keJpMvIZSCzD9dLk4UfE/edit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wj76Oi4iZHNz_k23m_tygKt5KyUl_CHB/view" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -19967,76 +20079,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -20288,50 +20374,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1212</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1212</Url>
+      <Description>KYED-536-1212</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
@@ -20344,115 +20456,111 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA241E5A-C377-4155-8CC9-5FDB6A251BA8}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63347C12-DFC5-429E-9C42-5BF31878459E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18B70F13-33CA-41B2-A3A0-65329D6DCC33}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F84E67D7-355B-46AC-9437-B450A000F315}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CE45BDF-B43E-4DA3-B28D-8A6BA2DF5608}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{014A5671-403E-4D14-81A2-64328DCBF4DC}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
     <vt:lpwstr>2024-08-13T16:21:57Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
     <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
     <vt:lpwstr>ff137604-17ab-4a0e-b7c5-7811949229f1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>d9ba4a3b-76bb-4248-9c07-203bf7e580c3</vt:lpwstr>
   </property>
 </Properties>
 </file>