--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -1,2748 +1,6318 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="42C6766C" w14:textId="74A5A1FC" w:rsidR="00675868" w:rsidRPr="004C0205" w:rsidRDefault="00675868" w:rsidP="00675868">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="007780"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C0205">
+        <w:rPr>
+          <w:color w:val="007780"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:r w:rsidR="00104569">
+        <w:rPr>
+          <w:color w:val="007780"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0205">
+        <w:rPr>
+          <w:color w:val="007780"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Protocol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC62DE3" w14:textId="77777777" w:rsidR="00675868" w:rsidRDefault="00675868" w:rsidP="00675868"/>
+    <w:p w14:paraId="26D92F82" w14:textId="7502ED74" w:rsidR="00FB31B4" w:rsidRDefault="00434B35" w:rsidP="007D414F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00434B35">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introduction to the </w:t>
+      </w:r>
+      <w:r w:rsidR="2E7D2627" w:rsidRPr="290D455E">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>resource</w:t>
+      </w:r>
+      <w:r w:rsidR="00675868" w:rsidRPr="00434B35">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00675868" w:rsidRPr="00434B35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A40B97A" w14:textId="77777777" w:rsidR="004402C7" w:rsidRDefault="004402C7" w:rsidP="00675868"/>
+    <w:p w14:paraId="1385BDCE" w14:textId="25B98A6C" w:rsidR="00675868" w:rsidRDefault="00675868" w:rsidP="07DDE1DF">
+      <w:r>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="611C9BF9">
+        <w:t>resource</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005578D6">
+        <w:t xml:space="preserve">is designed to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">guide district and school leadership teams through data </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56B7A">
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> conversations using a four-step problem solving process (see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="13296F58" w:rsidRPr="07DDE1DF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>KyMTSS Implementation Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="13296F58">
+        <w:t xml:space="preserve"> pp 19-21). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1DD63F" w14:textId="77777777" w:rsidR="00675868" w:rsidRDefault="00675868" w:rsidP="00675868"/>
+    <w:p w14:paraId="2CB124FA" w14:textId="54E7CCAF" w:rsidR="00675868" w:rsidRDefault="00675868" w:rsidP="00EA513C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:r w:rsidR="00A679A8">
+        <w:t>so</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">urces </w:t>
+      </w:r>
+      <w:r w:rsidR="005578D6">
+        <w:t>should be relevant to the question of concern</w:t>
+      </w:r>
+      <w:r w:rsidR="00A679A8">
+        <w:t xml:space="preserve">. They </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">may include </w:t>
+      </w:r>
+      <w:r w:rsidR="009E177A">
+        <w:t>but are not limited to s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tate assessments; universal screening for academic and behavior; office referrals; suspensions; early warning systems; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="009E1DAB" w:rsidRPr="000B2E8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">MTSS </w:t>
+        </w:r>
+        <w:r w:rsidR="00FC05F1" w:rsidRPr="000B2E8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>self-assessment</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009E1DAB">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:t>HQIR implementation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00736">
+        <w:t xml:space="preserve"> monitoring tools</w:t>
+      </w:r>
+      <w:r w:rsidR="00073279">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0099689F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>PLC observation</w:t>
+        </w:r>
+        <w:r w:rsidR="00F56785" w:rsidRPr="0099689F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> tool</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>; staff, student and family surveys (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D109B">
+        <w:t xml:space="preserve">e.g., </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">school climate, </w:t>
+      </w:r>
+      <w:r w:rsidR="00250CAF">
+        <w:t>IMPACT KY survey</w:t>
+      </w:r>
+      <w:r>
+        <w:t>); focus group</w:t>
+      </w:r>
+      <w:r w:rsidR="00250CAF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14269DF2">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C05640A" w14:textId="77777777" w:rsidR="00FC370A" w:rsidRDefault="00FC370A" w:rsidP="00FC370A"/>
+    <w:p w14:paraId="01090D30" w14:textId="1BED6467" w:rsidR="00FC370A" w:rsidRDefault="02116597" w:rsidP="00EA513C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="710F1BB4">
+        <w:t>uestions</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763E8A">
+        <w:t xml:space="preserve">and steps </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve">in the second column </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1C3B">
+        <w:t xml:space="preserve">of the protocol </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD19EC">
+        <w:t xml:space="preserve">meant to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve">examples to guide discussion and help teams think systematically </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2CC8">
+        <w:t>as they move through</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve"> the problem-solving process. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBF459C" w14:textId="1F07F1C2" w:rsidR="00FC370A" w:rsidRDefault="00FC370A" w:rsidP="07DDE1DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DB9771" w14:textId="542BE42D" w:rsidR="00FC370A" w:rsidRDefault="0A285C72" w:rsidP="00EA513C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Observations and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve">discussion </w:t>
+      </w:r>
+      <w:r w:rsidR="03053317">
+        <w:t xml:space="preserve">can be captured </w:t>
+      </w:r>
+      <w:r w:rsidR="130B2DB4">
+        <w:t xml:space="preserve">in the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve">column </w:t>
+      </w:r>
+      <w:r w:rsidR="7574306A">
+        <w:t>where space is provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC370A">
+        <w:t xml:space="preserve"> for note taking and capturing key points as teams identify barriers, determine action steps, set goals for implementation and evaluate effectiveness. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5A1A16" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029B8F9C" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="26059298">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">As used throughout the decision-making protocol, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="26059298">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>intervention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="26059298">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refers to all additional academic, behavioral or emotional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="26059298">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="26059298">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designed to accelerate students’ rate of progress toward proficiency with grade-level expectations, including the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E10D25" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t>Differentiated small group instruction in class, matched to student needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C20421" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t xml:space="preserve">Additional evidence-based </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t xml:space="preserve"> for tiered instruction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762565F6" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t>English language development support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C597DD" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t>Academic, behavioral or social-emotional support before or after school</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5FB8C0" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRPr="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056FC9">
+        <w:t>High dosage tutoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAFFC6C" w14:textId="77777777" w:rsidR="00056FC9" w:rsidRDefault="00056FC9" w:rsidP="00056FC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="059025FA" w14:textId="37ADEB52" w:rsidR="009B19C5" w:rsidRPr="00ED6B81" w:rsidRDefault="009B19C5" w:rsidP="00B70A9C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6B81">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Steps in the Problem-Solving Process: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4842AF04" w14:textId="46B0265A" w:rsidR="00B20BAB" w:rsidRDefault="00B20BAB" w:rsidP="004E284E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DAE7426">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Step 1: Problem Identification:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4DAE7426">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BAB">
+        <w:t>The first step in the decision-making process is to determine whether a problem exists and define it as precisely and explicitly as possible.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2515D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4BB7">
+        <w:t>District and building level teams use aggregate student data to get a big picture view</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41030">
+        <w:t xml:space="preserve">of the effectiveness of the instruction and intervention systems </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4BB7">
+        <w:t xml:space="preserve">in each school. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB560EE" w14:textId="77777777" w:rsidR="009766F4" w:rsidRPr="00B20BAB" w:rsidRDefault="009766F4" w:rsidP="00B20BAB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07608559" w14:textId="4D9780AC" w:rsidR="0075548F" w:rsidRDefault="00B20BAB" w:rsidP="00B20BAB">
+      <w:r w:rsidRPr="00B20BAB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>TIP:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04D54">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5DC0">
+        <w:t xml:space="preserve">graphed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04D54">
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22527">
+        <w:t xml:space="preserve"> whenever possible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BAB">
+        <w:t xml:space="preserve">. Teams can then compare current data to specific criteria – such as academic/nonacademic benchmarks, local or national norms, performance from previous years, implementation benchmarks, etc. – as well as see trends and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0782">
+        <w:t>patterns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BAB">
+        <w:t xml:space="preserve"> in the data.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABD790F" w14:textId="2C491421" w:rsidR="001D3741" w:rsidRDefault="001D3741" w:rsidP="00B20BAB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="12960" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9350"/>
+        <w:gridCol w:w="2752"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="5672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009377EA" w14:paraId="70304149" w14:textId="77777777" w:rsidTr="670DFBEE">
+      <w:tr w:rsidR="00530AAE" w14:paraId="2630924E" w14:textId="77777777" w:rsidTr="006406C7">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4A489B" w14:textId="0F236BAE" w:rsidR="009377EA" w:rsidRDefault="6FFB370C" w:rsidP="009377EA">
-            <w:r w:rsidRPr="48CE10DA">
+          <w:p w14:paraId="46F5BFCF" w14:textId="77777777" w:rsidR="003943D0" w:rsidRDefault="001D3D30" w:rsidP="001D3D30">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Directions:</w:t>
-[...70 lines deleted...]
-            <w:r w:rsidRPr="670DFBEE">
+            </w:pPr>
+            <w:r w:rsidRPr="00332D69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Possible Data Sources: </w:t>
-            </w:r>
+              <w:t>Data Sources Used</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA260F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to Answer the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA260F" w:rsidRPr="195CB798">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE38A1" w:rsidRPr="195CB798">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10747B54" w14:textId="314012F0" w:rsidR="00847E22" w:rsidRPr="00847E22" w:rsidRDefault="00847E22" w:rsidP="00847E22">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847E22">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*Examples but not limited to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="115FD82F" w14:textId="77777777" w:rsidR="003943D0" w:rsidRDefault="001D3D30" w:rsidP="001D3D30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00332D69">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Guiding Questions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FABF8FD" w14:textId="3AE4CE48" w:rsidR="00D92202" w:rsidRPr="00D92202" w:rsidRDefault="004E0EDA" w:rsidP="00AD6964">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>Universal screening,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="230EE6D2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00256814" w:rsidRPr="005772A3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Team members s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005772A3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tart by taking a “big picture” look at the data. What do you see? </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA3BFB" w:rsidRPr="005772A3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What questions do you have? What are </w:t>
+            </w:r>
+            <w:r w:rsidR="00D73831">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="5249A7F7" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bright spot</w:t>
+            </w:r>
+            <w:r w:rsidR="7F090DB9" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s?</w:t>
+            </w:r>
+            <w:r w:rsidR="7F090DB9" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5940" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="165A6FCB" w14:textId="1FE8B840" w:rsidR="001D3D30" w:rsidRPr="00332D69" w:rsidRDefault="008B439B" w:rsidP="001D3D30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>office referrals, suspensions, measures of academic achievement and growth, behavior screening, early warning systems, school climate surveys (staff, student, family), focus group data, etc.</w:t>
-            </w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data </w:t>
+            </w:r>
+            <w:r w:rsidR="001D3D30" w:rsidRPr="00332D69">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Observations/Discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00994B68">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="637BF9F2" w14:textId="4C235A43" w:rsidR="003943D0" w:rsidRPr="00244863" w:rsidRDefault="001D3D30" w:rsidP="00AD6964">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00244863">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*A review of data may reveal several challenges.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6964">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00244863">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> When possible, focus on challenges that are actionable and have a high priority in the school or district</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84BC3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C1F93" w14:paraId="782F4A9E" w14:textId="77777777" w:rsidTr="006406C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="657A2490" w14:textId="62695581" w:rsidR="00A547A4" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-8833177"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0015397C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00414836" w:rsidRPr="008F7180">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>State Assessmen</w:t>
+            </w:r>
+            <w:r w:rsidR="00A547A4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3434F310" w14:textId="0EEEBBC2" w:rsidR="00A547A4" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1717235786"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0047371D" w:rsidRPr="008F7180">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0047371D" w:rsidRPr="008F7180">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Universal Screener</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B19652" w14:textId="1F24CE9E" w:rsidR="00544B2F" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-841541362"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00544B2F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00DF5ADE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Curriculum-embedded assessments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047A99DD" w14:textId="15F263E3" w:rsidR="006909F6" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="57904833"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00462E99">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006909F6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Behavior Referrals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DDB363A" w14:textId="206320EA" w:rsidR="00FC6166" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="150255891"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000769C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00FC6166">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Early Warning Sys</w:t>
+            </w:r>
+            <w:r w:rsidR="00A547A4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1786371C" w14:textId="434A9C83" w:rsidR="00FE22BA" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1764257908"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FE22BA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00FE22BA">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Impact KY survey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F640D64" w14:textId="5543DFA0" w:rsidR="0041504E" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-993408599"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0015397C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0041504E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidR="00940565">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="882825541"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00794537" w:rsidRPr="0018375C">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="747474"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="51294BBE" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26464456" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69FD3C2B" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41AD4128" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3675CA45" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51CFA629" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="272F5067" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03E2CA48" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20826621" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="794A7922" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EFE87BB" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EF489E3" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64A10F50" w14:textId="77777777" w:rsidR="0072148F" w:rsidRDefault="0072148F" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16A6D961" w14:textId="13FABF94" w:rsidR="56052743" w:rsidRDefault="00136557" w:rsidP="56052743">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7504E4F1" w14:textId="77777777" w:rsidR="00136557" w:rsidRDefault="00136557" w:rsidP="56052743">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D6C4273" w14:textId="77777777" w:rsidR="00136557" w:rsidRDefault="00136557" w:rsidP="56052743">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74A16743" w14:textId="77777777" w:rsidR="00136557" w:rsidRDefault="00136557" w:rsidP="56052743">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F7CACCD" w14:textId="77777777" w:rsidR="00136557" w:rsidRDefault="00136557" w:rsidP="56052743">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD58858" w14:textId="4510B138" w:rsidR="00EE3E95" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1706558094"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007B477A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A23677">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Intervention </w:t>
+            </w:r>
+            <w:r w:rsidR="00B31B9A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>track</w:t>
+            </w:r>
+            <w:r w:rsidR="004554B5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>er</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC9ED0F" w14:textId="73BDBF93" w:rsidR="006945F9" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1652899154"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006945F9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006945F9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Progress monitoring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC496B1" w14:textId="548B2FF8" w:rsidR="0072148F" w:rsidRDefault="006B3993" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="407034672"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0072148F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0072148F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other:</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1995182814"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E218FB" w:rsidRPr="0018375C">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="747474"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7FD28C30" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="335BB3AB" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E09746A" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74B365CD" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65B278EF" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B494897" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A093623" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="494CCC86" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DBDBD34" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E7020AE" w14:textId="77777777" w:rsidR="003F3EA4" w:rsidRDefault="003F3EA4" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65F6F818" w14:textId="05C58AE5" w:rsidR="007C1F93" w:rsidRPr="008F7180" w:rsidRDefault="007C1F93" w:rsidP="00462E99">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1017"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4770" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44BD5894" w14:textId="3A58BFEA" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005048DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="001A0C7E" w:rsidRPr="005048DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IER</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005048DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000477FC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Are the universal Tier 1 supports meeting the needs of most students (at least 80% or more)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EFBED40" w14:textId="77777777" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11C96EAB" w14:textId="5C1093B4" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A1665">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>What percentage of students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4947EE06" w:rsidRPr="05231717">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grade</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A1665">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5A6E18C9" w:rsidRPr="05231717">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">level </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A1665">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>on track to meet</w:t>
+            </w:r>
+            <w:r w:rsidR="009B5B57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A1665">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>benchmark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A1665">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3F09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exceed</w:t>
+            </w:r>
+            <w:r w:rsidR="000A56CC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> benchmarks?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77A7555C" w14:textId="77777777" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69828FF3" w14:textId="77777777" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Math</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D93BE9" w14:textId="77777777" w:rsidR="007C1F93" w:rsidRDefault="007C1F93" w:rsidP="007C1F93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Social and behavioral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2DA224" w14:textId="77777777" w:rsidR="00B02F57" w:rsidRDefault="00B02F57" w:rsidP="00912A48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AB6881E" w14:textId="68C3E0AD" w:rsidR="00912A48" w:rsidRDefault="00912A48" w:rsidP="00912A48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>What percentage of students who started the year on track</w:t>
+            </w:r>
+            <w:r w:rsidR="00712842">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to meet</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3F09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4904">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or exceed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are still on track</w:t>
+            </w:r>
+            <w:r w:rsidR="00D410E6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to meet or exceed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="000A56CC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2790DF63" w14:textId="77777777" w:rsidR="00912A48" w:rsidRDefault="00912A48" w:rsidP="00912A48">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD68F6F" w14:textId="77777777" w:rsidR="00912A48" w:rsidRDefault="00912A48" w:rsidP="00912A48">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Math</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7149978C" w14:textId="77777777" w:rsidR="00912A48" w:rsidRPr="008C2379" w:rsidRDefault="00912A48" w:rsidP="00912A48">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Social and behavioral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A87F50F" w14:textId="68A80A9D" w:rsidR="002A05D0" w:rsidRDefault="002A05D0" w:rsidP="00912A48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C71F391" w14:textId="2DC6B8EA" w:rsidR="4FD6655B" w:rsidRDefault="4FD6655B" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Are these trends consistent across student groups?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="315CBEC1" w14:textId="605E0162" w:rsidR="534D5F07" w:rsidRDefault="534D5F07" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B7D31D4" w14:textId="6BBB7B84" w:rsidR="32589233" w:rsidRDefault="32589233" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r w:rsidR="0009149A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>policies</w:t>
+            </w:r>
+            <w:r w:rsidR="0009149A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, procedures</w:t>
+            </w:r>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="38BC3D4D" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or HQIRs</w:t>
+            </w:r>
+            <w:r w:rsidR="7A7F4E02" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in place where students are on-track</w:t>
+            </w:r>
+            <w:r w:rsidR="497C1947" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="070BCD2F" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to meet </w:t>
+            </w:r>
+            <w:r w:rsidR="497C1947" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or exceed benchmarks?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B737AA4" w14:textId="44C0373C" w:rsidR="534D5F07" w:rsidRDefault="534D5F07" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19080CA2" w14:textId="2182AC4E" w:rsidR="0031206F" w:rsidRDefault="001A0C7E" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>INTERVENTION</w:t>
+            </w:r>
+            <w:r w:rsidR="00267EA8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="004373E0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE2D46">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> additional</w:t>
+            </w:r>
+            <w:r w:rsidR="00D06AFF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004733BE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">supports </w:t>
+            </w:r>
+            <w:r w:rsidR="00D06AFF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>effective</w:t>
+            </w:r>
+            <w:r w:rsidR="004373E0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0074238F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91BCB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1BB3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>accelerating</w:t>
+            </w:r>
+            <w:r w:rsidR="004373E0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students</w:t>
+            </w:r>
+            <w:r w:rsidR="00C833F5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> toward proficiency</w:t>
+            </w:r>
+            <w:r w:rsidR="004D35F4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with grade-level </w:t>
+            </w:r>
+            <w:r w:rsidR="000F6D54">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">expectations </w:t>
+            </w:r>
+            <w:r w:rsidR="004D35F4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00634003">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF240D" w:rsidRPr="00354D37">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>whether in class, in intervention blocks or outside the school day</w:t>
+            </w:r>
+            <w:r w:rsidR="00D06AFF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF2745">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B5CD04" w14:textId="77777777" w:rsidR="00D06AFF" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6386C241" w14:textId="3493BDFA" w:rsidR="00D06AFF" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What percentage of students receiving intervention are on track to meet </w:t>
+            </w:r>
+            <w:r w:rsidR="65B0747F" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or exceed</w:t>
+            </w:r>
+            <w:r w:rsidR="61532921" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>their goals?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43D73378" w14:textId="77777777" w:rsidR="00D06AFF" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31DE661A" w14:textId="77777777" w:rsidR="00D06AFF" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Math</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BFFAF50" w14:textId="77777777" w:rsidR="00D06AFF" w:rsidRPr="008C2379" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Social and behavioral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF56EEC" w14:textId="77777777" w:rsidR="00D06AFF" w:rsidRPr="00C43B49" w:rsidRDefault="00D06AFF" w:rsidP="00D06AFF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E98AC80" w14:textId="2C2AD6FF" w:rsidR="00C1417F" w:rsidRPr="00332D69" w:rsidRDefault="00D06AFF" w:rsidP="0041504E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D06AFF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Which interventions show the highest rate of improvement?</w:t>
+            </w:r>
+            <w:r w:rsidR="00183515">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00692867">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Do</w:t>
+            </w:r>
+            <w:r w:rsidR="5954EE77" w:rsidRPr="05231717">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not show evidence of effectiveness?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="521E8709" w14:textId="77777777" w:rsidR="007C1F93" w:rsidRPr="00332D69" w:rsidRDefault="007C1F93" w:rsidP="009F2DCB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="430C227D" w14:textId="3FA904E9" w:rsidR="00000000" w:rsidRDefault="00000000"/>
-    <w:p w14:paraId="522E3E2D" w14:textId="14369BDB" w:rsidR="00D374C3" w:rsidRPr="006B225D" w:rsidRDefault="00D374C3" w:rsidP="00655320">
+    <w:p w14:paraId="43ABC296" w14:textId="77777777" w:rsidR="00B34CDD" w:rsidRPr="00245B20" w:rsidRDefault="00B34CDD" w:rsidP="00555B00">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C3A1D70" w14:textId="129044CA" w:rsidR="00250268" w:rsidRPr="00EE3117" w:rsidRDefault="0014225F" w:rsidP="00555B00">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Create a Precise </w:t>
+      </w:r>
+      <w:r w:rsidR="00250268" w:rsidRPr="00EE3117">
+        <w:t>Problem Statement</w:t>
+      </w:r>
+      <w:r w:rsidR="005A16A6" w:rsidRPr="00EE3117">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="12960" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0075548F" w14:paraId="13BF6170" w14:textId="77777777" w:rsidTr="006406C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="78176919" w14:textId="77777777" w:rsidR="00F3326F" w:rsidRPr="00EE3117" w:rsidRDefault="0075548F" w:rsidP="00B2156A">
+            <w:r w:rsidRPr="00EE3117">
+              <w:t>What exactly is the problem or discrepancy between the current performance and the expected performance</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4820" w:rsidRPr="00EE3117">
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535439F6" w14:textId="77777777" w:rsidR="00F3326F" w:rsidRPr="00EE3117" w:rsidRDefault="00F3326F" w:rsidP="00B2156A"/>
+          <w:p w14:paraId="02ADDA0C" w14:textId="77777777" w:rsidR="00C661CE" w:rsidRDefault="00C661CE" w:rsidP="00B2156A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A1F0994" w14:textId="11884F3E" w:rsidR="00D33128" w:rsidRDefault="00D33128" w:rsidP="00B2156A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A81906C" w14:textId="66579D09" w:rsidR="00F34DD1" w:rsidRDefault="00F34DD1" w:rsidP="00FB3BA6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="center"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00B20BAB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Step 1: Problem Identification:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B20BAB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1AA99A" w14:textId="20D79EF2" w:rsidR="00CF423A" w:rsidRDefault="003D565D" w:rsidP="00741F0C">
+      <w:r w:rsidRPr="4DAE7426">
         <w:rPr>
-          <w:color w:val="002060"/>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...634 lines deleted...]
-      <w:pPr>
+        <w:t>Step 2: Problem Analysis:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721868">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t xml:space="preserve">After a problem </w:t>
+      </w:r>
+      <w:r w:rsidR="007546A5">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t xml:space="preserve"> goal has been defined, it is necessary for teams to analyze the data with enough depth to develop hypotheses and identify potential barriers to successfully achieving the goal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3326F" w:rsidRPr="00DF533E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00534F36">
+        <w:t>At this stage, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t xml:space="preserve">eams </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2592F">
+        <w:t xml:space="preserve">reflect on the problem or challenge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41BF6">
+        <w:t xml:space="preserve">identified in Step 1 and </w:t>
+      </w:r>
+      <w:r w:rsidR="0050438A">
+        <w:t>brainstorm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t xml:space="preserve"> possible </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5F6A">
+        <w:t>root causes</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3C69">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t>hat the school or district has the ability to act on and the infl</w:t>
+      </w:r>
+      <w:r w:rsidR="00292E64">
+        <w:t>uen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF533E">
+        <w:t>ce to change.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53A2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3CC18492">
+        <w:t xml:space="preserve">The NIRN, 2024 resource, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidR="3CC18492" w:rsidRPr="534D5F07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Root Cause Analysis – Understanding a Community Need</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="3CC18492">
+        <w:t xml:space="preserve">, includes </w:t>
+      </w:r>
+      <w:r w:rsidR="3A085EE2">
+        <w:t>these</w:t>
+      </w:r>
+      <w:r w:rsidR="13C24FDF">
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="05A7DEAE">
+        <w:t>ommonly</w:t>
+      </w:r>
+      <w:r w:rsidR="357B2079">
+        <w:t xml:space="preserve"> used root cause analysis tools</w:t>
+      </w:r>
+      <w:r w:rsidR="0526E41E">
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="165453B8" w14:textId="02341CAC" w:rsidR="48CE10DA" w:rsidRDefault="48CE10DA" w:rsidP="48CE10DA">
+    <w:p w14:paraId="5CBFA7E3" w14:textId="77777777" w:rsidR="00CE3832" w:rsidRDefault="00CE3832" w:rsidP="003D565D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The Fishbone Diagram</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19461E03" w14:textId="77777777" w:rsidR="00CE3832" w:rsidRDefault="00CE3832" w:rsidP="003D565D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The Five Whys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2862586D" w14:textId="11C204EE" w:rsidR="00CE3832" w:rsidRDefault="00CE3832" w:rsidP="003D565D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>The Iceberg Discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E58BC61" w14:textId="6DF9E600" w:rsidR="009C49BA" w:rsidRDefault="00CE3832" w:rsidP="003D565D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Peeling the Onion</w:t>
+      </w:r>
+      <w:r w:rsidR="009C49BA" w:rsidRPr="009C49BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784F7C88" w14:textId="77777777" w:rsidR="00CA1140" w:rsidRPr="006406C7" w:rsidRDefault="00CA1140" w:rsidP="00B805BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54EC5123" w14:textId="4E3E6CBC" w:rsidR="48CE10DA" w:rsidRDefault="48CE10DA" w:rsidP="48CE10DA">
-[...158 lines deleted...]
-      <w:r w:rsidRPr="1DA11B6C">
+    <w:p w14:paraId="00A3FDA8" w14:textId="3B20E720" w:rsidR="003943D0" w:rsidRPr="00890A2D" w:rsidRDefault="003D565D" w:rsidP="00B805BF">
+      <w:r w:rsidRPr="00A3513D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TIP</w:t>
       </w:r>
-      <w:r w:rsidRPr="1DA11B6C">
+      <w:r w:rsidR="00070B54">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
-        <w:t>Use the graphed data to generate hypotheses, or possible root causes, that are grounded in evidence. Careful data collection and analysis during this step will help develop solutions/interventions that are more directly linked to the problem.</w:t>
+      <w:r w:rsidR="0259BB01" w:rsidRPr="00890A2D">
+        <w:t>Determine what additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890A2D">
+        <w:t xml:space="preserve"> data </w:t>
+      </w:r>
+      <w:r w:rsidR="35BFD16D" w:rsidRPr="00890A2D">
+        <w:t>is needed</w:t>
+      </w:r>
+      <w:r w:rsidR="646DAE94" w:rsidRPr="00890A2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890A2D">
+        <w:t>to generate hypotheses or possible root causes</w:t>
+      </w:r>
+      <w:r w:rsidR="5174FFAF" w:rsidRPr="00890A2D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890A2D">
+        <w:t xml:space="preserve"> Careful data collection and analysis during this step will help develop solutions/interventions that are </w:t>
+      </w:r>
+      <w:r w:rsidR="1C2D255B" w:rsidRPr="00890A2D">
+        <w:t>grounded in the evidence and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890A2D">
+        <w:t xml:space="preserve"> directly linked to the </w:t>
+      </w:r>
+      <w:r w:rsidR="09335140" w:rsidRPr="00890A2D">
+        <w:t xml:space="preserve">identified </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890A2D">
+        <w:t>problem.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0EF2BAC6" w14:textId="77777777" w:rsidR="0033634A" w:rsidRDefault="0033634A" w:rsidP="00B805BF"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9355" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="12960" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1345"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4410"/>
+        <w:gridCol w:w="2806"/>
+        <w:gridCol w:w="4500"/>
+        <w:gridCol w:w="5654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF533E" w14:paraId="24833ADC" w14:textId="77777777" w:rsidTr="1DA11B6C">
+      <w:tr w:rsidR="000F6EF4" w14:paraId="24833ADC" w14:textId="77777777" w:rsidTr="009B50B4">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="21655ABF" w14:textId="37738084" w:rsidR="00A56901" w:rsidRPr="00332D69" w:rsidRDefault="00B805BF" w:rsidP="004045FC">
+          <w:p w14:paraId="4F3E970B" w14:textId="77777777" w:rsidR="00A56901" w:rsidRDefault="00B805BF" w:rsidP="00054CE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00332D69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Data Sources Used</w:t>
             </w:r>
-            <w:r w:rsidR="006E6545">
+            <w:r w:rsidR="003D518E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>/ Needed</w:t>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidR="00817701">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Identify Trends</w:t>
+            </w:r>
+            <w:r w:rsidR="00F044F9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/Patterns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21655ABF" w14:textId="14B62545" w:rsidR="002B4666" w:rsidRPr="00332D69" w:rsidRDefault="002B4666" w:rsidP="00054CE9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847E22">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*Examples but not limited to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0341446B" w14:textId="77777777" w:rsidR="00BE129B" w:rsidRDefault="00B805BF" w:rsidP="00BE129B">
+          <w:p w14:paraId="48571F16" w14:textId="73D20B22" w:rsidR="00B805BF" w:rsidRPr="00332D69" w:rsidRDefault="0084383C" w:rsidP="00054CE9">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00332D69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Guiding Questions</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D222A">
+              </w:rPr>
+              <w:t xml:space="preserve">Guiding </w:t>
+            </w:r>
+            <w:r w:rsidR="004E124F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="002D222A">
+              </w:rPr>
+              <w:t>Steps</w:t>
+            </w:r>
+            <w:r w:rsidR="4E55CDF1" w:rsidRPr="534D5F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="002D222A" w:rsidRPr="002D222A">
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Step 1)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions to Uncover </w:t>
+            </w:r>
+            <w:r w:rsidR="004C477B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the Root Cause of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the Problem </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:tcW w:w="5940" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA93295" w14:textId="77777777" w:rsidR="00DF533E" w:rsidRDefault="00DF533E" w:rsidP="00DF533E">
+          <w:p w14:paraId="7BA93295" w14:textId="0883C02F" w:rsidR="00DF533E" w:rsidRPr="00366584" w:rsidRDefault="00DF533E" w:rsidP="00054CE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hypothesis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F6084A">
+            <w:r w:rsidR="00994B68">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Root Cause </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="1DA11B6C">
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00994B68">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="09C9C4EB" w:rsidRPr="1DA11B6C">
+              </w:rPr>
+              <w:t xml:space="preserve"> Notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045AA547" w14:textId="62D4DC2C" w:rsidR="00B805BF" w:rsidRPr="00244863" w:rsidRDefault="00DF533E" w:rsidP="009C714C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="1DA11B6C">
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E37F0B" w:rsidRPr="00366584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...12 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">Potential </w:t>
+            </w:r>
+            <w:r w:rsidR="008B439B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">root </w:t>
+            </w:r>
+            <w:r w:rsidR="00E37F0B" w:rsidRPr="00366584">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>causes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366584">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be </w:t>
+            </w:r>
+            <w:r w:rsidR="00503EE3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>connected to the patterns reflected in the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366584">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B805BF" w14:paraId="5714B7D7" w14:textId="77777777" w:rsidTr="1DA11B6C">
+      <w:tr w:rsidR="000F6EF4" w14:paraId="5714B7D7" w14:textId="77777777" w:rsidTr="009B50B4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5975C7E3" w14:textId="77777777" w:rsidR="00B805BF" w:rsidRDefault="00B805BF"/>
+          <w:p w14:paraId="60BDCE58" w14:textId="77777777" w:rsidR="00B805BF" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="700520392"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00417F08">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C36401">
+              <w:t>HQIR implementation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AA9C20E" w14:textId="77777777" w:rsidR="00C36401" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-320502759"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00C36401">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD1127">
+              <w:t>Learning Walks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B56308" w14:textId="0048B1D1" w:rsidR="0049596C" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1380981897"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0049596C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0049596C">
+              <w:t>PLC observation tool</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B366980" w14:textId="77777777" w:rsidR="00AD1127" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="581108597"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AD1127">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD1127">
+              <w:t>MTSS Self-Assessment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A987729" w14:textId="1A800B65" w:rsidR="00CF2A8D" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1434705562"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00CF2A8D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00CF2A8D">
+              <w:t>Intervention Inventory</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A133025" w14:textId="77777777" w:rsidR="00EE0B73" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1182670618"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BF5D62">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BF5D62">
+              <w:t>Survey</w:t>
+            </w:r>
+            <w:r w:rsidR="008572CA">
+              <w:t>s/Focus Groups</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4023D209" w14:textId="7093C819" w:rsidR="00BF5D62" w:rsidRDefault="006B3993" w:rsidP="00054CE9">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-132101744"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EE0B73">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00EE0B73">
+              <w:t>Other:</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF5D62">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1113361519"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EE0B73" w:rsidRPr="0018375C">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="747474"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="5975C7E3" w14:textId="71DFC995" w:rsidR="00AD1127" w:rsidRDefault="00AD1127" w:rsidP="00054CE9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACAD4DD" w14:textId="26C2B542" w:rsidR="004235F0" w:rsidRDefault="004235F0" w:rsidP="004235F0">
-[...102 lines deleted...]
-          <w:p w14:paraId="791B6D86" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="004235F0" w:rsidRDefault="004235F0" w:rsidP="004235F0">
+          <w:p w14:paraId="440CE53D" w14:textId="5126437E" w:rsidR="00EF6841" w:rsidRDefault="5BFBF7B9" w:rsidP="534D5F07">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="1F5A7889" w14:textId="521767BF" w:rsidR="001F7C4A" w:rsidRDefault="001F7C4A" w:rsidP="00786C7C"/>
+            <w:r w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Start with the problem statement </w:t>
+            </w:r>
+            <w:r w:rsidR="365CFBB9" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from the high-level analysis in Step 1</w:t>
+            </w:r>
+            <w:r w:rsidR="4F01E04B" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Dig deeper </w:t>
+            </w:r>
+            <w:r w:rsidR="1C34C498" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">into the </w:t>
+            </w:r>
+            <w:r w:rsidR="4F01E04B" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>data to dev</w:t>
+            </w:r>
+            <w:r w:rsidR="36F15ACB" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>elop hypotheses about the root cause</w:t>
+            </w:r>
+            <w:r w:rsidR="26F8BCE2" w:rsidRPr="534D5F07">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000A548A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E18970" w14:textId="77777777" w:rsidR="00EF6841" w:rsidRDefault="00EF6841" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="298FF15E" w14:textId="6DD14900" w:rsidR="4F01E04B" w:rsidRPr="00EF6841" w:rsidRDefault="000A548A" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Identify contributing factors.</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1241">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> For example:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF27CD6" w14:textId="3CF7F894" w:rsidR="007936CB" w:rsidRPr="00604443" w:rsidRDefault="007936CB" w:rsidP="007936CB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604443">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Is the instruction high-quality and evidence based?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786FE81A" w14:textId="0497542D" w:rsidR="00E93861" w:rsidRDefault="00604443" w:rsidP="007936CB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604443">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Is the HQIR being implemented as intended?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244B325C" w14:textId="74ADEA04" w:rsidR="00423048" w:rsidRDefault="00423048" w:rsidP="007936CB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Are positive behavior</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8641F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> intervention and supports</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5470A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in place and</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8641F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> implemented as intended?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14824476" w14:textId="6B0D1070" w:rsidR="00425D6B" w:rsidRDefault="005C1241" w:rsidP="00324936">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Are interventions matched to the scope and sequence of the HQIR</w:t>
+            </w:r>
+            <w:r w:rsidR="00E60B30">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D3572">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00E60B30">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D3572">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">whether </w:t>
+            </w:r>
+            <w:r w:rsidR="00E60B30">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>academic,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6EF4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> social</w:t>
+            </w:r>
+            <w:r w:rsidR="00E60B30">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F6EF4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or behavioral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F83D395" w14:textId="694C30FA" w:rsidR="00FE6CBB" w:rsidRPr="00604443" w:rsidRDefault="00FE6CBB" w:rsidP="00324936">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Do interventions have evidence of effectiveness</w:t>
+            </w:r>
+            <w:r w:rsidR="00902E09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0684A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>targeted area</w:t>
+            </w:r>
+            <w:r w:rsidR="003D3572">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0684A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of concern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F56F5A8" w14:textId="0B227A40" w:rsidR="00E93861" w:rsidRPr="00604443" w:rsidRDefault="00E93861" w:rsidP="007936CB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604443">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Is the environment positive and conducive to learning?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41814C88" w14:textId="77777777" w:rsidR="009502BE" w:rsidRDefault="009502BE" w:rsidP="00703506">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="392028F6" w14:textId="01ED8FCE" w:rsidR="00703506" w:rsidRPr="00703506" w:rsidRDefault="002C2F83" w:rsidP="00703506">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which </w:t>
+            </w:r>
+            <w:r w:rsidR="009502BE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">factors </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r w:rsidR="00703506" w:rsidRPr="00703506">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>beyond the influence of the district/school and can be eliminated?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B76F12" w14:textId="77777777" w:rsidR="00703506" w:rsidRPr="00EF6841" w:rsidRDefault="00703506" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B8C2890" w14:textId="72F28550" w:rsidR="00510E92" w:rsidRPr="00EF6841" w:rsidRDefault="00510E92" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which factors </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0379">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are alterable and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will lead to the greatest change?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E26AE3C" w14:textId="77777777" w:rsidR="00510E92" w:rsidRPr="00EF6841" w:rsidRDefault="00510E92" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37957869" w14:textId="3C1ABE86" w:rsidR="34E1602C" w:rsidRPr="00EF6841" w:rsidRDefault="34E1602C" w:rsidP="534D5F07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Is current information enough to determine the root cause or is additional information needed?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6737F105" w14:textId="77777777" w:rsidR="00BE58F8" w:rsidRPr="00EF6841" w:rsidRDefault="00BE58F8" w:rsidP="00054CE9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F5A7889" w14:textId="3F5D1C12" w:rsidR="001F7C4A" w:rsidRDefault="6D8C278F" w:rsidP="00054CE9">
+            <w:r w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What, if any, </w:t>
+            </w:r>
+            <w:r w:rsidR="0D94206E" w:rsidRPr="00EF6841">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>underlying system issues will need to be addressed?</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:tcW w:w="5940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCEDD82" w14:textId="77777777" w:rsidR="00B805BF" w:rsidRDefault="00B805BF" w:rsidP="004235F0"/>
+          <w:p w14:paraId="6CCEDD82" w14:textId="77777777" w:rsidR="00B805BF" w:rsidRDefault="00B805BF" w:rsidP="00054CE9"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="767740BE" w14:textId="6C21AE63" w:rsidR="00583ABE" w:rsidRDefault="00583ABE" w:rsidP="00E43285"/>
-    <w:p w14:paraId="632BF28A" w14:textId="77777777" w:rsidR="00583ABE" w:rsidRDefault="00583ABE">
+    <w:p w14:paraId="53303412" w14:textId="1B0F6193" w:rsidR="00C661CE" w:rsidRPr="00245B20" w:rsidRDefault="00C661CE" w:rsidP="00B51039">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B6226F" w14:textId="3033EDA2" w:rsidR="00502C20" w:rsidRPr="009B0B15" w:rsidRDefault="00B51039" w:rsidP="00B51039">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Create a S</w:t>
+      </w:r>
+      <w:r w:rsidR="004D604C">
+        <w:t xml:space="preserve">tatement of </w:t>
+      </w:r>
+      <w:r w:rsidR="00502C20">
+        <w:t>Root Cause</w:t>
+      </w:r>
+      <w:r w:rsidR="002951F8">
+        <w:t xml:space="preserve"> – Add the “why” to the problem statement:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="12960" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00502C20" w:rsidRPr="00502C20" w14:paraId="5C9FB158" w14:textId="77777777" w:rsidTr="009B50B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="55EDD8BF" w14:textId="0C60DCB6" w:rsidR="00502C20" w:rsidRDefault="00F52775" w:rsidP="00502C20">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F52775">
+              <w:t>Based on the preliminary analysis and hypothesis, identify the root cause</w:t>
+            </w:r>
+            <w:r w:rsidR="0097310C">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F52775">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="0097310C">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F52775">
+              <w:t xml:space="preserve"> of the problem</w:t>
+            </w:r>
+            <w:r w:rsidR="007C416C">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4284C84A" w14:textId="77777777" w:rsidR="00CF61A4" w:rsidRDefault="00CF61A4" w:rsidP="00502C20">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A2D3AF" w14:textId="77777777" w:rsidR="000B4326" w:rsidRPr="00502C20" w:rsidRDefault="000B4326" w:rsidP="00502C20">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EB638FD" w14:textId="77777777" w:rsidR="006406C7" w:rsidRDefault="006406C7" w:rsidP="00E43285"/>
+    <w:p w14:paraId="2295BB4B" w14:textId="77777777" w:rsidR="006406C7" w:rsidRDefault="006406C7">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7703E97F" w14:textId="77777777" w:rsidR="00B805BF" w:rsidRDefault="00B805BF" w:rsidP="00E43285"/>
-    <w:p w14:paraId="4A7DB68A" w14:textId="77777777" w:rsidR="00D24BD1" w:rsidRPr="00D24BD1" w:rsidRDefault="00D24BD1" w:rsidP="00D24BD1">
+    <w:p w14:paraId="654D6085" w14:textId="77777777" w:rsidR="00DD6253" w:rsidRDefault="00DD6253" w:rsidP="00E43285"/>
+    <w:p w14:paraId="4A7DB68A" w14:textId="5E65CCD2" w:rsidR="00D24BD1" w:rsidRPr="00D24BD1" w:rsidRDefault="00D24BD1" w:rsidP="00DD6253">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D24BD1">
+      <w:r w:rsidRPr="4DAE7426">
         <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Step 3: Planning and Implementation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24BD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D24BD1">
-        <w:t>Once a reasonable set of root causes have been identified, the next step in the problem-solving process for teams is to investigate the research on evidence-based interventions and best practices, identify a solution and develop an action plan to address the identified area(s) of concern.</w:t>
+        <w:t xml:space="preserve">Once a reasonable set of root causes </w:t>
+      </w:r>
+      <w:r w:rsidR="52077DCC">
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24BD1">
+        <w:t xml:space="preserve"> been identified, the next step in the problem-solving process for teams is to identify a solution and develop an action plan to address the identified area(s) of concern.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24BD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="416DD707" w14:textId="77777777" w:rsidR="00A3513D" w:rsidRDefault="00A3513D" w:rsidP="00D24BD1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="540B86B9" w14:textId="1241C719" w:rsidR="00A3513D" w:rsidRDefault="00D24BD1" w:rsidP="00D24BD1">
+    <w:p w14:paraId="540B86B9" w14:textId="624E2D21" w:rsidR="00A3513D" w:rsidRDefault="00D24BD1" w:rsidP="00D24BD1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
-      <w:r w:rsidRPr="1DA11B6C">
+      <w:r w:rsidRPr="00A3513D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>TIP:</w:t>
-[...442 lines deleted...]
-      <w:r w:rsidRPr="1DA11B6C">
+        <w:t>TIP</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A63" w:rsidRPr="00A3513D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>TIP:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="1DA11B6C">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A63" w:rsidRPr="00A3513D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086A63" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086A63">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24BD1">
+        <w:t>plans may include both short-term and long-term goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035208AF" w14:textId="77777777" w:rsidR="00EE5F42" w:rsidRDefault="00EE5F42" w:rsidP="00D24BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="13219" w:type="dxa"/>
+        <w:tblInd w:w="-95" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2816"/>
+        <w:gridCol w:w="4567"/>
+        <w:gridCol w:w="5836"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B31B9A" w14:paraId="3FACD567" w14:textId="77777777" w:rsidTr="006406C7">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2816" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2AEDA2" w14:textId="315FC935" w:rsidR="00B31B9A" w:rsidRDefault="00E036F2" w:rsidP="00056BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>List of</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD716B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6337">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Possible </w:t>
+            </w:r>
+            <w:r w:rsidR="38385FE5" w:rsidRPr="2DA9E8C9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Solutions/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B31B9A" w:rsidRPr="00F16678">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Practices</w:t>
+            </w:r>
+            <w:r w:rsidR="00601238">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7D956F" w14:textId="185BE799" w:rsidR="00785E67" w:rsidRPr="00785E67" w:rsidRDefault="5BC9DCCE" w:rsidP="00785E67">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="070F1EE6" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conduct</w:t>
+            </w:r>
+            <w:r w:rsidR="01D6EFD6" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a review of</w:t>
+            </w:r>
+            <w:r w:rsidR="612E8123" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> research-</w:t>
+            </w:r>
+            <w:r w:rsidR="35249075" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or evidence-</w:t>
+            </w:r>
+            <w:r w:rsidR="3D67FC3F" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:r w:rsidR="5A7541AE" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3D67FC3F" w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>solutions/practices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DAA662" w14:textId="3B7C3F8C" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00056BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BC2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Guiding Questions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5836" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A603C06" w14:textId="421114B4" w:rsidR="00B31B9A" w:rsidRPr="00056BC2" w:rsidRDefault="00B31B9A" w:rsidP="00056BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Action Planning Discussion Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B31B9A" w14:paraId="6AA8D458" w14:textId="77777777" w:rsidTr="006406C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2816" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6483A65C" w14:textId="571DA672" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00D24BD1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FB85A6" w14:textId="097F2862" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Develop the plan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF85D25" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67101AC9" w14:textId="39430A8C" w:rsidR="00B31B9A" w:rsidRPr="007E5617" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5617">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What evidence-based practices/solutions will best address the identified problem and root cause? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4189C817" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46BF3696" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What goals need to </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Int_LUaNrguE"/>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the action plan to address the problem?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="355844B5" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10BADCB9" w14:textId="1650B0E5" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="61D0D3F1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What will this look like in the next 30-60-90 days, semester, year? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB2711B" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37AA1916" w14:textId="53888D78" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="26B10656" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What policies, procedures or practices will be addressed to achieve the desired outcome? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139139A3" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0"/>
+          <w:p w14:paraId="455CD11F" w14:textId="737BE7F0" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Who </w:t>
+            </w:r>
+            <w:r w:rsidR="007818D8">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will be</w:t>
+            </w:r>
+            <w:r w:rsidR="007818D8" w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">responsible for the action items? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D65C7C4" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="374F38EB" w14:textId="4C5DC4AB" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How will the implementation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the plan </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and student outcomes be monitored?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14CF60DD" w14:textId="4DC26FFE" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C3C683" w14:textId="0299AE95" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>What is the timeline for implementation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2A298B66">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the plan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F48A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA393B0" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRPr="009F48A0" w:rsidRDefault="00B31B9A" w:rsidP="00EF00C0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B5676B9" w14:textId="21339930" w:rsidR="00B31B9A" w:rsidRDefault="26B10656" w:rsidP="007A3992">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="14269DF2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>What resources are needed to implement the action plan? (Think about funding, personnel, time and materials)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2991FE60" w14:textId="3165C6AE" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="007A3992"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1644BE63" w14:textId="77777777" w:rsidR="00B31B9A" w:rsidRDefault="00B31B9A" w:rsidP="00D24BD1"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="77B1BCBE" w14:textId="77777777" w:rsidR="008C364B" w:rsidRPr="00166E06" w:rsidRDefault="008C364B" w:rsidP="008623B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E548D1" w14:textId="4CE13B6E" w:rsidR="00C1647E" w:rsidRPr="00C1647E" w:rsidRDefault="00C1647E" w:rsidP="008623B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk212110813"/>
+      <w:r w:rsidRPr="00C1647E">
+        <w:t>Create a</w:t>
+      </w:r>
+      <w:r w:rsidR="00703821">
+        <w:t>n action plan:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="12960" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C1647E" w:rsidRPr="00C1647E" w14:paraId="1473BDE8" w14:textId="77777777" w:rsidTr="000B4326">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B2F0E9" w14:textId="58FB7E74" w:rsidR="00B1578C" w:rsidRPr="00C1647E" w:rsidRDefault="3F7E63CD" w:rsidP="00C1647E">
+            <w:r>
+              <w:t xml:space="preserve">Identify the solution, who will be responsible, </w:t>
+            </w:r>
+            <w:r w:rsidR="71CF3223">
+              <w:t>the goal and conditions under which it will be implemented</w:t>
+            </w:r>
+            <w:r w:rsidR="1111030F">
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidR="45AFCFB4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00173351">
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="45AFCFB4">
+              <w:t>timeline</w:t>
+            </w:r>
+            <w:r w:rsidR="00173351">
+              <w:t xml:space="preserve"> for review</w:t>
+            </w:r>
+            <w:r w:rsidR="71CF3223">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0AFD3734">
+              <w:t xml:space="preserve">Define the desired outcome in clear, objective and measurable terms. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6B3F7C" w14:textId="7F846887" w:rsidR="00C1647E" w:rsidRPr="00C1647E" w:rsidRDefault="00C1647E" w:rsidP="339E8E5F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B5E10B7" w14:textId="589A11FC" w:rsidR="00C1647E" w:rsidRPr="00C1647E" w:rsidRDefault="00C1647E" w:rsidP="00C1647E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="787AA75E" w14:textId="3E183D5B" w:rsidR="00C1647E" w:rsidRPr="00C1647E" w:rsidRDefault="00C1647E" w:rsidP="00C1647E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="4C98D4C9" w14:textId="77777777" w:rsidR="00CF61A4" w:rsidRDefault="00CF61A4" w:rsidP="00E37F0B"/>
+    <w:p w14:paraId="3B1F6DF1" w14:textId="4DD51BC7" w:rsidR="00B41D78" w:rsidRDefault="00D24BD1" w:rsidP="00E37F0B">
+      <w:r w:rsidRPr="00D24BD1">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0397907E" w14:textId="77777777" w:rsidR="00B41D78" w:rsidRDefault="00B41D78">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D101A7D" w14:textId="77777777" w:rsidR="00D24BD1" w:rsidRDefault="00D24BD1" w:rsidP="00E37F0B"/>
+    <w:p w14:paraId="614555A1" w14:textId="40181C03" w:rsidR="006F1ABE" w:rsidRPr="006F1ABE" w:rsidRDefault="006F1ABE" w:rsidP="00B41D78">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DAE7426">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>Step 4: Evaluation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721868">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721868">
         <w:rPr>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="006F1ABE">
+        <w:t xml:space="preserve">The success of the plan is evaluated using data to determine whether the problem still exists. If so, the problem-solving steps will begin </w:t>
+      </w:r>
+      <w:r w:rsidR="00C73F1F" w:rsidRPr="006F1ABE">
+        <w:t>again by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1ABE">
+        <w:t xml:space="preserve"> applying new information gained from the process.  During this step, teams look at the outcome data (graphed) and fidelity data to answer the questions below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5844107E" w14:textId="77777777" w:rsidR="00EC30CB" w:rsidRPr="006F1ABE" w:rsidRDefault="00EC30CB" w:rsidP="006F1ABE"/>
+    <w:p w14:paraId="30098817" w14:textId="1BB31803" w:rsidR="006F1ABE" w:rsidRDefault="006F1ABE" w:rsidP="006F1ABE">
+      <w:r w:rsidRPr="14269DF2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>TIP</w:t>
+      </w:r>
+      <w:r w:rsidR="009619D9" w:rsidRPr="14269DF2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009619D9" w:rsidRPr="14269DF2">
+        <w:rPr>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Remember</w:t>
+      </w:r>
       <w:r>
-        <w:t>Remember this is a continuous improvement cycle</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0E98BA5D">
+        <w:t xml:space="preserve"> this is a continuous improvement cycle</w:t>
+      </w:r>
+      <w:r w:rsidR="5CF5D2AE">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and teams should continuously be monitoring and evaluating data to determine progress toward goals. When goals are met what are the next steps or priorities?</w:t>
+        <w:t xml:space="preserve"> and teams should continuously </w:t>
+      </w:r>
+      <w:r w:rsidR="003636DE">
+        <w:t>monitor</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and evaluat</w:t>
+      </w:r>
+      <w:r w:rsidR="003636DE">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:t>data to determine progress toward goals. When goals are met what are the next steps or priorities?</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7D02A258" w14:textId="77777777" w:rsidR="00CF61A4" w:rsidRDefault="00CF61A4" w:rsidP="006F1ABE"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="13050" w:type="dxa"/>
+        <w:tblInd w:w="-95" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1345"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4405"/>
+        <w:gridCol w:w="2791"/>
+        <w:gridCol w:w="4538"/>
+        <w:gridCol w:w="5721"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A3620A" w14:paraId="74C91D78" w14:textId="77777777" w:rsidTr="48CE10DA">
+      <w:tr w:rsidR="006A6553" w14:paraId="74C91D78" w14:textId="77777777" w:rsidTr="000B4326">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB24EF0" w14:textId="2EFC620E" w:rsidR="00A3620A" w:rsidRPr="00F5616A" w:rsidRDefault="00A2119C" w:rsidP="00F5616A">
+          <w:p w14:paraId="36BA04DC" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRDefault="00A2119C" w:rsidP="00F5616A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F5616A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Data Sources U</w:t>
             </w:r>
             <w:r w:rsidR="00F5616A" w:rsidRPr="00F5616A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>sed</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5392">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidR="001C3652">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monitor </w:t>
+            </w:r>
+            <w:r w:rsidR="001D6BF1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Effectiveness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB24EF0" w14:textId="6F7EE56B" w:rsidR="001C4ACA" w:rsidRPr="001B37D8" w:rsidRDefault="001C4ACA" w:rsidP="001C4ACA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B37D8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* </w:t>
+            </w:r>
+            <w:r w:rsidR="003C2BFA">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Determined in Step 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="558B3975" w14:textId="234A8309" w:rsidR="00A3620A" w:rsidRPr="00F5616A" w:rsidRDefault="00F5616A" w:rsidP="00F5616A">
+          <w:p w14:paraId="67C0F7DC" w14:textId="015DDC3A" w:rsidR="00D9753C" w:rsidRDefault="00F5616A" w:rsidP="00F5616A">
             <w:pPr>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F5616A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F5616A">
+              <w:t>Guiding Questions</w:t>
+            </w:r>
+            <w:r w:rsidR="00376807">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Guiding Questions</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558B3975" w14:textId="2013A596" w:rsidR="00A3620A" w:rsidRPr="00F5616A" w:rsidRDefault="00D9753C" w:rsidP="00F5616A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00B327CF" w:rsidRPr="00D9753C">
+              <w:t>eview current levels and compare to goal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:tcW w:w="6030" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1777D3B7" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRDefault="00F5616A" w:rsidP="00F5616A">
+          <w:p w14:paraId="59282966" w14:textId="1D204EA5" w:rsidR="00A3620A" w:rsidRPr="00F5616A" w:rsidRDefault="00F5616A" w:rsidP="00F5616A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Discussion/Next Steps</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00366584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/Next Steps</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3620A" w14:paraId="134001B6" w14:textId="77777777" w:rsidTr="48CE10DA">
+      <w:tr w:rsidR="00A3620A" w14:paraId="134001B6" w14:textId="77777777" w:rsidTr="000B4326">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="627C889E" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRDefault="00A3620A" w:rsidP="006F1ABE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B216428" w14:textId="52831892" w:rsidR="00F5616A" w:rsidRPr="00F5616A" w:rsidRDefault="00F5616A" w:rsidP="00F5616A">
-[...162 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0B0C21F5" w14:textId="183655A2" w:rsidR="00F5616A" w:rsidRDefault="00B327CF" w:rsidP="00F5616A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Did the plan work?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299E43E7" w14:textId="65F8F0E8" w:rsidR="001558D0" w:rsidRDefault="006B3993" w:rsidP="008F6622">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1176315316"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="008F6622">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001558D0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Goal met.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="611FE309" w14:textId="5A379621" w:rsidR="001558D0" w:rsidRDefault="006B3993" w:rsidP="008F6622">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1781910256"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="008F6622">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001558D0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Improved but not to goal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662A1C74" w14:textId="5E5BB8E2" w:rsidR="001558D0" w:rsidRDefault="006B3993" w:rsidP="008F6622">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="939251644"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="008F6622">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001558D0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No change.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CFCBBB5" w14:textId="6F9EC3A5" w:rsidR="42F32CC0" w:rsidRDefault="42F32CC0" w:rsidP="42F32CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F5CD0D7" w14:textId="40454850" w:rsidR="00996B56" w:rsidRDefault="008F0D31" w:rsidP="42F32CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the plan implemented as intended?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="788C49D1" w14:textId="514EFA94" w:rsidR="008F0D31" w:rsidRPr="005F407F" w:rsidRDefault="006B3993" w:rsidP="005F407F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1746614112"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005F407F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="008F0D31" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not </w:t>
+            </w:r>
+            <w:r w:rsidR="00894FCA" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>started.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37478922" w14:textId="6214C17D" w:rsidR="008F0D31" w:rsidRPr="005F407F" w:rsidRDefault="006B3993" w:rsidP="005F407F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-448701186"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005F407F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="008F0D31" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Partial </w:t>
+            </w:r>
+            <w:r w:rsidR="00894FCA" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>implementation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C54AA87" w14:textId="323913A2" w:rsidR="008F0D31" w:rsidRPr="005F407F" w:rsidRDefault="006B3993" w:rsidP="005F407F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="158657771"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005F407F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A9322E" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fully i</w:t>
+            </w:r>
+            <w:r w:rsidR="008F0D31" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mplemented as intended</w:t>
+            </w:r>
+            <w:r w:rsidR="00894FCA" w:rsidRPr="005F407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D969B24" w14:textId="77777777" w:rsidR="00AE56F1" w:rsidRDefault="00AE56F1" w:rsidP="00AE56F1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58992C6C" w14:textId="1AFD8E0A" w:rsidR="00AE56F1" w:rsidRDefault="00DF3505" w:rsidP="00AE56F1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Consider n</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE56F1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ext steps:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45EAAA38" w14:textId="2A1C7F59" w:rsidR="00AE56F1" w:rsidRDefault="00AE56F1" w:rsidP="00AE56F1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Continue </w:t>
+            </w:r>
+            <w:r w:rsidR="001E2151">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to implement </w:t>
+            </w:r>
+            <w:r w:rsidR="003106BB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">until goal is </w:t>
+            </w:r>
+            <w:r w:rsidR="001D5F13">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>met.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136E951B" w14:textId="2BC484BA" w:rsidR="00AE56F1" w:rsidRDefault="00AE56F1" w:rsidP="00AE56F1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modify the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9753C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>plan</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA379A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313258F0" w14:textId="1360C538" w:rsidR="00AE56F1" w:rsidRDefault="00A35B9C" w:rsidP="00DA379A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00027241">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eturn to Step 1</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0C0A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00027241">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C0C0A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00027241">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dentify the next priority area of </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9753C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>concern.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64480E88" w14:textId="63A94E9D" w:rsidR="00B940D1" w:rsidRDefault="00DA379A" w:rsidP="00B940D1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return to Step 2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0C0A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00B940D1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7F0F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as the root cause identified correctly? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2CE140" w14:textId="3348C685" w:rsidR="00B940D1" w:rsidRDefault="00DF3505" w:rsidP="00B940D1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return to Step 3</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0C0A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7F0F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the solution</w:t>
+            </w:r>
+            <w:r w:rsidR="009F374F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7F0F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the best fit?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF991A6" w14:textId="5679BF2F" w:rsidR="00051AEB" w:rsidRDefault="00DF3505" w:rsidP="00F5616A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D070C1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Develop a plan to improve fidelity of implementation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E91F155" w14:textId="68DDF05A" w:rsidR="001D5F13" w:rsidRPr="00AF4008" w:rsidRDefault="00E16171" w:rsidP="00825288">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Return to Step 1 to identify next priority issue.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:tcW w:w="6030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE44537" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRDefault="00A3620A" w:rsidP="006F1ABE"/>
+          <w:p w14:paraId="1FE44537" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRDefault="00A3620A" w:rsidP="00E57733">
+            <w:pPr>
+              <w:ind w:left="720"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B1AE147" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRPr="00B20BAB" w:rsidRDefault="00A3620A" w:rsidP="006F1ABE"/>
-    <w:sectPr w:rsidR="00A3620A" w:rsidRPr="00B20BAB">
+    <w:p w14:paraId="49ADCCD7" w14:textId="13890B2C" w:rsidR="00D070C1" w:rsidRPr="00C1647E" w:rsidRDefault="00F5239A" w:rsidP="00D070C1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00D070C1">
+        <w:t>Next Step</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3053E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in the Continuous Improvement Cycle</w:t>
+      </w:r>
+      <w:r w:rsidR="00D070C1">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="13050" w:type="dxa"/>
+        <w:tblInd w:w="-95" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13050"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D070C1" w:rsidRPr="00C1647E" w14:paraId="429E0377" w14:textId="77777777" w:rsidTr="000B4326">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13050" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A80338F" w14:textId="77777777" w:rsidR="00D070C1" w:rsidRPr="00C1647E" w:rsidRDefault="00D070C1">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38BF78C2" w14:textId="77777777" w:rsidR="00D070C1" w:rsidRDefault="00D070C1">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="585D5C56" w14:textId="77777777" w:rsidR="00943DAC" w:rsidRDefault="00943DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03EE4695" w14:textId="77777777" w:rsidR="00943DAC" w:rsidRDefault="00943DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E6DD159" w14:textId="77777777" w:rsidR="00943DAC" w:rsidRDefault="00943DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B77486E" w14:textId="77777777" w:rsidR="00943DAC" w:rsidRDefault="00943DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62750A3F" w14:textId="77777777" w:rsidR="00943DAC" w:rsidRDefault="00943DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BCEABB4" w14:textId="77777777" w:rsidR="00B77C6B" w:rsidRPr="00C1647E" w:rsidRDefault="00B77C6B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B1AE147" w14:textId="77777777" w:rsidR="00A3620A" w:rsidRPr="00B20BAB" w:rsidRDefault="00A3620A" w:rsidP="00465CDB"/>
+    <w:sectPr w:rsidR="00A3620A" w:rsidRPr="00B20BAB" w:rsidSect="00E1649C">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="739B277B" w14:textId="77777777" w:rsidR="00585FF6" w:rsidRDefault="00585FF6" w:rsidP="00C06039">
+    <w:p w14:paraId="096CA5E9" w14:textId="77777777" w:rsidR="00A82231" w:rsidRDefault="00A82231" w:rsidP="00C06039">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09201013" w14:textId="77777777" w:rsidR="00585FF6" w:rsidRDefault="00585FF6" w:rsidP="00C06039">
+    <w:p w14:paraId="4277DAE0" w14:textId="77777777" w:rsidR="00A82231" w:rsidRDefault="00A82231" w:rsidP="00C06039">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="0665D151" w14:textId="77777777" w:rsidR="00585FF6" w:rsidRDefault="00585FF6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0300000000000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
-[...15 lines deleted...]
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1571266902"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="54050982" w14:textId="2C6C48AA" w:rsidR="001F7C4A" w:rsidRDefault="001F7C4A">
+      <w:p w14:paraId="54050982" w14:textId="0FB301C4" w:rsidR="001F7C4A" w:rsidRDefault="00847653" w:rsidP="00C60D39">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
-        <w:r w:rsidRPr="48CE10DA">
-[...8 lines deleted...]
-        <w:r w:rsidR="48CE10DA" w:rsidRPr="48CE10DA">
+        <w:r w:rsidRPr="001D2900">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EC83652" wp14:editId="1498E749">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>2933700</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>6979920</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3168015" cy="661670"/>
+              <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1220205158" name="Picture 2" descr="Kentucky Department of Education logo">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1220205158" name="Picture 2" descr="Kentucky Department of Education logo">
+                        <a:extLst>
+                          <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                            <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:cNvPr>
+                      <pic:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </pic:cNvPicPr>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3168015" cy="661670"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
         </w:r>
-        <w:r w:rsidRPr="48CE10DA">
+        <w:r w:rsidR="001F7C4A">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="001F7C4A">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidR="001F7C4A">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="001F7C4A">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="001F7C4A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="10E10A43" w14:textId="66D5814D" w:rsidR="001F7C4A" w:rsidRDefault="48CE10DA" w:rsidP="48CE10DA">
+  <w:p w14:paraId="10E10A43" w14:textId="456622BB" w:rsidR="001F7C4A" w:rsidRDefault="001F7C4A" w:rsidP="007D42BC">
     <w:pPr>
-      <w:ind w:left="2160"/>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6EFACFB4" w14:textId="77777777" w:rsidR="00A82231" w:rsidRDefault="00A82231" w:rsidP="00C06039">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="261C77DE" w14:textId="77777777" w:rsidR="00A82231" w:rsidRDefault="00A82231" w:rsidP="00C06039">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A4B911F" w14:textId="5C92AE7A" w:rsidR="00C06039" w:rsidRDefault="00C60D39">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C0E846F" wp14:editId="68EA10EC">
-          <wp:extent cx="2274005" cy="682811"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A3FC804" wp14:editId="218E584A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-60960</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>160020</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1779905" cy="518160"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1516092608" name="drawing">
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20647"/>
+              <wp:lineTo x="21269" y="20647"/>
+              <wp:lineTo x="21269" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1623814224" name="Picture 2" descr="Kentucky Multi-Tiered System of Supports logo">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1516092608" name="drawing">
+                  <pic:cNvPr id="1623814224" name="Picture 2" descr="Kentucky Multi-Tiered System of Supports logo">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2274005" cy="682811"/>
+                    <a:ext cx="1779905" cy="518160"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r w:rsidR="00F45FEF">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00150CB2">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00150CB2">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00150CB2">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00150CB2">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="004876B7">
+      <w:t>Rev</w:t>
+    </w:r>
+    <w:r w:rsidR="00A13D9A">
+      <w:t>: 12</w:t>
+    </w:r>
+    <w:r w:rsidR="003536B9">
+      <w:t>/2025</w:t>
+    </w:r>
+    <w:r w:rsidR="00F45FEF">
+      <w:tab/>
+    </w:r>
   </w:p>
-</w:ftr>
+</w:hdr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...160 lines deleted...]
-</w:hdr>
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_LUaNrguE" int2:invalidationBookmarkName="" int2:hashCode="mGsbweuN6JZDxQ" int2:id="iBYxgG8S">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A2F4CAE"/>
+    <w:nsid w:val="009A3DFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D3ECB1D2"/>
+    <w:tmpl w:val="F15AA9C2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2925" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3645" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4365" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5085" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FBE208C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AEE89AE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="102767CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E32EFAD6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1266101E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF3CA574"/>
     <w:lvl w:ilvl="0" w:tplc="CE90E318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2810,51 +6380,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16087592"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="711CB170"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16BD7833"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3972566E"/>
     <w:lvl w:ilvl="0" w:tplc="CE90E318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2922,51 +6605,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28131EFA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2962FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BFF1C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6D00B4C"/>
     <w:lvl w:ilvl="0" w:tplc="CE90E318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3034,51 +6830,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="319F5B3C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC44DB58"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32EE72B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="0F54677A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EA81C54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1D3AC3F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="57DC1E42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="412CA7A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64FEE866">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="565C6D8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8318C616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EF88CCD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33DF3061"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="803E3D64"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3147,51 +7169,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37B309AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38BC05B2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AE06E25"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE1846B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F8A4ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6364F32"/>
     <w:lvl w:ilvl="0" w:tplc="CE90E318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3259,51 +7507,390 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FD105E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D096A0C6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="434F631A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35B26D40"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50300C18"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="295AD618"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1485" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2925" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3645" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4365" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5085" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5805" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6525" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="529A2327"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9D461CA"/>
     <w:lvl w:ilvl="0" w:tplc="CE90E318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3371,406 +7958,3401 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1293250914">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52D150DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1FCE90A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59124A93"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53F0AB80"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EF064D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04D60768"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="618B60DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCB607CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65C164FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F92A482"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66CF562D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72A49870"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B2241DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDA0F93E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1726182004">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1128234555">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1347248064">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="889534019">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="252131557">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1769883651">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1183396896">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1134254147">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1983389688">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1786266369">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1313170864">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1044208798">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1116757013">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="85924025">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="859272236">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="15" w16cid:durableId="1807234887">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1020861194">
+  <w:num w:numId="16" w16cid:durableId="474952808">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1700206752">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="638808626">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1301958223">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1402170139">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="884833371">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1721899017">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1625575219">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="293291302">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="24" w16cid:durableId="904724505">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="553810112">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="25" w16cid:durableId="1056777433">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C06039"/>
-    <w:rsid w:val="00004F99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00024A00"/>
+    <w:rsid w:val="00001276"/>
+    <w:rsid w:val="000044A7"/>
+    <w:rsid w:val="000056D9"/>
+    <w:rsid w:val="000121DC"/>
+    <w:rsid w:val="000219BD"/>
+    <w:rsid w:val="00027241"/>
+    <w:rsid w:val="000276FC"/>
+    <w:rsid w:val="0003028E"/>
+    <w:rsid w:val="0003370E"/>
+    <w:rsid w:val="000408C5"/>
     <w:rsid w:val="000441E8"/>
+    <w:rsid w:val="000477FC"/>
+    <w:rsid w:val="00051AEB"/>
+    <w:rsid w:val="0005372A"/>
     <w:rsid w:val="00053A61"/>
+    <w:rsid w:val="00054CE9"/>
+    <w:rsid w:val="000556A5"/>
     <w:rsid w:val="00056BC2"/>
+    <w:rsid w:val="00056FC9"/>
+    <w:rsid w:val="000571B8"/>
+    <w:rsid w:val="000617D0"/>
+    <w:rsid w:val="00063C81"/>
+    <w:rsid w:val="00065A64"/>
+    <w:rsid w:val="000672FD"/>
+    <w:rsid w:val="00070B54"/>
+    <w:rsid w:val="00070C79"/>
+    <w:rsid w:val="00073279"/>
+    <w:rsid w:val="000769C4"/>
+    <w:rsid w:val="0007747A"/>
+    <w:rsid w:val="00080BBC"/>
+    <w:rsid w:val="00086A63"/>
     <w:rsid w:val="00086E62"/>
-    <w:rsid w:val="00095B30"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00197A71"/>
+    <w:rsid w:val="0009149A"/>
+    <w:rsid w:val="000959ED"/>
+    <w:rsid w:val="000A0B81"/>
+    <w:rsid w:val="000A548A"/>
+    <w:rsid w:val="000A56CC"/>
+    <w:rsid w:val="000A73CD"/>
+    <w:rsid w:val="000A7B54"/>
+    <w:rsid w:val="000B13E3"/>
+    <w:rsid w:val="000B184D"/>
+    <w:rsid w:val="000B2E8A"/>
+    <w:rsid w:val="000B4326"/>
+    <w:rsid w:val="000B44B3"/>
+    <w:rsid w:val="000B57B0"/>
+    <w:rsid w:val="000C0B45"/>
+    <w:rsid w:val="000C148C"/>
+    <w:rsid w:val="000C7447"/>
+    <w:rsid w:val="000D1E5F"/>
+    <w:rsid w:val="000D25DF"/>
+    <w:rsid w:val="000D2E2D"/>
+    <w:rsid w:val="000D7B54"/>
+    <w:rsid w:val="000E1C5D"/>
+    <w:rsid w:val="000E2E56"/>
+    <w:rsid w:val="000E30D2"/>
+    <w:rsid w:val="000E46F6"/>
+    <w:rsid w:val="000E48A2"/>
+    <w:rsid w:val="000E5D66"/>
+    <w:rsid w:val="000E78EA"/>
+    <w:rsid w:val="000F177B"/>
+    <w:rsid w:val="000F4B79"/>
+    <w:rsid w:val="000F6D54"/>
+    <w:rsid w:val="000F6EF4"/>
+    <w:rsid w:val="00101F03"/>
+    <w:rsid w:val="0010300B"/>
+    <w:rsid w:val="00104569"/>
+    <w:rsid w:val="001056CB"/>
+    <w:rsid w:val="00115571"/>
+    <w:rsid w:val="00115D39"/>
+    <w:rsid w:val="001228E6"/>
+    <w:rsid w:val="001245D6"/>
+    <w:rsid w:val="00130B6C"/>
+    <w:rsid w:val="001314BA"/>
+    <w:rsid w:val="00131619"/>
+    <w:rsid w:val="00135DA4"/>
+    <w:rsid w:val="00136557"/>
+    <w:rsid w:val="00140E28"/>
+    <w:rsid w:val="0014225F"/>
+    <w:rsid w:val="0014398B"/>
+    <w:rsid w:val="00144B67"/>
+    <w:rsid w:val="001451CB"/>
+    <w:rsid w:val="00145D93"/>
+    <w:rsid w:val="00150CB2"/>
+    <w:rsid w:val="00152CFB"/>
+    <w:rsid w:val="0015397C"/>
+    <w:rsid w:val="00153EEE"/>
+    <w:rsid w:val="001558D0"/>
+    <w:rsid w:val="00155C1F"/>
+    <w:rsid w:val="00163F9E"/>
+    <w:rsid w:val="00164ED2"/>
+    <w:rsid w:val="00165551"/>
+    <w:rsid w:val="00166B2B"/>
+    <w:rsid w:val="00166E06"/>
+    <w:rsid w:val="00167BC1"/>
+    <w:rsid w:val="00172A6A"/>
+    <w:rsid w:val="00173351"/>
+    <w:rsid w:val="00177D43"/>
+    <w:rsid w:val="0018143D"/>
+    <w:rsid w:val="0018158E"/>
+    <w:rsid w:val="00182064"/>
+    <w:rsid w:val="00183515"/>
+    <w:rsid w:val="0018375C"/>
+    <w:rsid w:val="00185C0E"/>
+    <w:rsid w:val="00186A3B"/>
+    <w:rsid w:val="00190EF2"/>
+    <w:rsid w:val="0019259D"/>
+    <w:rsid w:val="0019746F"/>
+    <w:rsid w:val="001A0C7E"/>
+    <w:rsid w:val="001A0FE9"/>
     <w:rsid w:val="001A1665"/>
-    <w:rsid w:val="001A2923"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001D1019"/>
+    <w:rsid w:val="001A7631"/>
+    <w:rsid w:val="001B1D72"/>
+    <w:rsid w:val="001B23DB"/>
+    <w:rsid w:val="001B37D8"/>
+    <w:rsid w:val="001B4509"/>
+    <w:rsid w:val="001C0F81"/>
+    <w:rsid w:val="001C1E9F"/>
+    <w:rsid w:val="001C3652"/>
+    <w:rsid w:val="001C4ACA"/>
+    <w:rsid w:val="001C7A26"/>
+    <w:rsid w:val="001D19BC"/>
+    <w:rsid w:val="001D2900"/>
+    <w:rsid w:val="001D3741"/>
+    <w:rsid w:val="001D3AC4"/>
     <w:rsid w:val="001D3D30"/>
+    <w:rsid w:val="001D5F13"/>
+    <w:rsid w:val="001D5F49"/>
+    <w:rsid w:val="001D6BF1"/>
+    <w:rsid w:val="001D7045"/>
+    <w:rsid w:val="001E2151"/>
+    <w:rsid w:val="001E706C"/>
+    <w:rsid w:val="001E72B2"/>
+    <w:rsid w:val="001F002F"/>
+    <w:rsid w:val="001F0C65"/>
+    <w:rsid w:val="001F1923"/>
+    <w:rsid w:val="001F5963"/>
+    <w:rsid w:val="001F5B87"/>
+    <w:rsid w:val="001F5BEE"/>
     <w:rsid w:val="001F7C4A"/>
-    <w:rsid w:val="00202B60"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0021178E"/>
+    <w:rsid w:val="0020103C"/>
+    <w:rsid w:val="002019B5"/>
+    <w:rsid w:val="00201F65"/>
+    <w:rsid w:val="00206A41"/>
+    <w:rsid w:val="00210F50"/>
+    <w:rsid w:val="00217725"/>
+    <w:rsid w:val="00217C91"/>
+    <w:rsid w:val="002252E5"/>
+    <w:rsid w:val="00234627"/>
+    <w:rsid w:val="00234860"/>
+    <w:rsid w:val="002372DF"/>
+    <w:rsid w:val="00237456"/>
+    <w:rsid w:val="002401F4"/>
     <w:rsid w:val="00244863"/>
-    <w:rsid w:val="002515E9"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00330B28"/>
+    <w:rsid w:val="00244F80"/>
+    <w:rsid w:val="00245B20"/>
+    <w:rsid w:val="00250268"/>
+    <w:rsid w:val="00250CAF"/>
+    <w:rsid w:val="00254764"/>
+    <w:rsid w:val="00256814"/>
+    <w:rsid w:val="002577EE"/>
+    <w:rsid w:val="00257C94"/>
+    <w:rsid w:val="00257D63"/>
+    <w:rsid w:val="00262D73"/>
+    <w:rsid w:val="0026515B"/>
+    <w:rsid w:val="002655C2"/>
+    <w:rsid w:val="00266E6F"/>
+    <w:rsid w:val="00267EA8"/>
+    <w:rsid w:val="002720E0"/>
+    <w:rsid w:val="00275770"/>
+    <w:rsid w:val="002835C2"/>
+    <w:rsid w:val="00287CEB"/>
+    <w:rsid w:val="00290F32"/>
+    <w:rsid w:val="002911B2"/>
+    <w:rsid w:val="00291C32"/>
+    <w:rsid w:val="00292E64"/>
+    <w:rsid w:val="002951F8"/>
+    <w:rsid w:val="0029777B"/>
+    <w:rsid w:val="002A05D0"/>
+    <w:rsid w:val="002A1201"/>
+    <w:rsid w:val="002A180D"/>
+    <w:rsid w:val="002A30CA"/>
+    <w:rsid w:val="002A435F"/>
+    <w:rsid w:val="002B3FAE"/>
+    <w:rsid w:val="002B4666"/>
+    <w:rsid w:val="002B5BE9"/>
+    <w:rsid w:val="002C05B3"/>
+    <w:rsid w:val="002C2F83"/>
+    <w:rsid w:val="002C3FAE"/>
+    <w:rsid w:val="002C5C9C"/>
+    <w:rsid w:val="002C61D4"/>
+    <w:rsid w:val="002E04A8"/>
+    <w:rsid w:val="002E0DD0"/>
+    <w:rsid w:val="002E35DB"/>
+    <w:rsid w:val="002E458C"/>
+    <w:rsid w:val="002E4FA4"/>
+    <w:rsid w:val="002E5448"/>
+    <w:rsid w:val="002F2464"/>
+    <w:rsid w:val="002F2EBE"/>
+    <w:rsid w:val="002F5757"/>
+    <w:rsid w:val="002F67DC"/>
+    <w:rsid w:val="002F7D43"/>
+    <w:rsid w:val="0030107D"/>
+    <w:rsid w:val="003106BB"/>
+    <w:rsid w:val="0031206F"/>
+    <w:rsid w:val="00313FE4"/>
+    <w:rsid w:val="00314386"/>
+    <w:rsid w:val="00314CBF"/>
+    <w:rsid w:val="0031796A"/>
+    <w:rsid w:val="0032013E"/>
+    <w:rsid w:val="00320E3D"/>
+    <w:rsid w:val="00321BE0"/>
+    <w:rsid w:val="003223F5"/>
+    <w:rsid w:val="00324936"/>
+    <w:rsid w:val="00324CCE"/>
+    <w:rsid w:val="0032644B"/>
+    <w:rsid w:val="00330B32"/>
     <w:rsid w:val="00330EA5"/>
+    <w:rsid w:val="00332547"/>
     <w:rsid w:val="00332D69"/>
-    <w:rsid w:val="00340E6D"/>
-    <w:rsid w:val="0034455B"/>
+    <w:rsid w:val="00334223"/>
+    <w:rsid w:val="00334DFF"/>
+    <w:rsid w:val="0033634A"/>
+    <w:rsid w:val="00336CD5"/>
+    <w:rsid w:val="003373D7"/>
+    <w:rsid w:val="003417F1"/>
+    <w:rsid w:val="00346FCE"/>
+    <w:rsid w:val="00351370"/>
+    <w:rsid w:val="003536B9"/>
+    <w:rsid w:val="00354D37"/>
+    <w:rsid w:val="003618DB"/>
+    <w:rsid w:val="003636DE"/>
     <w:rsid w:val="00364158"/>
-    <w:rsid w:val="00386792"/>
+    <w:rsid w:val="00366584"/>
+    <w:rsid w:val="00366D78"/>
+    <w:rsid w:val="00370AFA"/>
+    <w:rsid w:val="00371DE1"/>
+    <w:rsid w:val="00376807"/>
+    <w:rsid w:val="00376FD3"/>
+    <w:rsid w:val="00387E1B"/>
+    <w:rsid w:val="00387EBA"/>
+    <w:rsid w:val="003916D9"/>
     <w:rsid w:val="003943D0"/>
-    <w:rsid w:val="003D3150"/>
+    <w:rsid w:val="003A58F4"/>
+    <w:rsid w:val="003A7BBE"/>
+    <w:rsid w:val="003B78FD"/>
+    <w:rsid w:val="003C04EE"/>
+    <w:rsid w:val="003C15CD"/>
+    <w:rsid w:val="003C2A10"/>
+    <w:rsid w:val="003C2BFA"/>
+    <w:rsid w:val="003C3ED6"/>
+    <w:rsid w:val="003C40F5"/>
+    <w:rsid w:val="003C7530"/>
+    <w:rsid w:val="003D0E82"/>
+    <w:rsid w:val="003D3572"/>
+    <w:rsid w:val="003D428C"/>
+    <w:rsid w:val="003D518E"/>
     <w:rsid w:val="003D565D"/>
-    <w:rsid w:val="003D7EC1"/>
-    <w:rsid w:val="003E0A1B"/>
+    <w:rsid w:val="003D7D0D"/>
+    <w:rsid w:val="003E1A91"/>
+    <w:rsid w:val="003E4D48"/>
+    <w:rsid w:val="003E632B"/>
+    <w:rsid w:val="003E6453"/>
+    <w:rsid w:val="003F2A49"/>
+    <w:rsid w:val="003F3EA4"/>
+    <w:rsid w:val="003F3F09"/>
+    <w:rsid w:val="003F5971"/>
+    <w:rsid w:val="00401EB9"/>
+    <w:rsid w:val="0040448A"/>
     <w:rsid w:val="004045FC"/>
-    <w:rsid w:val="004235F0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00502D27"/>
+    <w:rsid w:val="00406C11"/>
+    <w:rsid w:val="00414836"/>
+    <w:rsid w:val="0041504E"/>
+    <w:rsid w:val="00415A6C"/>
+    <w:rsid w:val="00417F08"/>
+    <w:rsid w:val="00420C82"/>
+    <w:rsid w:val="004210C7"/>
+    <w:rsid w:val="00423048"/>
+    <w:rsid w:val="004249CA"/>
+    <w:rsid w:val="00425D6B"/>
+    <w:rsid w:val="004302B8"/>
+    <w:rsid w:val="00430AA1"/>
+    <w:rsid w:val="004349A0"/>
+    <w:rsid w:val="00434B35"/>
+    <w:rsid w:val="004352FD"/>
+    <w:rsid w:val="00435BE1"/>
+    <w:rsid w:val="00437331"/>
+    <w:rsid w:val="004373E0"/>
+    <w:rsid w:val="00437753"/>
+    <w:rsid w:val="00440171"/>
+    <w:rsid w:val="004402C7"/>
+    <w:rsid w:val="00440613"/>
+    <w:rsid w:val="0044097E"/>
+    <w:rsid w:val="00442C4B"/>
+    <w:rsid w:val="00451257"/>
+    <w:rsid w:val="00451495"/>
+    <w:rsid w:val="00451B71"/>
+    <w:rsid w:val="00452560"/>
+    <w:rsid w:val="004527DF"/>
+    <w:rsid w:val="00454E02"/>
+    <w:rsid w:val="00455189"/>
+    <w:rsid w:val="004554B5"/>
+    <w:rsid w:val="00457C49"/>
+    <w:rsid w:val="00460849"/>
+    <w:rsid w:val="00461011"/>
+    <w:rsid w:val="00462E1D"/>
+    <w:rsid w:val="00462E99"/>
+    <w:rsid w:val="00465A9C"/>
+    <w:rsid w:val="00465CDB"/>
+    <w:rsid w:val="00467C2A"/>
+    <w:rsid w:val="00470B73"/>
+    <w:rsid w:val="00473294"/>
+    <w:rsid w:val="004733BE"/>
+    <w:rsid w:val="0047371D"/>
+    <w:rsid w:val="00474038"/>
+    <w:rsid w:val="00475106"/>
+    <w:rsid w:val="0048266B"/>
+    <w:rsid w:val="00483499"/>
+    <w:rsid w:val="00483F18"/>
+    <w:rsid w:val="004843C3"/>
+    <w:rsid w:val="00486982"/>
+    <w:rsid w:val="004876B7"/>
+    <w:rsid w:val="00493333"/>
+    <w:rsid w:val="0049568B"/>
+    <w:rsid w:val="0049596C"/>
+    <w:rsid w:val="00496274"/>
+    <w:rsid w:val="004A044C"/>
+    <w:rsid w:val="004A41EF"/>
+    <w:rsid w:val="004A4BB7"/>
+    <w:rsid w:val="004A7C75"/>
+    <w:rsid w:val="004B00ED"/>
+    <w:rsid w:val="004B0925"/>
+    <w:rsid w:val="004C0205"/>
+    <w:rsid w:val="004C06CD"/>
+    <w:rsid w:val="004C1D13"/>
+    <w:rsid w:val="004C1DA4"/>
+    <w:rsid w:val="004C477B"/>
+    <w:rsid w:val="004C6696"/>
+    <w:rsid w:val="004D35F4"/>
+    <w:rsid w:val="004D57A6"/>
+    <w:rsid w:val="004D604C"/>
+    <w:rsid w:val="004E0EDA"/>
+    <w:rsid w:val="004E124F"/>
+    <w:rsid w:val="004E203A"/>
+    <w:rsid w:val="004E284E"/>
+    <w:rsid w:val="004E515C"/>
+    <w:rsid w:val="004E717A"/>
+    <w:rsid w:val="004F1236"/>
+    <w:rsid w:val="004F35E5"/>
+    <w:rsid w:val="004F5D0E"/>
+    <w:rsid w:val="00500795"/>
+    <w:rsid w:val="00502C20"/>
+    <w:rsid w:val="00502DAF"/>
+    <w:rsid w:val="00503EE3"/>
+    <w:rsid w:val="0050438A"/>
+    <w:rsid w:val="005044BC"/>
+    <w:rsid w:val="005048DC"/>
+    <w:rsid w:val="005055D0"/>
+    <w:rsid w:val="00506BAE"/>
+    <w:rsid w:val="00507B14"/>
+    <w:rsid w:val="00507CF6"/>
+    <w:rsid w:val="00510E92"/>
+    <w:rsid w:val="00511184"/>
+    <w:rsid w:val="0051155D"/>
+    <w:rsid w:val="00520AD7"/>
+    <w:rsid w:val="00522117"/>
     <w:rsid w:val="00522268"/>
-    <w:rsid w:val="00545DA9"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00644257"/>
+    <w:rsid w:val="00523855"/>
+    <w:rsid w:val="00524012"/>
+    <w:rsid w:val="005250B0"/>
+    <w:rsid w:val="00525CF1"/>
+    <w:rsid w:val="00526683"/>
+    <w:rsid w:val="00530AAE"/>
+    <w:rsid w:val="00531323"/>
+    <w:rsid w:val="00532C6D"/>
+    <w:rsid w:val="00534F36"/>
+    <w:rsid w:val="005353F2"/>
+    <w:rsid w:val="00535ED1"/>
+    <w:rsid w:val="00535FAF"/>
+    <w:rsid w:val="00537943"/>
+    <w:rsid w:val="00540881"/>
+    <w:rsid w:val="005434AA"/>
+    <w:rsid w:val="00544B2F"/>
+    <w:rsid w:val="00550504"/>
+    <w:rsid w:val="00552D6C"/>
+    <w:rsid w:val="005545DE"/>
+    <w:rsid w:val="00555B00"/>
+    <w:rsid w:val="005578D6"/>
+    <w:rsid w:val="0056389A"/>
+    <w:rsid w:val="00565A59"/>
+    <w:rsid w:val="0057187B"/>
+    <w:rsid w:val="00574C6C"/>
+    <w:rsid w:val="00575CD6"/>
+    <w:rsid w:val="005772A3"/>
+    <w:rsid w:val="0058114E"/>
+    <w:rsid w:val="00587040"/>
+    <w:rsid w:val="0058788F"/>
+    <w:rsid w:val="00590182"/>
+    <w:rsid w:val="005933E8"/>
+    <w:rsid w:val="005958C0"/>
+    <w:rsid w:val="0059699B"/>
+    <w:rsid w:val="005A16A6"/>
+    <w:rsid w:val="005A3F9A"/>
+    <w:rsid w:val="005A4E02"/>
+    <w:rsid w:val="005A6220"/>
+    <w:rsid w:val="005B359C"/>
+    <w:rsid w:val="005B46EB"/>
+    <w:rsid w:val="005B538B"/>
+    <w:rsid w:val="005B5392"/>
+    <w:rsid w:val="005C0379"/>
+    <w:rsid w:val="005C0C0A"/>
+    <w:rsid w:val="005C1241"/>
+    <w:rsid w:val="005C1B18"/>
+    <w:rsid w:val="005C1CD6"/>
+    <w:rsid w:val="005C36AC"/>
+    <w:rsid w:val="005C43AA"/>
+    <w:rsid w:val="005D7518"/>
+    <w:rsid w:val="005E00EF"/>
+    <w:rsid w:val="005E37E3"/>
+    <w:rsid w:val="005E3D6B"/>
+    <w:rsid w:val="005E4334"/>
+    <w:rsid w:val="005E5CE5"/>
+    <w:rsid w:val="005F034E"/>
+    <w:rsid w:val="005F2A0F"/>
+    <w:rsid w:val="005F30FD"/>
+    <w:rsid w:val="005F407F"/>
+    <w:rsid w:val="005F4BFA"/>
+    <w:rsid w:val="005F6D74"/>
+    <w:rsid w:val="005F7EC5"/>
+    <w:rsid w:val="005F7F0A"/>
+    <w:rsid w:val="00601238"/>
+    <w:rsid w:val="00604443"/>
+    <w:rsid w:val="00604507"/>
+    <w:rsid w:val="0060712D"/>
+    <w:rsid w:val="0061028A"/>
+    <w:rsid w:val="006116E1"/>
+    <w:rsid w:val="00613C14"/>
+    <w:rsid w:val="006141A2"/>
+    <w:rsid w:val="00615B88"/>
+    <w:rsid w:val="00625F16"/>
+    <w:rsid w:val="0063242A"/>
+    <w:rsid w:val="0063273C"/>
+    <w:rsid w:val="006336E6"/>
+    <w:rsid w:val="00634003"/>
+    <w:rsid w:val="006406C7"/>
+    <w:rsid w:val="00642322"/>
+    <w:rsid w:val="00645775"/>
+    <w:rsid w:val="00647EF6"/>
+    <w:rsid w:val="006532EF"/>
+    <w:rsid w:val="006535BB"/>
     <w:rsid w:val="00655320"/>
-    <w:rsid w:val="00660793"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006A18FC"/>
+    <w:rsid w:val="00655DBA"/>
+    <w:rsid w:val="0066079E"/>
+    <w:rsid w:val="00660A2E"/>
+    <w:rsid w:val="006628B2"/>
+    <w:rsid w:val="00666482"/>
+    <w:rsid w:val="006735C8"/>
+    <w:rsid w:val="00675868"/>
+    <w:rsid w:val="00677666"/>
+    <w:rsid w:val="006809DC"/>
+    <w:rsid w:val="006816BF"/>
+    <w:rsid w:val="00685B3A"/>
+    <w:rsid w:val="006909F6"/>
+    <w:rsid w:val="00690ED5"/>
+    <w:rsid w:val="00692164"/>
+    <w:rsid w:val="00692867"/>
+    <w:rsid w:val="006945F9"/>
+    <w:rsid w:val="0069528E"/>
+    <w:rsid w:val="00696621"/>
+    <w:rsid w:val="006976BB"/>
+    <w:rsid w:val="006A101D"/>
+    <w:rsid w:val="006A125D"/>
+    <w:rsid w:val="006A1A53"/>
+    <w:rsid w:val="006A5DD9"/>
+    <w:rsid w:val="006A6553"/>
     <w:rsid w:val="006B225D"/>
-    <w:rsid w:val="006D427B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E6545"/>
+    <w:rsid w:val="006B2BF7"/>
+    <w:rsid w:val="006B2ECF"/>
+    <w:rsid w:val="006B323D"/>
+    <w:rsid w:val="006B3993"/>
+    <w:rsid w:val="006B5BBA"/>
+    <w:rsid w:val="006C2AE9"/>
+    <w:rsid w:val="006C3EE9"/>
+    <w:rsid w:val="006D109B"/>
+    <w:rsid w:val="006D2CC8"/>
+    <w:rsid w:val="006D5813"/>
+    <w:rsid w:val="006D77C6"/>
+    <w:rsid w:val="006D795F"/>
+    <w:rsid w:val="006E2205"/>
+    <w:rsid w:val="006E2217"/>
+    <w:rsid w:val="006E5176"/>
+    <w:rsid w:val="006F17B8"/>
     <w:rsid w:val="006F1ABE"/>
     <w:rsid w:val="006F2888"/>
-    <w:rsid w:val="00703938"/>
-[...8 lines deleted...]
-    <w:rsid w:val="007D646B"/>
+    <w:rsid w:val="006F6832"/>
+    <w:rsid w:val="00700912"/>
+    <w:rsid w:val="007016C7"/>
+    <w:rsid w:val="00703506"/>
+    <w:rsid w:val="00703821"/>
+    <w:rsid w:val="00705DCE"/>
+    <w:rsid w:val="00706621"/>
+    <w:rsid w:val="00711329"/>
+    <w:rsid w:val="0071277A"/>
+    <w:rsid w:val="00712842"/>
+    <w:rsid w:val="00715664"/>
+    <w:rsid w:val="0072148F"/>
+    <w:rsid w:val="00721868"/>
+    <w:rsid w:val="00722A67"/>
+    <w:rsid w:val="00725FFD"/>
+    <w:rsid w:val="00734CD4"/>
+    <w:rsid w:val="00735462"/>
+    <w:rsid w:val="00735A79"/>
+    <w:rsid w:val="00735AC4"/>
+    <w:rsid w:val="00741F0C"/>
+    <w:rsid w:val="0074238F"/>
+    <w:rsid w:val="00743846"/>
+    <w:rsid w:val="007479CA"/>
+    <w:rsid w:val="00754144"/>
+    <w:rsid w:val="007546A5"/>
+    <w:rsid w:val="00754745"/>
+    <w:rsid w:val="0075548F"/>
+    <w:rsid w:val="00763648"/>
+    <w:rsid w:val="00763690"/>
+    <w:rsid w:val="00763E8A"/>
+    <w:rsid w:val="007818D8"/>
+    <w:rsid w:val="007839A4"/>
+    <w:rsid w:val="00785E67"/>
+    <w:rsid w:val="007904A5"/>
+    <w:rsid w:val="007936CB"/>
+    <w:rsid w:val="007944CA"/>
+    <w:rsid w:val="00794535"/>
+    <w:rsid w:val="00794537"/>
+    <w:rsid w:val="007971F7"/>
+    <w:rsid w:val="007A3992"/>
+    <w:rsid w:val="007A3CDB"/>
+    <w:rsid w:val="007A509E"/>
+    <w:rsid w:val="007A5554"/>
+    <w:rsid w:val="007B078F"/>
+    <w:rsid w:val="007B0CB3"/>
+    <w:rsid w:val="007B1B87"/>
+    <w:rsid w:val="007B1EFF"/>
+    <w:rsid w:val="007B2867"/>
+    <w:rsid w:val="007B477A"/>
+    <w:rsid w:val="007B6F0C"/>
+    <w:rsid w:val="007C1F93"/>
+    <w:rsid w:val="007C1FD7"/>
+    <w:rsid w:val="007C3B24"/>
+    <w:rsid w:val="007C416C"/>
+    <w:rsid w:val="007C4371"/>
+    <w:rsid w:val="007C52D5"/>
+    <w:rsid w:val="007C57F5"/>
+    <w:rsid w:val="007C6337"/>
+    <w:rsid w:val="007C6D8E"/>
+    <w:rsid w:val="007D0A3D"/>
+    <w:rsid w:val="007D414F"/>
+    <w:rsid w:val="007D42BC"/>
+    <w:rsid w:val="007D6833"/>
+    <w:rsid w:val="007D75FF"/>
+    <w:rsid w:val="007E044C"/>
     <w:rsid w:val="007E054C"/>
+    <w:rsid w:val="007E4820"/>
     <w:rsid w:val="007E4877"/>
-    <w:rsid w:val="0086303F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0092239C"/>
+    <w:rsid w:val="007E5617"/>
+    <w:rsid w:val="007E695A"/>
+    <w:rsid w:val="007F050F"/>
+    <w:rsid w:val="007F3932"/>
+    <w:rsid w:val="007F5DC0"/>
+    <w:rsid w:val="007F7317"/>
+    <w:rsid w:val="00803DCD"/>
+    <w:rsid w:val="008125B1"/>
+    <w:rsid w:val="00813936"/>
+    <w:rsid w:val="00816D6E"/>
+    <w:rsid w:val="00817701"/>
+    <w:rsid w:val="00822C3C"/>
+    <w:rsid w:val="00825288"/>
+    <w:rsid w:val="00830CDD"/>
+    <w:rsid w:val="00836274"/>
+    <w:rsid w:val="00841D09"/>
+    <w:rsid w:val="0084383C"/>
+    <w:rsid w:val="008442ED"/>
+    <w:rsid w:val="00844A6B"/>
+    <w:rsid w:val="00847653"/>
+    <w:rsid w:val="00847E22"/>
+    <w:rsid w:val="00850B15"/>
+    <w:rsid w:val="00851BE8"/>
+    <w:rsid w:val="008572CA"/>
+    <w:rsid w:val="008614F9"/>
+    <w:rsid w:val="008623B8"/>
+    <w:rsid w:val="00862496"/>
+    <w:rsid w:val="00867266"/>
+    <w:rsid w:val="00867B99"/>
+    <w:rsid w:val="00872DD2"/>
+    <w:rsid w:val="00877CF4"/>
+    <w:rsid w:val="00881F93"/>
+    <w:rsid w:val="008829BF"/>
+    <w:rsid w:val="008864CA"/>
+    <w:rsid w:val="00890A2D"/>
+    <w:rsid w:val="00894FCA"/>
+    <w:rsid w:val="008A1675"/>
+    <w:rsid w:val="008A18FC"/>
+    <w:rsid w:val="008A2AA5"/>
+    <w:rsid w:val="008A2F51"/>
+    <w:rsid w:val="008A3FB4"/>
+    <w:rsid w:val="008A53AB"/>
+    <w:rsid w:val="008A5D1A"/>
+    <w:rsid w:val="008A6FBA"/>
+    <w:rsid w:val="008A7A90"/>
+    <w:rsid w:val="008B1E29"/>
+    <w:rsid w:val="008B439B"/>
+    <w:rsid w:val="008B53E7"/>
+    <w:rsid w:val="008B6B69"/>
+    <w:rsid w:val="008C1B6A"/>
+    <w:rsid w:val="008C2379"/>
+    <w:rsid w:val="008C364B"/>
+    <w:rsid w:val="008C514F"/>
+    <w:rsid w:val="008D02EE"/>
+    <w:rsid w:val="008D25BE"/>
+    <w:rsid w:val="008D3DCF"/>
+    <w:rsid w:val="008D45A2"/>
+    <w:rsid w:val="008D4B7F"/>
+    <w:rsid w:val="008D53C7"/>
+    <w:rsid w:val="008D6F8C"/>
+    <w:rsid w:val="008D7AA4"/>
+    <w:rsid w:val="008E0544"/>
+    <w:rsid w:val="008E2818"/>
+    <w:rsid w:val="008E3159"/>
+    <w:rsid w:val="008E46CA"/>
+    <w:rsid w:val="008F0D31"/>
+    <w:rsid w:val="008F1B5D"/>
+    <w:rsid w:val="008F215C"/>
+    <w:rsid w:val="008F38E2"/>
+    <w:rsid w:val="008F6622"/>
+    <w:rsid w:val="008F7180"/>
+    <w:rsid w:val="008F77E2"/>
+    <w:rsid w:val="00901D55"/>
+    <w:rsid w:val="00902E09"/>
+    <w:rsid w:val="00903343"/>
+    <w:rsid w:val="00903EAE"/>
+    <w:rsid w:val="0090510C"/>
+    <w:rsid w:val="009059DD"/>
+    <w:rsid w:val="00907CBB"/>
+    <w:rsid w:val="00912A48"/>
+    <w:rsid w:val="009158D4"/>
+    <w:rsid w:val="00915C41"/>
+    <w:rsid w:val="00921B1B"/>
+    <w:rsid w:val="00922092"/>
+    <w:rsid w:val="0092441A"/>
+    <w:rsid w:val="009265D7"/>
+    <w:rsid w:val="00930C08"/>
     <w:rsid w:val="009377EA"/>
-    <w:rsid w:val="00960B0D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00981A37"/>
+    <w:rsid w:val="0094002F"/>
+    <w:rsid w:val="00940201"/>
+    <w:rsid w:val="00940565"/>
+    <w:rsid w:val="00942561"/>
+    <w:rsid w:val="00943DAC"/>
+    <w:rsid w:val="00947988"/>
+    <w:rsid w:val="009502BE"/>
+    <w:rsid w:val="00950DA9"/>
+    <w:rsid w:val="00951F76"/>
+    <w:rsid w:val="00953D56"/>
+    <w:rsid w:val="00955C94"/>
+    <w:rsid w:val="00957F69"/>
+    <w:rsid w:val="009619D9"/>
+    <w:rsid w:val="009672E8"/>
+    <w:rsid w:val="0097102D"/>
+    <w:rsid w:val="00971624"/>
+    <w:rsid w:val="00971B23"/>
+    <w:rsid w:val="00972A9C"/>
+    <w:rsid w:val="0097310C"/>
+    <w:rsid w:val="00975C9D"/>
+    <w:rsid w:val="009766F4"/>
+    <w:rsid w:val="00981743"/>
+    <w:rsid w:val="009830D2"/>
     <w:rsid w:val="00986BD9"/>
-    <w:rsid w:val="009B4476"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C587B"/>
+    <w:rsid w:val="0098735F"/>
+    <w:rsid w:val="009873ED"/>
+    <w:rsid w:val="00990B64"/>
+    <w:rsid w:val="00992D4F"/>
+    <w:rsid w:val="00993766"/>
+    <w:rsid w:val="00993FDA"/>
+    <w:rsid w:val="00994B68"/>
+    <w:rsid w:val="0099689F"/>
+    <w:rsid w:val="00996B56"/>
+    <w:rsid w:val="009A622B"/>
+    <w:rsid w:val="009A76D8"/>
+    <w:rsid w:val="009B06B2"/>
+    <w:rsid w:val="009B0B15"/>
+    <w:rsid w:val="009B0E75"/>
+    <w:rsid w:val="009B19C5"/>
+    <w:rsid w:val="009B5048"/>
+    <w:rsid w:val="009B50B4"/>
+    <w:rsid w:val="009B5172"/>
+    <w:rsid w:val="009B5B57"/>
+    <w:rsid w:val="009C49BA"/>
+    <w:rsid w:val="009C5F2D"/>
+    <w:rsid w:val="009C714C"/>
+    <w:rsid w:val="009D0153"/>
+    <w:rsid w:val="009D0919"/>
+    <w:rsid w:val="009D4C9C"/>
     <w:rsid w:val="009D55F7"/>
-    <w:rsid w:val="00A0576C"/>
+    <w:rsid w:val="009D5EFE"/>
+    <w:rsid w:val="009D6036"/>
+    <w:rsid w:val="009D748D"/>
+    <w:rsid w:val="009E0675"/>
+    <w:rsid w:val="009E177A"/>
+    <w:rsid w:val="009E1DAB"/>
+    <w:rsid w:val="009E56C5"/>
+    <w:rsid w:val="009E6FEC"/>
+    <w:rsid w:val="009F1BBB"/>
+    <w:rsid w:val="009F2DCB"/>
+    <w:rsid w:val="009F374F"/>
+    <w:rsid w:val="009F48A0"/>
+    <w:rsid w:val="009F60D1"/>
+    <w:rsid w:val="009F6B52"/>
+    <w:rsid w:val="009F7222"/>
+    <w:rsid w:val="009F7EA2"/>
+    <w:rsid w:val="00A04D34"/>
+    <w:rsid w:val="00A04D54"/>
+    <w:rsid w:val="00A0629E"/>
+    <w:rsid w:val="00A107CC"/>
+    <w:rsid w:val="00A12B5F"/>
+    <w:rsid w:val="00A13D9A"/>
+    <w:rsid w:val="00A16065"/>
+    <w:rsid w:val="00A21034"/>
     <w:rsid w:val="00A2119C"/>
+    <w:rsid w:val="00A21B5E"/>
+    <w:rsid w:val="00A23677"/>
+    <w:rsid w:val="00A2515D"/>
+    <w:rsid w:val="00A33527"/>
     <w:rsid w:val="00A3513D"/>
+    <w:rsid w:val="00A35B9C"/>
     <w:rsid w:val="00A3620A"/>
-    <w:rsid w:val="00A42E65"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A55EBB"/>
+    <w:rsid w:val="00A408FC"/>
+    <w:rsid w:val="00A41BF6"/>
+    <w:rsid w:val="00A41CC7"/>
+    <w:rsid w:val="00A435C2"/>
+    <w:rsid w:val="00A44B2B"/>
+    <w:rsid w:val="00A456A0"/>
+    <w:rsid w:val="00A53111"/>
+    <w:rsid w:val="00A5470A"/>
+    <w:rsid w:val="00A547A4"/>
+    <w:rsid w:val="00A54804"/>
+    <w:rsid w:val="00A56456"/>
     <w:rsid w:val="00A56901"/>
+    <w:rsid w:val="00A61989"/>
+    <w:rsid w:val="00A67403"/>
+    <w:rsid w:val="00A679A8"/>
+    <w:rsid w:val="00A73C01"/>
     <w:rsid w:val="00A747BD"/>
-    <w:rsid w:val="00A7559D"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00B144C0"/>
+    <w:rsid w:val="00A77F9E"/>
+    <w:rsid w:val="00A82231"/>
+    <w:rsid w:val="00A82B07"/>
+    <w:rsid w:val="00A83294"/>
+    <w:rsid w:val="00A86845"/>
+    <w:rsid w:val="00A90C87"/>
+    <w:rsid w:val="00A92362"/>
+    <w:rsid w:val="00A926F0"/>
+    <w:rsid w:val="00A9322E"/>
+    <w:rsid w:val="00A954D3"/>
+    <w:rsid w:val="00A96C12"/>
+    <w:rsid w:val="00AA1A58"/>
+    <w:rsid w:val="00AA4D6A"/>
+    <w:rsid w:val="00AA54AD"/>
+    <w:rsid w:val="00AC4CC7"/>
+    <w:rsid w:val="00AD09EB"/>
+    <w:rsid w:val="00AD1127"/>
+    <w:rsid w:val="00AD2813"/>
+    <w:rsid w:val="00AD6964"/>
+    <w:rsid w:val="00AE1BB3"/>
+    <w:rsid w:val="00AE38A1"/>
+    <w:rsid w:val="00AE47FD"/>
+    <w:rsid w:val="00AE4F1C"/>
+    <w:rsid w:val="00AE53D5"/>
+    <w:rsid w:val="00AE56F1"/>
+    <w:rsid w:val="00AF079F"/>
+    <w:rsid w:val="00AF090D"/>
+    <w:rsid w:val="00AF1B92"/>
+    <w:rsid w:val="00AF2D22"/>
+    <w:rsid w:val="00AF4008"/>
+    <w:rsid w:val="00AF5F6A"/>
+    <w:rsid w:val="00AF7D7F"/>
+    <w:rsid w:val="00B00425"/>
+    <w:rsid w:val="00B00736"/>
+    <w:rsid w:val="00B02F57"/>
+    <w:rsid w:val="00B10693"/>
+    <w:rsid w:val="00B10C20"/>
+    <w:rsid w:val="00B129A3"/>
+    <w:rsid w:val="00B1578C"/>
+    <w:rsid w:val="00B208BF"/>
     <w:rsid w:val="00B20BAB"/>
+    <w:rsid w:val="00B2117F"/>
+    <w:rsid w:val="00B2156A"/>
     <w:rsid w:val="00B2157A"/>
-    <w:rsid w:val="00B76289"/>
+    <w:rsid w:val="00B23B3F"/>
+    <w:rsid w:val="00B25141"/>
+    <w:rsid w:val="00B27BE7"/>
+    <w:rsid w:val="00B31B9A"/>
+    <w:rsid w:val="00B323D3"/>
+    <w:rsid w:val="00B327CF"/>
+    <w:rsid w:val="00B3412E"/>
+    <w:rsid w:val="00B34CDD"/>
+    <w:rsid w:val="00B35E97"/>
+    <w:rsid w:val="00B41D78"/>
+    <w:rsid w:val="00B45C27"/>
+    <w:rsid w:val="00B46008"/>
+    <w:rsid w:val="00B46DD2"/>
+    <w:rsid w:val="00B47AAE"/>
+    <w:rsid w:val="00B507F5"/>
+    <w:rsid w:val="00B51039"/>
+    <w:rsid w:val="00B515B9"/>
+    <w:rsid w:val="00B515F1"/>
+    <w:rsid w:val="00B54856"/>
+    <w:rsid w:val="00B576DC"/>
+    <w:rsid w:val="00B70A9C"/>
+    <w:rsid w:val="00B74F22"/>
+    <w:rsid w:val="00B77AB3"/>
+    <w:rsid w:val="00B77C6B"/>
     <w:rsid w:val="00B805BF"/>
-    <w:rsid w:val="00B87BC8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C04C5D"/>
+    <w:rsid w:val="00B80BCA"/>
+    <w:rsid w:val="00B816B2"/>
+    <w:rsid w:val="00B8557A"/>
+    <w:rsid w:val="00B90DE9"/>
+    <w:rsid w:val="00B940D1"/>
+    <w:rsid w:val="00BA6948"/>
+    <w:rsid w:val="00BB194A"/>
+    <w:rsid w:val="00BB3605"/>
+    <w:rsid w:val="00BB491A"/>
+    <w:rsid w:val="00BB4DF9"/>
+    <w:rsid w:val="00BB50B0"/>
+    <w:rsid w:val="00BB53FE"/>
+    <w:rsid w:val="00BB65F1"/>
+    <w:rsid w:val="00BC1B64"/>
+    <w:rsid w:val="00BC3384"/>
+    <w:rsid w:val="00BC592B"/>
+    <w:rsid w:val="00BD0657"/>
+    <w:rsid w:val="00BD35DC"/>
+    <w:rsid w:val="00BD51C8"/>
+    <w:rsid w:val="00BE1116"/>
+    <w:rsid w:val="00BE2052"/>
+    <w:rsid w:val="00BE2181"/>
+    <w:rsid w:val="00BE350F"/>
+    <w:rsid w:val="00BE58F8"/>
+    <w:rsid w:val="00BE5C49"/>
+    <w:rsid w:val="00BE7F0F"/>
+    <w:rsid w:val="00BE7F64"/>
+    <w:rsid w:val="00BF1C3B"/>
+    <w:rsid w:val="00BF2866"/>
+    <w:rsid w:val="00BF5D62"/>
+    <w:rsid w:val="00BF61C1"/>
+    <w:rsid w:val="00BF67E9"/>
+    <w:rsid w:val="00C00D3B"/>
     <w:rsid w:val="00C06039"/>
-    <w:rsid w:val="00C3269F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00CF6156"/>
+    <w:rsid w:val="00C06BAC"/>
+    <w:rsid w:val="00C13AA6"/>
+    <w:rsid w:val="00C1417F"/>
+    <w:rsid w:val="00C155E4"/>
+    <w:rsid w:val="00C15728"/>
+    <w:rsid w:val="00C158A6"/>
+    <w:rsid w:val="00C16119"/>
+    <w:rsid w:val="00C1647E"/>
+    <w:rsid w:val="00C1675C"/>
+    <w:rsid w:val="00C16CC0"/>
+    <w:rsid w:val="00C1C591"/>
+    <w:rsid w:val="00C204E8"/>
+    <w:rsid w:val="00C219DE"/>
+    <w:rsid w:val="00C22527"/>
+    <w:rsid w:val="00C23823"/>
+    <w:rsid w:val="00C2402E"/>
+    <w:rsid w:val="00C2592F"/>
+    <w:rsid w:val="00C343AF"/>
+    <w:rsid w:val="00C3448B"/>
+    <w:rsid w:val="00C36401"/>
+    <w:rsid w:val="00C37174"/>
+    <w:rsid w:val="00C42271"/>
+    <w:rsid w:val="00C42B7C"/>
+    <w:rsid w:val="00C432E9"/>
+    <w:rsid w:val="00C43B49"/>
+    <w:rsid w:val="00C46EEF"/>
+    <w:rsid w:val="00C47143"/>
+    <w:rsid w:val="00C4787D"/>
+    <w:rsid w:val="00C51D91"/>
+    <w:rsid w:val="00C52686"/>
+    <w:rsid w:val="00C534E2"/>
+    <w:rsid w:val="00C53713"/>
+    <w:rsid w:val="00C53A2F"/>
+    <w:rsid w:val="00C571BA"/>
+    <w:rsid w:val="00C60D39"/>
+    <w:rsid w:val="00C661CE"/>
+    <w:rsid w:val="00C67564"/>
+    <w:rsid w:val="00C714E8"/>
+    <w:rsid w:val="00C732BE"/>
+    <w:rsid w:val="00C73F1F"/>
+    <w:rsid w:val="00C76380"/>
+    <w:rsid w:val="00C8024C"/>
+    <w:rsid w:val="00C82E93"/>
+    <w:rsid w:val="00C833F5"/>
+    <w:rsid w:val="00C8346E"/>
+    <w:rsid w:val="00C83895"/>
+    <w:rsid w:val="00C91BCB"/>
+    <w:rsid w:val="00C93C5E"/>
+    <w:rsid w:val="00C979FD"/>
+    <w:rsid w:val="00CA028A"/>
+    <w:rsid w:val="00CA1140"/>
+    <w:rsid w:val="00CA17A6"/>
+    <w:rsid w:val="00CA3BFB"/>
+    <w:rsid w:val="00CA4621"/>
+    <w:rsid w:val="00CA50FA"/>
+    <w:rsid w:val="00CB11E6"/>
+    <w:rsid w:val="00CB284B"/>
+    <w:rsid w:val="00CB4634"/>
+    <w:rsid w:val="00CB53FF"/>
+    <w:rsid w:val="00CB69E8"/>
+    <w:rsid w:val="00CD186F"/>
+    <w:rsid w:val="00CD3CB8"/>
+    <w:rsid w:val="00CD4EDF"/>
+    <w:rsid w:val="00CD536C"/>
+    <w:rsid w:val="00CD73AD"/>
+    <w:rsid w:val="00CD7F6D"/>
+    <w:rsid w:val="00CE10D4"/>
+    <w:rsid w:val="00CE3832"/>
+    <w:rsid w:val="00CF2A8D"/>
+    <w:rsid w:val="00CF423A"/>
+    <w:rsid w:val="00CF54D2"/>
+    <w:rsid w:val="00CF6002"/>
+    <w:rsid w:val="00CF61A4"/>
+    <w:rsid w:val="00D063C9"/>
+    <w:rsid w:val="00D0684A"/>
+    <w:rsid w:val="00D06A1F"/>
+    <w:rsid w:val="00D06AFF"/>
+    <w:rsid w:val="00D070C1"/>
+    <w:rsid w:val="00D142CF"/>
+    <w:rsid w:val="00D14D3C"/>
     <w:rsid w:val="00D14E98"/>
+    <w:rsid w:val="00D17870"/>
+    <w:rsid w:val="00D209BB"/>
+    <w:rsid w:val="00D24231"/>
     <w:rsid w:val="00D24BD1"/>
-    <w:rsid w:val="00D24F70"/>
-    <w:rsid w:val="00D35183"/>
+    <w:rsid w:val="00D25F04"/>
+    <w:rsid w:val="00D262D7"/>
+    <w:rsid w:val="00D2654B"/>
+    <w:rsid w:val="00D27822"/>
+    <w:rsid w:val="00D3053E"/>
+    <w:rsid w:val="00D33128"/>
+    <w:rsid w:val="00D33646"/>
+    <w:rsid w:val="00D366ED"/>
     <w:rsid w:val="00D374C3"/>
-    <w:rsid w:val="00D72CBF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DA13B3"/>
+    <w:rsid w:val="00D410E6"/>
+    <w:rsid w:val="00D41302"/>
+    <w:rsid w:val="00D42E38"/>
+    <w:rsid w:val="00D44571"/>
+    <w:rsid w:val="00D4514B"/>
+    <w:rsid w:val="00D55C9C"/>
+    <w:rsid w:val="00D62C66"/>
+    <w:rsid w:val="00D630E1"/>
+    <w:rsid w:val="00D6411E"/>
+    <w:rsid w:val="00D73831"/>
+    <w:rsid w:val="00D74374"/>
+    <w:rsid w:val="00D833CF"/>
+    <w:rsid w:val="00D8641F"/>
+    <w:rsid w:val="00D864E0"/>
+    <w:rsid w:val="00D8710C"/>
+    <w:rsid w:val="00D904E4"/>
+    <w:rsid w:val="00D91AA6"/>
+    <w:rsid w:val="00D92202"/>
+    <w:rsid w:val="00D94339"/>
+    <w:rsid w:val="00D96FEE"/>
+    <w:rsid w:val="00D9753C"/>
+    <w:rsid w:val="00D976FE"/>
+    <w:rsid w:val="00DA09D5"/>
+    <w:rsid w:val="00DA1BE4"/>
+    <w:rsid w:val="00DA379A"/>
+    <w:rsid w:val="00DA5721"/>
+    <w:rsid w:val="00DA5783"/>
+    <w:rsid w:val="00DA7584"/>
+    <w:rsid w:val="00DB2A4A"/>
+    <w:rsid w:val="00DB7AAB"/>
+    <w:rsid w:val="00DC3F63"/>
+    <w:rsid w:val="00DC4D38"/>
+    <w:rsid w:val="00DC6889"/>
+    <w:rsid w:val="00DC7BCD"/>
+    <w:rsid w:val="00DD1069"/>
+    <w:rsid w:val="00DD13FE"/>
+    <w:rsid w:val="00DD19EC"/>
+    <w:rsid w:val="00DD6253"/>
+    <w:rsid w:val="00DE0733"/>
+    <w:rsid w:val="00DE18D3"/>
+    <w:rsid w:val="00DE532D"/>
+    <w:rsid w:val="00DE6768"/>
+    <w:rsid w:val="00DF07D8"/>
+    <w:rsid w:val="00DF0922"/>
+    <w:rsid w:val="00DF0A09"/>
+    <w:rsid w:val="00DF29C4"/>
+    <w:rsid w:val="00DF3505"/>
+    <w:rsid w:val="00DF45EB"/>
     <w:rsid w:val="00DF533E"/>
-    <w:rsid w:val="00E13A3F"/>
+    <w:rsid w:val="00DF5ADE"/>
+    <w:rsid w:val="00DF5CE7"/>
+    <w:rsid w:val="00DF5E27"/>
+    <w:rsid w:val="00DF6337"/>
+    <w:rsid w:val="00E00475"/>
+    <w:rsid w:val="00E02709"/>
+    <w:rsid w:val="00E036F2"/>
+    <w:rsid w:val="00E14164"/>
+    <w:rsid w:val="00E16171"/>
+    <w:rsid w:val="00E1649C"/>
+    <w:rsid w:val="00E218FB"/>
+    <w:rsid w:val="00E233B1"/>
+    <w:rsid w:val="00E30A32"/>
+    <w:rsid w:val="00E33F05"/>
+    <w:rsid w:val="00E34686"/>
+    <w:rsid w:val="00E37385"/>
+    <w:rsid w:val="00E37F0B"/>
+    <w:rsid w:val="00E403EF"/>
+    <w:rsid w:val="00E4314D"/>
     <w:rsid w:val="00E43285"/>
-    <w:rsid w:val="00E519A5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E768A4"/>
+    <w:rsid w:val="00E4638F"/>
+    <w:rsid w:val="00E50720"/>
+    <w:rsid w:val="00E54748"/>
+    <w:rsid w:val="00E56752"/>
+    <w:rsid w:val="00E57733"/>
+    <w:rsid w:val="00E57815"/>
+    <w:rsid w:val="00E60B30"/>
+    <w:rsid w:val="00E6148F"/>
+    <w:rsid w:val="00E66A7C"/>
+    <w:rsid w:val="00E70966"/>
+    <w:rsid w:val="00E727C7"/>
+    <w:rsid w:val="00E727DF"/>
+    <w:rsid w:val="00E743CB"/>
+    <w:rsid w:val="00E82BF2"/>
+    <w:rsid w:val="00E8607A"/>
     <w:rsid w:val="00E86366"/>
-    <w:rsid w:val="00E95FD2"/>
+    <w:rsid w:val="00E8689D"/>
+    <w:rsid w:val="00E86EB2"/>
+    <w:rsid w:val="00E9045F"/>
+    <w:rsid w:val="00E9055B"/>
+    <w:rsid w:val="00E91546"/>
+    <w:rsid w:val="00E915FC"/>
+    <w:rsid w:val="00E928FA"/>
+    <w:rsid w:val="00E93861"/>
+    <w:rsid w:val="00E94249"/>
+    <w:rsid w:val="00E967E9"/>
+    <w:rsid w:val="00EA0782"/>
+    <w:rsid w:val="00EA1823"/>
+    <w:rsid w:val="00EA260F"/>
+    <w:rsid w:val="00EA3C69"/>
+    <w:rsid w:val="00EA474A"/>
+    <w:rsid w:val="00EA513C"/>
+    <w:rsid w:val="00EA7A0C"/>
+    <w:rsid w:val="00EB14AB"/>
+    <w:rsid w:val="00EB42BE"/>
+    <w:rsid w:val="00EB582D"/>
+    <w:rsid w:val="00EB6592"/>
+    <w:rsid w:val="00EB7CC9"/>
+    <w:rsid w:val="00EC0B01"/>
+    <w:rsid w:val="00EC226A"/>
     <w:rsid w:val="00EC30CB"/>
+    <w:rsid w:val="00EC562E"/>
+    <w:rsid w:val="00EC74C1"/>
+    <w:rsid w:val="00ED101C"/>
+    <w:rsid w:val="00ED2680"/>
+    <w:rsid w:val="00ED6B81"/>
+    <w:rsid w:val="00EE0B73"/>
+    <w:rsid w:val="00EE1057"/>
+    <w:rsid w:val="00EE208D"/>
+    <w:rsid w:val="00EE3117"/>
+    <w:rsid w:val="00EE3E95"/>
+    <w:rsid w:val="00EE40D2"/>
+    <w:rsid w:val="00EE5F42"/>
     <w:rsid w:val="00EF00C0"/>
-    <w:rsid w:val="00F033C1"/>
+    <w:rsid w:val="00EF01CA"/>
+    <w:rsid w:val="00EF1FA6"/>
+    <w:rsid w:val="00EF240D"/>
+    <w:rsid w:val="00EF2745"/>
+    <w:rsid w:val="00EF34F3"/>
+    <w:rsid w:val="00EF3888"/>
+    <w:rsid w:val="00EF6841"/>
+    <w:rsid w:val="00EF705A"/>
+    <w:rsid w:val="00F0153A"/>
+    <w:rsid w:val="00F044F9"/>
+    <w:rsid w:val="00F13586"/>
     <w:rsid w:val="00F16678"/>
-    <w:rsid w:val="00F2717C"/>
+    <w:rsid w:val="00F21C1F"/>
+    <w:rsid w:val="00F23C7E"/>
+    <w:rsid w:val="00F26FA4"/>
     <w:rsid w:val="00F31085"/>
-    <w:rsid w:val="00F37555"/>
-    <w:rsid w:val="00F403B9"/>
+    <w:rsid w:val="00F310CC"/>
+    <w:rsid w:val="00F32FC4"/>
+    <w:rsid w:val="00F3326F"/>
+    <w:rsid w:val="00F34DD1"/>
+    <w:rsid w:val="00F41030"/>
+    <w:rsid w:val="00F4322F"/>
+    <w:rsid w:val="00F441FC"/>
+    <w:rsid w:val="00F45FEF"/>
+    <w:rsid w:val="00F519B4"/>
+    <w:rsid w:val="00F5239A"/>
+    <w:rsid w:val="00F52775"/>
+    <w:rsid w:val="00F541DE"/>
+    <w:rsid w:val="00F556FF"/>
     <w:rsid w:val="00F5616A"/>
-    <w:rsid w:val="00F56990"/>
-[...88 lines deleted...]
-    <w:rsid w:val="7D625C36"/>
+    <w:rsid w:val="00F56785"/>
+    <w:rsid w:val="00F56B7A"/>
+    <w:rsid w:val="00F60E27"/>
+    <w:rsid w:val="00F64406"/>
+    <w:rsid w:val="00F70511"/>
+    <w:rsid w:val="00F74F81"/>
+    <w:rsid w:val="00F81399"/>
+    <w:rsid w:val="00F83F10"/>
+    <w:rsid w:val="00F84BC3"/>
+    <w:rsid w:val="00F85CF0"/>
+    <w:rsid w:val="00F925D9"/>
+    <w:rsid w:val="00F92EE2"/>
+    <w:rsid w:val="00F93468"/>
+    <w:rsid w:val="00F9630A"/>
+    <w:rsid w:val="00F97D9F"/>
+    <w:rsid w:val="00FA1C42"/>
+    <w:rsid w:val="00FA3A9E"/>
+    <w:rsid w:val="00FA4633"/>
+    <w:rsid w:val="00FA6F89"/>
+    <w:rsid w:val="00FA77A1"/>
+    <w:rsid w:val="00FB2238"/>
+    <w:rsid w:val="00FB31B4"/>
+    <w:rsid w:val="00FB3BA6"/>
+    <w:rsid w:val="00FB5938"/>
+    <w:rsid w:val="00FC05F1"/>
+    <w:rsid w:val="00FC0741"/>
+    <w:rsid w:val="00FC2E06"/>
+    <w:rsid w:val="00FC304D"/>
+    <w:rsid w:val="00FC370A"/>
+    <w:rsid w:val="00FC45EA"/>
+    <w:rsid w:val="00FC4904"/>
+    <w:rsid w:val="00FC5707"/>
+    <w:rsid w:val="00FC5B43"/>
+    <w:rsid w:val="00FC6166"/>
+    <w:rsid w:val="00FC61EC"/>
+    <w:rsid w:val="00FD0C4E"/>
+    <w:rsid w:val="00FD15D6"/>
+    <w:rsid w:val="00FD47E3"/>
+    <w:rsid w:val="00FD5AB8"/>
+    <w:rsid w:val="00FD716B"/>
+    <w:rsid w:val="00FE0787"/>
+    <w:rsid w:val="00FE10D9"/>
+    <w:rsid w:val="00FE22BA"/>
+    <w:rsid w:val="00FE23EF"/>
+    <w:rsid w:val="00FE2D46"/>
+    <w:rsid w:val="00FE388C"/>
+    <w:rsid w:val="00FE4574"/>
+    <w:rsid w:val="00FE6CBB"/>
+    <w:rsid w:val="00FF49B3"/>
+    <w:rsid w:val="00FF699E"/>
+    <w:rsid w:val="01227588"/>
+    <w:rsid w:val="0155107C"/>
+    <w:rsid w:val="01D6EFD6"/>
+    <w:rsid w:val="02116597"/>
+    <w:rsid w:val="0259BB01"/>
+    <w:rsid w:val="028AF343"/>
+    <w:rsid w:val="03053317"/>
+    <w:rsid w:val="032C3180"/>
+    <w:rsid w:val="050E862C"/>
+    <w:rsid w:val="05231717"/>
+    <w:rsid w:val="0526E41E"/>
+    <w:rsid w:val="05A7DEAE"/>
+    <w:rsid w:val="05B4BAC7"/>
+    <w:rsid w:val="070BCD2F"/>
+    <w:rsid w:val="070F1EE6"/>
+    <w:rsid w:val="076C5B2C"/>
+    <w:rsid w:val="07919F76"/>
+    <w:rsid w:val="07DDE1DF"/>
+    <w:rsid w:val="09335140"/>
+    <w:rsid w:val="0A285C72"/>
+    <w:rsid w:val="0AFD3734"/>
+    <w:rsid w:val="0C8D282B"/>
+    <w:rsid w:val="0D578A8D"/>
+    <w:rsid w:val="0D94206E"/>
+    <w:rsid w:val="0DBB7E9E"/>
+    <w:rsid w:val="0ECDB6EB"/>
+    <w:rsid w:val="0EE1D648"/>
+    <w:rsid w:val="0FCAA888"/>
+    <w:rsid w:val="1111030F"/>
+    <w:rsid w:val="12C8B960"/>
+    <w:rsid w:val="12CD6814"/>
+    <w:rsid w:val="130B2DB4"/>
+    <w:rsid w:val="13296F58"/>
+    <w:rsid w:val="13C24FDF"/>
+    <w:rsid w:val="13E6FB3A"/>
+    <w:rsid w:val="14269DF2"/>
+    <w:rsid w:val="147DD551"/>
+    <w:rsid w:val="153F5D43"/>
+    <w:rsid w:val="16BB523A"/>
+    <w:rsid w:val="172D4030"/>
+    <w:rsid w:val="18762C78"/>
+    <w:rsid w:val="195CB798"/>
+    <w:rsid w:val="1972DC53"/>
+    <w:rsid w:val="1A080735"/>
+    <w:rsid w:val="1B1B2AA0"/>
+    <w:rsid w:val="1B245889"/>
+    <w:rsid w:val="1B9F23EC"/>
+    <w:rsid w:val="1BB5D89B"/>
+    <w:rsid w:val="1C2D255B"/>
+    <w:rsid w:val="1C34C498"/>
+    <w:rsid w:val="1D73CAE4"/>
+    <w:rsid w:val="1F346460"/>
+    <w:rsid w:val="1F6B5AAB"/>
+    <w:rsid w:val="203A0A22"/>
+    <w:rsid w:val="206A8CC9"/>
+    <w:rsid w:val="20E8E9C6"/>
+    <w:rsid w:val="2231BFFF"/>
+    <w:rsid w:val="22595949"/>
+    <w:rsid w:val="23323572"/>
+    <w:rsid w:val="23802C32"/>
+    <w:rsid w:val="247AD377"/>
+    <w:rsid w:val="25A51128"/>
+    <w:rsid w:val="25E51951"/>
+    <w:rsid w:val="26059298"/>
+    <w:rsid w:val="26988D7E"/>
+    <w:rsid w:val="26B10656"/>
+    <w:rsid w:val="26F8BCE2"/>
+    <w:rsid w:val="27D987F2"/>
+    <w:rsid w:val="27F6D59D"/>
+    <w:rsid w:val="280F3EAB"/>
+    <w:rsid w:val="2840F103"/>
+    <w:rsid w:val="28BAE729"/>
+    <w:rsid w:val="290D455E"/>
+    <w:rsid w:val="2944A8E8"/>
+    <w:rsid w:val="2A298B66"/>
+    <w:rsid w:val="2A6B2E8E"/>
+    <w:rsid w:val="2AA8FEFD"/>
+    <w:rsid w:val="2ACA32D7"/>
+    <w:rsid w:val="2B0C13EC"/>
+    <w:rsid w:val="2C6DF916"/>
+    <w:rsid w:val="2D258764"/>
+    <w:rsid w:val="2DA97040"/>
+    <w:rsid w:val="2DA9E8C9"/>
+    <w:rsid w:val="2E334C41"/>
+    <w:rsid w:val="2E7D2627"/>
+    <w:rsid w:val="2E9607E4"/>
+    <w:rsid w:val="2F596C83"/>
+    <w:rsid w:val="30D73861"/>
+    <w:rsid w:val="310ADE08"/>
+    <w:rsid w:val="311C59BD"/>
+    <w:rsid w:val="3127439D"/>
+    <w:rsid w:val="323C37D6"/>
+    <w:rsid w:val="32589233"/>
+    <w:rsid w:val="3283352F"/>
+    <w:rsid w:val="339E8E5F"/>
+    <w:rsid w:val="3413456E"/>
+    <w:rsid w:val="3467320C"/>
+    <w:rsid w:val="347FB565"/>
+    <w:rsid w:val="34993523"/>
+    <w:rsid w:val="34A96AC9"/>
+    <w:rsid w:val="34E1602C"/>
+    <w:rsid w:val="35249075"/>
+    <w:rsid w:val="357B2079"/>
+    <w:rsid w:val="35BFD16D"/>
+    <w:rsid w:val="35F03740"/>
+    <w:rsid w:val="365CFBB9"/>
+    <w:rsid w:val="36C964DD"/>
+    <w:rsid w:val="36E739BB"/>
+    <w:rsid w:val="36F15ACB"/>
+    <w:rsid w:val="3751B24D"/>
+    <w:rsid w:val="37815386"/>
+    <w:rsid w:val="37914DF4"/>
+    <w:rsid w:val="37ACF9D8"/>
+    <w:rsid w:val="38385FE5"/>
+    <w:rsid w:val="38BC3D4D"/>
+    <w:rsid w:val="3A085EE2"/>
+    <w:rsid w:val="3AD67FB0"/>
+    <w:rsid w:val="3B16FE7B"/>
+    <w:rsid w:val="3B4C4614"/>
+    <w:rsid w:val="3C2BB7A8"/>
+    <w:rsid w:val="3CC18492"/>
+    <w:rsid w:val="3D295A6C"/>
+    <w:rsid w:val="3D4DA6A8"/>
+    <w:rsid w:val="3D67FC3F"/>
+    <w:rsid w:val="3D7857DD"/>
+    <w:rsid w:val="3F347B0B"/>
+    <w:rsid w:val="3F586BFC"/>
+    <w:rsid w:val="3F7E63CD"/>
+    <w:rsid w:val="3F842020"/>
+    <w:rsid w:val="3FC28854"/>
+    <w:rsid w:val="4083FB27"/>
+    <w:rsid w:val="40F6DF22"/>
+    <w:rsid w:val="41D5CBFD"/>
+    <w:rsid w:val="42F32CC0"/>
+    <w:rsid w:val="43F21E6F"/>
+    <w:rsid w:val="44BE447A"/>
+    <w:rsid w:val="4554EA3F"/>
+    <w:rsid w:val="45AFCFB4"/>
+    <w:rsid w:val="4615E051"/>
+    <w:rsid w:val="4800BA23"/>
+    <w:rsid w:val="48157FA1"/>
+    <w:rsid w:val="4947EE06"/>
+    <w:rsid w:val="497C1947"/>
+    <w:rsid w:val="4A716392"/>
+    <w:rsid w:val="4BBDB84A"/>
+    <w:rsid w:val="4D529F66"/>
+    <w:rsid w:val="4DAE7426"/>
+    <w:rsid w:val="4E3AB492"/>
+    <w:rsid w:val="4E4631B7"/>
+    <w:rsid w:val="4E55CDF1"/>
+    <w:rsid w:val="4ED2C0B4"/>
+    <w:rsid w:val="4F01E04B"/>
+    <w:rsid w:val="4F8A88FE"/>
+    <w:rsid w:val="4FD6655B"/>
+    <w:rsid w:val="5005B22E"/>
+    <w:rsid w:val="51168EEB"/>
+    <w:rsid w:val="5137E7AF"/>
+    <w:rsid w:val="5174FFAF"/>
+    <w:rsid w:val="52077DCC"/>
+    <w:rsid w:val="5249A7F7"/>
+    <w:rsid w:val="525AF0DD"/>
+    <w:rsid w:val="530EB7C7"/>
+    <w:rsid w:val="534D5F07"/>
+    <w:rsid w:val="53E2ACD0"/>
+    <w:rsid w:val="5464820D"/>
+    <w:rsid w:val="557F4AA5"/>
+    <w:rsid w:val="56052743"/>
+    <w:rsid w:val="5627126D"/>
+    <w:rsid w:val="5648B9C5"/>
+    <w:rsid w:val="56D03C6E"/>
+    <w:rsid w:val="56EE4494"/>
+    <w:rsid w:val="56FE48B2"/>
+    <w:rsid w:val="57525441"/>
+    <w:rsid w:val="579ABE65"/>
+    <w:rsid w:val="5954EE77"/>
+    <w:rsid w:val="597D5F7E"/>
+    <w:rsid w:val="599E9436"/>
+    <w:rsid w:val="5A3F7979"/>
+    <w:rsid w:val="5A5A5C9F"/>
+    <w:rsid w:val="5A6E18C9"/>
+    <w:rsid w:val="5A7541AE"/>
+    <w:rsid w:val="5BC9DCCE"/>
+    <w:rsid w:val="5BEB63FD"/>
+    <w:rsid w:val="5BFBF7B9"/>
+    <w:rsid w:val="5C6C5CA6"/>
+    <w:rsid w:val="5CA4FECD"/>
+    <w:rsid w:val="5CF5D2AE"/>
+    <w:rsid w:val="5DC0E80C"/>
+    <w:rsid w:val="5DCD3869"/>
+    <w:rsid w:val="5FFDE156"/>
+    <w:rsid w:val="611C9BF9"/>
+    <w:rsid w:val="612E8123"/>
+    <w:rsid w:val="61532921"/>
+    <w:rsid w:val="61D0D3F1"/>
+    <w:rsid w:val="61F93C8A"/>
+    <w:rsid w:val="6325E805"/>
+    <w:rsid w:val="6345DF7B"/>
+    <w:rsid w:val="63C9EF80"/>
+    <w:rsid w:val="646DAE94"/>
+    <w:rsid w:val="65504305"/>
+    <w:rsid w:val="65B0747F"/>
+    <w:rsid w:val="669CE89D"/>
+    <w:rsid w:val="6753467D"/>
+    <w:rsid w:val="67F0B131"/>
+    <w:rsid w:val="68B6FC92"/>
+    <w:rsid w:val="68D6E12C"/>
+    <w:rsid w:val="696BA4FC"/>
+    <w:rsid w:val="69949CD1"/>
+    <w:rsid w:val="6B641C60"/>
+    <w:rsid w:val="6CCFA378"/>
+    <w:rsid w:val="6CD8C626"/>
+    <w:rsid w:val="6D8C278F"/>
+    <w:rsid w:val="6DC7E69E"/>
+    <w:rsid w:val="710F1BB4"/>
+    <w:rsid w:val="71CF3223"/>
+    <w:rsid w:val="722221F9"/>
+    <w:rsid w:val="72332B85"/>
+    <w:rsid w:val="72C1D42F"/>
+    <w:rsid w:val="72DA09ED"/>
+    <w:rsid w:val="72F887A5"/>
+    <w:rsid w:val="7343FEA5"/>
+    <w:rsid w:val="736A7F63"/>
+    <w:rsid w:val="739A81F0"/>
+    <w:rsid w:val="73F8E027"/>
+    <w:rsid w:val="7574306A"/>
+    <w:rsid w:val="7608E537"/>
+    <w:rsid w:val="76C07FF6"/>
+    <w:rsid w:val="770A5C99"/>
+    <w:rsid w:val="7742CD84"/>
+    <w:rsid w:val="78D40424"/>
+    <w:rsid w:val="78D7A399"/>
+    <w:rsid w:val="79142F86"/>
+    <w:rsid w:val="793A9CEE"/>
+    <w:rsid w:val="79DA7A4A"/>
+    <w:rsid w:val="7A7F4E02"/>
+    <w:rsid w:val="7B0EB11B"/>
+    <w:rsid w:val="7D77EB67"/>
+    <w:rsid w:val="7F090DB9"/>
+    <w:rsid w:val="7FE8045C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1F004865"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{619CFC4A-5AC8-4EE7-B4D5-C8B8F0365845}"/>
+  <w15:docId w15:val="{B8DA4132-5E0A-49CD-A6AC-D52B0F678EF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B805BF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0066079E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF7D7F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00555B00"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C06039"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C06039"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C06039"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C06039"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C06039"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009377EA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009377EA"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B2157A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B2157A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D565D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D565D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D565D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F2888"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00522268"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00535ED1"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00675868"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00675868"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0066079E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:rsid w:val="002E0DD0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AF7D7F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00555B00"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00940201"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00940201"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00371DE1"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F70511"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/teachtools/Documents/KyMTSS_Self-Assessment_Tool.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/teachtools/Documents/KyMTSS_Implementation_Guide.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://implementation.fpg.unc.edu/resource/tool-root-cause-analysis-understanding-a-community-need/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/_layouts/download.aspx?SourceUrl=curriculum/modcurrframe/Documents/PLC_Observation_Tool.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8211562B-9AC5-4FE9-AB21-BB49DF37FB6B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001909CE" w:rsidRDefault="001E72B2">
+          <w:r w:rsidRPr="00DC3D86">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D14E98"/>
+    <w:rsid w:val="00000919"/>
+    <w:rsid w:val="0007026D"/>
+    <w:rsid w:val="000C7447"/>
+    <w:rsid w:val="00135DA4"/>
+    <w:rsid w:val="001909CE"/>
+    <w:rsid w:val="001C6482"/>
+    <w:rsid w:val="001E72B2"/>
+    <w:rsid w:val="00244F80"/>
+    <w:rsid w:val="002B73B7"/>
+    <w:rsid w:val="0032013E"/>
+    <w:rsid w:val="00343417"/>
+    <w:rsid w:val="003D1308"/>
+    <w:rsid w:val="0041232D"/>
+    <w:rsid w:val="00451257"/>
+    <w:rsid w:val="00483499"/>
+    <w:rsid w:val="004B071A"/>
+    <w:rsid w:val="004B0925"/>
+    <w:rsid w:val="004E6C94"/>
+    <w:rsid w:val="00500964"/>
+    <w:rsid w:val="00551861"/>
+    <w:rsid w:val="00575CD6"/>
+    <w:rsid w:val="0058788F"/>
+    <w:rsid w:val="006735A9"/>
+    <w:rsid w:val="006C5BBD"/>
+    <w:rsid w:val="007145CE"/>
+    <w:rsid w:val="007C3B24"/>
+    <w:rsid w:val="00817565"/>
+    <w:rsid w:val="00864358"/>
+    <w:rsid w:val="008B53E7"/>
+    <w:rsid w:val="008F714E"/>
+    <w:rsid w:val="00915C41"/>
+    <w:rsid w:val="009D748D"/>
+    <w:rsid w:val="00A30643"/>
+    <w:rsid w:val="00A926F0"/>
+    <w:rsid w:val="00AF079F"/>
+    <w:rsid w:val="00B208BF"/>
+    <w:rsid w:val="00BB194A"/>
+    <w:rsid w:val="00C07BF9"/>
+    <w:rsid w:val="00C45678"/>
+    <w:rsid w:val="00C52686"/>
+    <w:rsid w:val="00C979FD"/>
+    <w:rsid w:val="00CB4FED"/>
+    <w:rsid w:val="00D14E98"/>
+    <w:rsid w:val="00DD6684"/>
+    <w:rsid w:val="00E97F72"/>
+    <w:rsid w:val="00EA1823"/>
+    <w:rsid w:val="00F1512C"/>
+    <w:rsid w:val="00F626D0"/>
+    <w:rsid w:val="00F92F43"/>
+    <w:rsid w:val="00FC5707"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4112,1020 +11694,94 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-  </w:latentStyles>
-[...915 lines deleted...]
-    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D14E98"/>
+    <w:rsid w:val="001E72B2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    <w:rsid w:val="00D14E98"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -5414,64 +12070,95 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2025-08-29T00:00:00</PublishDate>
+  <PublishDate>2025-11-28T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-11-01T04:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-518-69</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/teachtools/_layouts/15/DocIdRedir.aspx?ID=KYED-518-69</Url>
+      <Description>KYED-518-69</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B00BC5C4F1629F0944C836DD8C969CE2257" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="3f47d21fd864cec95608957761db7718">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d3e8473825ed96e8d6e0426e3a16d1c" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -5723,83 +12410,52 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
@@ -5813,147 +12469,250 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415FBC1E-3BF4-4293-9CA2-D7CEEEAFF960}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996E36AE-41D6-4F3E-B11E-D92073ACFAE9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="94c29f50-33b2-49b0-83ca-25728909a123"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="5bc9d522-2386-425a-9f2a-a617cf877ec0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E259DAF3-6D30-4C99-A456-995AFAEFF461}"/>
-[...13 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F2E0062-0E5A-458F-8719-8EB956752EF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D718999-5C3C-45F5-A9A7-6657AC4571DC}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB374800-F1BE-4EC5-AB7D-E96D51E6D68C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B85CC61B-FCF4-4BB3-A74B-720288913D17}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6EDFD06-61C5-42B7-AB89-81F08AD935EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5282</Characters>
+  <Pages>9</Pages>
+  <Words>1389</Words>
+  <Characters>7708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>309</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6196</CharactersWithSpaces>
+  <CharactersWithSpaces>9026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="24" baseType="variant">
+      <vt:variant>
+        <vt:i4>1900564</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://implementation.fpg.unc.edu/resource/tool-root-cause-analysis-understanding-a-community-need/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://education.ky.gov/_layouts/download.aspx?SourceUrl=curriculum/modcurrframe/Documents/PLC_Observation_Tool.docx</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/teachtools/Documents/KyMTSS_Self-Assessment_Tool.docx</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393304</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://education.ky.gov/curriculum/standards/teachtools/Documents/KyMTSS_Implementation_Guide.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Data Analysis Protocol</dc:title>
+  <dc:title>Data Analysis Protocol v2</dc:title>
   <dc:subject/>
-  <dc:creator>Revised</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Kentucky Department of Education - Office of Teaching and Learning</dc:creator>
+  <cp:keywords>data-based decision making</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B00BC5C4F1629F0944C836DD8C969CE2257</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
-    <vt:lpwstr>2024-07-26T12:44:29Z</vt:lpwstr>
+    <vt:lpwstr>2024-07-24T18:26:44Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
     <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
-    <vt:lpwstr>275b8711-df64-49d1-a5d6-0c97f05a0c1a</vt:lpwstr>
+    <vt:lpwstr>0e73bc1a-db66-43e6-88ac-2fbcca86bcbb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="GrammarlyDocumentId">
+    <vt:lpwstr>4ed0157d-c93e-431d-b1eb-df18dffea96a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>2bc32f08-b337-4b20-afb2-927fd92d6135</vt:lpwstr>
   </property>
 </Properties>
 </file>