--- v0 (2025-11-15)
+++ v1 (2026-03-18)
@@ -1,314 +1,316 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="tif" ContentType="image/tiff"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...43 lines deleted...]
-  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...15 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide74.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide76.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...32 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483660" r:id="rId4"/>
-    <p:sldMasterId id="2147483722" r:id="rId5"/>
+    <p:sldMasterId id="2147483660" r:id="rId5"/>
+    <p:sldMasterId id="2147483722" r:id="rId6"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId81"/>
+    <p:notesMasterId r:id="rId83"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId82"/>
+    <p:handoutMasterId r:id="rId84"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="364" r:id="rId6"/>
-[...73 lines deleted...]
-    <p:sldId id="309" r:id="rId80"/>
+    <p:sldId id="364" r:id="rId7"/>
+    <p:sldId id="365" r:id="rId8"/>
+    <p:sldId id="366" r:id="rId9"/>
+    <p:sldId id="331" r:id="rId10"/>
+    <p:sldId id="367" r:id="rId11"/>
+    <p:sldId id="369" r:id="rId12"/>
+    <p:sldId id="332" r:id="rId13"/>
+    <p:sldId id="333" r:id="rId14"/>
+    <p:sldId id="368" r:id="rId15"/>
+    <p:sldId id="334" r:id="rId16"/>
+    <p:sldId id="356" r:id="rId17"/>
+    <p:sldId id="335" r:id="rId18"/>
+    <p:sldId id="357" r:id="rId19"/>
+    <p:sldId id="337" r:id="rId20"/>
+    <p:sldId id="358" r:id="rId21"/>
+    <p:sldId id="377" r:id="rId22"/>
+    <p:sldId id="360" r:id="rId23"/>
+    <p:sldId id="361" r:id="rId24"/>
+    <p:sldId id="340" r:id="rId25"/>
+    <p:sldId id="341" r:id="rId26"/>
+    <p:sldId id="342" r:id="rId27"/>
+    <p:sldId id="363" r:id="rId28"/>
+    <p:sldId id="343" r:id="rId29"/>
+    <p:sldId id="371" r:id="rId30"/>
+    <p:sldId id="344" r:id="rId31"/>
+    <p:sldId id="345" r:id="rId32"/>
+    <p:sldId id="372" r:id="rId33"/>
+    <p:sldId id="347" r:id="rId34"/>
+    <p:sldId id="348" r:id="rId35"/>
+    <p:sldId id="350" r:id="rId36"/>
+    <p:sldId id="362" r:id="rId37"/>
+    <p:sldId id="351" r:id="rId38"/>
+    <p:sldId id="373" r:id="rId39"/>
+    <p:sldId id="352" r:id="rId40"/>
+    <p:sldId id="374" r:id="rId41"/>
+    <p:sldId id="370" r:id="rId42"/>
+    <p:sldId id="316" r:id="rId43"/>
+    <p:sldId id="317" r:id="rId44"/>
+    <p:sldId id="269" r:id="rId45"/>
+    <p:sldId id="270" r:id="rId46"/>
+    <p:sldId id="271" r:id="rId47"/>
+    <p:sldId id="318" r:id="rId48"/>
+    <p:sldId id="273" r:id="rId49"/>
+    <p:sldId id="278" r:id="rId50"/>
+    <p:sldId id="279" r:id="rId51"/>
+    <p:sldId id="320" r:id="rId52"/>
+    <p:sldId id="319" r:id="rId53"/>
+    <p:sldId id="376" r:id="rId54"/>
+    <p:sldId id="282" r:id="rId55"/>
+    <p:sldId id="321" r:id="rId56"/>
+    <p:sldId id="322" r:id="rId57"/>
+    <p:sldId id="285" r:id="rId58"/>
+    <p:sldId id="326" r:id="rId59"/>
+    <p:sldId id="295" r:id="rId60"/>
+    <p:sldId id="327" r:id="rId61"/>
+    <p:sldId id="297" r:id="rId62"/>
+    <p:sldId id="298" r:id="rId63"/>
+    <p:sldId id="299" r:id="rId64"/>
+    <p:sldId id="301" r:id="rId65"/>
+    <p:sldId id="330" r:id="rId66"/>
+    <p:sldId id="303" r:id="rId67"/>
+    <p:sldId id="323" r:id="rId68"/>
+    <p:sldId id="288" r:id="rId69"/>
+    <p:sldId id="289" r:id="rId70"/>
+    <p:sldId id="324" r:id="rId71"/>
+    <p:sldId id="290" r:id="rId72"/>
+    <p:sldId id="325" r:id="rId73"/>
+    <p:sldId id="293" r:id="rId74"/>
+    <p:sldId id="304" r:id="rId75"/>
+    <p:sldId id="305" r:id="rId76"/>
+    <p:sldId id="306" r:id="rId77"/>
+    <p:sldId id="329" r:id="rId78"/>
+    <p:sldId id="308" r:id="rId79"/>
+    <p:sldId id="375" r:id="rId80"/>
+    <p:sldId id="309" r:id="rId81"/>
+    <p:sldId id="378" r:id="rId82"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7023100" cy="9309100"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -412,94 +414,94 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="19074" autoAdjust="0"/>
     <p:restoredTop sz="87022" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="53" d="100"/>
+          <a:sy n="53" d="100"/>
         </p:scale>
-        <p:origin x="200" y="656"/>
+        <p:origin x="686" y="48"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="-20970"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="36" d="100"/>
           <a:sy n="36" d="100"/>
         </p:scale>
         <p:origin x="2508" y="36"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10300"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
@@ -1224,403 +1226,336 @@
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/equation1" loCatId="" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple4" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3" csCatId="mainScheme" phldr="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{A98737C0-0D5D-9D41-978D-AF384EEF86F1}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C0254686-7DBF-2A43-9E75-F401AED393D1}" type="parTrans" cxnId="{B38CB743-FF49-BC41-A6DB-B54746D7BA2E}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}" type="sibTrans" cxnId="{B38CB743-FF49-BC41-A6DB-B54746D7BA2E}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{08642785-6D34-924C-B753-86102B1E6E75}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6B6389A5-B4B7-6347-ADA5-41B1142D4D0C}" type="parTrans" cxnId="{1E64F55C-FB6E-A944-9088-F9918F110744}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}" type="sibTrans" cxnId="{1E64F55C-FB6E-A944-9088-F9918F110744}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1AAC4568-ED9B-8B4C-8DC7-B58221FAA66E}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" dirty="0"/>
             <a:t>UP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F9A9E072-1FD5-7145-AF2D-8AFF7171E806}" type="parTrans" cxnId="{E2A8B5E1-E240-3146-8208-C4A04538A7EC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FF7436C5-3EB3-A94E-8188-1F3407965B9E}" type="sibTrans" cxnId="{E2A8B5E1-E240-3146-8208-C4A04538A7EC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{80806CB4-9734-DD40-954C-1083DA9FA151}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0EDE1217-7CC5-3E40-904F-7869F63B12AD}" type="parTrans" cxnId="{B5C56BC1-66FF-814C-8892-FED0635839C1}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}" type="sibTrans" cxnId="{B5C56BC1-66FF-814C-8892-FED0635839C1}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{88F30D05-BB46-4144-962C-87B37E823712}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" dirty="0"/>
             <a:t>…</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{89FC11EB-33DB-FB4B-B949-66AD560F6272}" type="parTrans" cxnId="{8AE2FE69-45BC-0A48-8CE6-B4E84C7A7EA0}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5F8788C2-8247-484B-9A15-792ACAE8FD42}" type="sibTrans" cxnId="{8AE2FE69-45BC-0A48-8CE6-B4E84C7A7EA0}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D5991902-EC47-E94A-9749-9C56599379A8}" type="pres">
       <dgm:prSet presAssocID="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" presName="linearFlow" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D671EB42-34AA-6043-BB9E-35023AC11B90}" type="pres">
       <dgm:prSet presAssocID="{A98737C0-0D5D-9D41-978D-AF384EEF86F1}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7222B845-4A41-1049-BC97-DF0E890C27DA}" type="pres">
       <dgm:prSet presAssocID="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}" presName="spacerL" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CECCF384-C021-E840-9957-3ED0628F9216}" type="pres">
       <dgm:prSet presAssocID="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A3385281-B096-514C-81D9-C189A4311D6B}" type="pres">
       <dgm:prSet presAssocID="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}" presName="spacerR" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{81F104BA-EBA4-724C-AE0D-DC613E7F9C2C}" type="pres">
       <dgm:prSet presAssocID="{80806CB4-9734-DD40-954C-1083DA9FA151}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{29F7E5AB-068C-704A-B1AC-9428623C6FEE}" type="pres">
       <dgm:prSet presAssocID="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}" presName="spacerL" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D5F4241C-6DFD-4042-ACEC-82CCE30CC3BA}" type="pres">
       <dgm:prSet presAssocID="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="1" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5EA41A13-1170-9D45-AD00-B36D5693CF8B}" type="pres">
       <dgm:prSet presAssocID="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}" presName="spacerR" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{A5EB8C9D-CD08-3F45-A3C4-8F15890BBAD7}" type="pres">
       <dgm:prSet presAssocID="{88F30D05-BB46-4144-962C-87B37E823712}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{858CB1F2-B058-BD4A-9949-EA1EA504FCD9}" type="pres">
       <dgm:prSet presAssocID="{5F8788C2-8247-484B-9A15-792ACAE8FD42}" presName="spacerL" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D2AFBAB3-88BC-BC43-A0E5-2717017AD7AA}" type="pres">
       <dgm:prSet presAssocID="{5F8788C2-8247-484B-9A15-792ACAE8FD42}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="2" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4DAB4F9F-1D38-7842-A6DC-20479AC740C0}" type="pres">
       <dgm:prSet presAssocID="{5F8788C2-8247-484B-9A15-792ACAE8FD42}" presName="spacerR" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{8F939BC5-A677-DF46-B2C0-032D08395E32}" type="pres">
       <dgm:prSet presAssocID="{08642785-6D34-924C-B753-86102B1E6E75}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B1F4DF72-28D3-9E49-A2DE-47D82766E067}" type="pres">
       <dgm:prSet presAssocID="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}" presName="spacerL" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{674710F7-E679-AB4C-AD5F-C98647FF4E6F}" type="pres">
       <dgm:prSet presAssocID="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="3" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7433321E-DA9F-A348-B1DE-C33A1A1CD4BB}" type="pres">
       <dgm:prSet presAssocID="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}" presName="spacerR" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{8E4FF598-45BF-A344-997D-18CF978FF2FA}" type="pres">
       <dgm:prSet presAssocID="{1AAC4568-ED9B-8B4C-8DC7-B58221FAA66E}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{D8083111-B34C-41E6-B01F-B94DC7DDC914}" type="presOf" srcId="{80806CB4-9734-DD40-954C-1083DA9FA151}" destId="{81F104BA-EBA4-724C-AE0D-DC613E7F9C2C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{2CF75E16-5163-49B3-B9ED-26D3C4C64C34}" type="presOf" srcId="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}" destId="{674710F7-E679-AB4C-AD5F-C98647FF4E6F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{F3276832-89AE-4C6D-B914-5CC86E92620A}" type="presOf" srcId="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}" destId="{D5F4241C-6DFD-4042-ACEC-82CCE30CC3BA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{1E64F55C-FB6E-A944-9088-F9918F110744}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{08642785-6D34-924C-B753-86102B1E6E75}" srcOrd="3" destOrd="0" parTransId="{6B6389A5-B4B7-6347-ADA5-41B1142D4D0C}" sibTransId="{AFFBE5B1-FCF6-9444-8E35-E2E1751FF8B5}"/>
     <dgm:cxn modelId="{B38CB743-FF49-BC41-A6DB-B54746D7BA2E}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{A98737C0-0D5D-9D41-978D-AF384EEF86F1}" srcOrd="0" destOrd="0" parTransId="{C0254686-7DBF-2A43-9E75-F401AED393D1}" sibTransId="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}"/>
     <dgm:cxn modelId="{8AE2FE69-45BC-0A48-8CE6-B4E84C7A7EA0}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{88F30D05-BB46-4144-962C-87B37E823712}" srcOrd="2" destOrd="0" parTransId="{89FC11EB-33DB-FB4B-B949-66AD560F6272}" sibTransId="{5F8788C2-8247-484B-9A15-792ACAE8FD42}"/>
+    <dgm:cxn modelId="{1E7A5853-AD45-4848-A085-1F4B6E0D0DC7}" type="presOf" srcId="{A98737C0-0D5D-9D41-978D-AF384EEF86F1}" destId="{D671EB42-34AA-6043-BB9E-35023AC11B90}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{FBA8F090-FCB1-4924-A2A3-3B78B4F81153}" type="presOf" srcId="{F0576FA6-4D85-C640-BCA7-785BCC0D6521}" destId="{CECCF384-C021-E840-9957-3ED0628F9216}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{DD0F64B1-1C55-4B04-8ACB-B0D05F1219C1}" type="presOf" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{D5991902-EC47-E94A-9749-9C56599379A8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{A17ED2B9-1065-468B-9B8F-2E8116C2C001}" type="presOf" srcId="{08642785-6D34-924C-B753-86102B1E6E75}" destId="{8F939BC5-A677-DF46-B2C0-032D08395E32}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{77F345BA-4178-48AD-A268-E58F9632D347}" type="presOf" srcId="{1AAC4568-ED9B-8B4C-8DC7-B58221FAA66E}" destId="{8E4FF598-45BF-A344-997D-18CF978FF2FA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
+    <dgm:cxn modelId="{B5C56BC1-66FF-814C-8892-FED0635839C1}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{80806CB4-9734-DD40-954C-1083DA9FA151}" srcOrd="1" destOrd="0" parTransId="{0EDE1217-7CC5-3E40-904F-7869F63B12AD}" sibTransId="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}"/>
+    <dgm:cxn modelId="{E2A8B5E1-E240-3146-8208-C4A04538A7EC}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{1AAC4568-ED9B-8B4C-8DC7-B58221FAA66E}" srcOrd="4" destOrd="0" parTransId="{F9A9E072-1FD5-7145-AF2D-8AFF7171E806}" sibTransId="{FF7436C5-3EB3-A94E-8188-1F3407965B9E}"/>
+    <dgm:cxn modelId="{F26F17F2-CBD5-4EC0-B5E0-FAE3BB723741}" type="presOf" srcId="{88F30D05-BB46-4144-962C-87B37E823712}" destId="{A5EB8C9D-CD08-3F45-A3C4-8F15890BBAD7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{168875FE-9386-4B36-AB8C-9ED6E01FB3B0}" type="presOf" srcId="{5F8788C2-8247-484B-9A15-792ACAE8FD42}" destId="{D2AFBAB3-88BC-BC43-A0E5-2717017AD7AA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
-    <dgm:cxn modelId="{D8083111-B34C-41E6-B01F-B94DC7DDC914}" type="presOf" srcId="{80806CB4-9734-DD40-954C-1083DA9FA151}" destId="{81F104BA-EBA4-724C-AE0D-DC613E7F9C2C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
-[...10 lines deleted...]
-    <dgm:cxn modelId="{B5C56BC1-66FF-814C-8892-FED0635839C1}" srcId="{BD49E385-0F90-B24E-86DA-CAB6215A4860}" destId="{80806CB4-9734-DD40-954C-1083DA9FA151}" srcOrd="1" destOrd="0" parTransId="{0EDE1217-7CC5-3E40-904F-7869F63B12AD}" sibTransId="{7FCA6973-DC46-994E-9600-5CEEED88ABA6}"/>
     <dgm:cxn modelId="{69B87B8F-E995-45FC-835A-1A65D40A34A5}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{D671EB42-34AA-6043-BB9E-35023AC11B90}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{29FE0D36-AFEE-4F04-8618-3B6C08021352}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{7222B845-4A41-1049-BC97-DF0E890C27DA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{25646B32-047A-4FA9-86E1-DF0121986A6A}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{CECCF384-C021-E840-9957-3ED0628F9216}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{7FD4BEE3-5FBE-4F23-84D7-B941D8730487}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{A3385281-B096-514C-81D9-C189A4311D6B}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{BF9C7F60-7184-4273-AFDD-5810FD2E98A0}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{81F104BA-EBA4-724C-AE0D-DC613E7F9C2C}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{706F515B-6C29-4682-8A39-66BB94DA124A}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{29F7E5AB-068C-704A-B1AC-9428623C6FEE}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{A2F02A37-AF6E-4674-8587-15ECD36333D3}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{D5F4241C-6DFD-4042-ACEC-82CCE30CC3BA}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{05423E6A-C04C-4D6E-B921-5BA3060DB756}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{5EA41A13-1170-9D45-AD00-B36D5693CF8B}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{92E81951-C379-4096-8ACA-0E8BD9120AEC}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{A5EB8C9D-CD08-3F45-A3C4-8F15890BBAD7}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{7EAB99AE-BEBE-4309-B93D-15A803C6120C}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{858CB1F2-B058-BD4A-9949-EA1EA504FCD9}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{DA92C1B2-31B7-4171-9D86-842FF7C4F5C0}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{D2AFBAB3-88BC-BC43-A0E5-2717017AD7AA}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{14BA22A9-572C-4D1D-B78B-43C8485A2C55}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{4DAB4F9F-1D38-7842-A6DC-20479AC740C0}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{D141897E-C272-453D-A98D-88DD5CE41B2C}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{8F939BC5-A677-DF46-B2C0-032D08395E32}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{421606AB-7769-4818-AFBD-3A27988A6616}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{B1F4DF72-28D3-9E49-A2DE-47D82766E067}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{40E4FF6B-069C-4475-96D4-9DD5093ABA64}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{674710F7-E679-AB4C-AD5F-C98647FF4E6F}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{8DCB0AA8-1B7D-4EDE-8DB8-B1348CF37E4C}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{7433321E-DA9F-A348-B1DE-C33A1A1CD4BB}" srcOrd="15" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
     <dgm:cxn modelId="{27D03DED-507C-40C3-AE25-74C312215B43}" type="presParOf" srcId="{D5991902-EC47-E94A-9749-9C56599379A8}" destId="{8E4FF598-45BF-A344-997D-18CF978FF2FA}" srcOrd="16" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/equation1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
@@ -1682,66 +1617,66 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="52070" tIns="52070" rIns="52070" bIns="52070" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1822450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1822450">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="158574" y="1898570"/>
         <a:ext cx="728821" cy="728821"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{CECCF384-C021-E840-9957-3ED0628F9216}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1122032" y="1964075"/>
           <a:ext cx="597811" cy="597811"/>
         </a:xfrm>
         <a:prstGeom prst="mathPlus">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="dk2">
                 <a:tint val="60000"/>
@@ -1776,60 +1711,61 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1000" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="1201272" y="2192678"/>
         <a:ext cx="439331" cy="140605"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{81F104BA-EBA4-724C-AE0D-DC613E7F9C2C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1803537" y="1747626"/>
           <a:ext cx="1030709" cy="1030709"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
@@ -1864,66 +1800,66 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="52070" tIns="52070" rIns="52070" bIns="52070" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1822450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1822450">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="1954481" y="1898570"/>
         <a:ext cx="728821" cy="728821"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D5F4241C-6DFD-4042-ACEC-82CCE30CC3BA}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="2917940" y="1964075"/>
           <a:ext cx="597811" cy="597811"/>
         </a:xfrm>
         <a:prstGeom prst="mathPlus">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="dk2">
                 <a:tint val="60000"/>
@@ -1958,60 +1894,61 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1000" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="2997180" y="2192678"/>
         <a:ext cx="439331" cy="140605"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{A5EB8C9D-CD08-3F45-A3C4-8F15890BBAD7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="3599445" y="1747626"/>
           <a:ext cx="1030709" cy="1030709"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
@@ -2046,66 +1983,66 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="52070" tIns="52070" rIns="52070" bIns="52070" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1822450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1822450">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
             <a:t>…</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="3750389" y="1898570"/>
         <a:ext cx="728821" cy="728821"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D2AFBAB3-88BC-BC43-A0E5-2717017AD7AA}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="4713848" y="1964075"/>
           <a:ext cx="597811" cy="597811"/>
         </a:xfrm>
         <a:prstGeom prst="mathPlus">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="dk2">
                 <a:tint val="60000"/>
@@ -2140,60 +2077,61 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1000" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="4793088" y="2192678"/>
         <a:ext cx="439331" cy="140605"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{8F939BC5-A677-DF46-B2C0-032D08395E32}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="5395353" y="1747626"/>
           <a:ext cx="1030709" cy="1030709"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
@@ -2228,63 +2166,64 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="52070" tIns="52070" rIns="52070" bIns="52070" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1822450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1822450">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
             <a:t>LP</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="5546297" y="1898570"/>
         <a:ext cx="728821" cy="728821"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{674710F7-E679-AB4C-AD5F-C98647FF4E6F}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="6509755" y="1964075"/>
           <a:ext cx="597811" cy="597811"/>
         </a:xfrm>
         <a:prstGeom prst="mathEqual">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
@@ -2321,60 +2260,61 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1200150">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1200150">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="2700" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="6588995" y="2087224"/>
         <a:ext cx="439331" cy="351513"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{8E4FF598-45BF-A344-997D-18CF978FF2FA}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="7191260" y="1747626"/>
           <a:ext cx="1030709" cy="1030709"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
@@ -2409,66 +2349,66 @@
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="52070" tIns="52070" rIns="52070" bIns="52070" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="1822450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1822450">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
             <a:t>UP</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="4100" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="7342204" y="1898570"/>
         <a:ext cx="728821" cy="728821"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/equation1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="relationship" pri="17000"/>
     <dgm:cat type="process" pri="25000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
@@ -3711,51 +3651,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3978132" y="0"/>
             <a:ext cx="3043343" cy="467072"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5B891F8B-2DDC-40D4-A6D2-29E2352A1CC6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/19</a:t>
+              <a:t>3/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8842030"/>
             <a:ext cx="3043343" cy="467071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3880,51 +3820,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3978132" y="0"/>
             <a:ext cx="3043343" cy="467072"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5AB65A15-DD0D-4C4E-8FD9-C5CB5617D18A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/19</a:t>
+              <a:t>3/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="719138" y="1163638"/>
             <a:ext cx="5584825" cy="3141662"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3944,82 +3884,81 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702310" y="4480004"/>
             <a:ext cx="5618480" cy="3665458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8842030"/>
             <a:ext cx="3043343" cy="467071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0" anchor="b"/>
           <a:lstStyle>
@@ -4149,275 +4088,275 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide43.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide44.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide45.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide49.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide52.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide52.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide54.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide56.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide56.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide57.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide57.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide58.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide59.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide59.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide61.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide61.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide63.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide63.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide64.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide64.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide66.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide66.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide68.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide68.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide69.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide69.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide70.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide70.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide71.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide71.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide73.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide73.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide75.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide75.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -8237,51 +8176,51 @@
           <p:cNvPr id="101380" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="1" defTabSz="933130" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3040457724"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8303,51 +8242,51 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="409575" y="696913"/>
             <a:ext cx="6205538" cy="3490912"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1220170354"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8520,51 +8459,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1333" name="Shape 1333"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702310" y="4421823"/>
             <a:ext cx="5618480" cy="4189095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="93308" tIns="93308" rIns="93308" bIns="93308" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="995982187"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8731,51 +8670,51 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="409575" y="696913"/>
             <a:ext cx="6205538" cy="3490912"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2755291027"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 221"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -9290,51 +9229,51 @@
         <p:nvSpPr>
           <p:cNvPr id="101380" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3252891725"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 887"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -9529,66 +9468,66 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>Optional: ACESSE Resource F will be focused on phenomena-focused instruction. Exploring that resource should deepen how you identify assessment scenarios. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr defTabSz="466618">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t>[estimated time: 3-7 minutes]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3978132" y="8842029"/>
             <a:ext cx="3043343" cy="465455"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9907,51 +9846,51 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2402740597"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 887"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10298,51 +10237,51 @@
         <p:nvSpPr>
           <p:cNvPr id="101380" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="1" defTabSz="461533">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
-            <a:endParaRPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="989813541"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11247,51 +11186,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C1E2BC98-6EA0-4EE7-A97F-558F26662BCA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1700168268"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.tif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.tif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -11311,51 +11250,51 @@
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -11412,54 +11351,53 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="874469" y="1477104"/>
             <a:ext cx="8664694" cy="1646302"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="5400">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1285102" y="3346212"/>
             <a:ext cx="8298206" cy="1096899"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="r">
@@ -11533,62 +11471,57 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="28" name="Group 27"/>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6866467"/>
             <a:chOff x="0" y="-8467"/>
             <a:chExt cx="12192000" cy="6866467"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="29" name="Straight Connector 28"/>
             <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
@@ -11698,50 +11631,57 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="36000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="32" name="Rectangle 25"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9603442" y="-8467"/>
               <a:ext cx="2588558" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2573311" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2573311" y="0"/>
@@ -11761,92 +11701,106 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="Isosceles Triangle 32"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8932333" y="3048000"/>
               <a:ext cx="3259667" cy="3810000"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Rectangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9190612" y="-8467"/>
               <a:ext cx="2998214" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2858013" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2858013" y="0"/>
@@ -11867,50 +11821,57 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="Rectangle 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10898730" y="-8467"/>
               <a:ext cx="1290094" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1290094" h="6858000">
                   <a:moveTo>
                     <a:pt x="1019735" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1290094" y="0"/>
@@ -11932,50 +11893,57 @@
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="36" name="Rectangle 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10938999" y="-8467"/>
               <a:ext cx="1249825" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1249825" h="6858000">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1249825" y="0"/>
@@ -11996,134 +11964,155 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Isosceles Triangle 36"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10371666" y="3589867"/>
               <a:ext cx="1817159" cy="3268133"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="Isosceles Triangle 37"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="0" y="4013200"/>
               <a:ext cx="448733" cy="2844800"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 0"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="25000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="42" name="Picture 41"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9747105" y="0"/>
@@ -12152,50 +12141,57 @@
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6F81AC">
               <a:alpha val="80000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10650823" y="6289723"/>
             <a:ext cx="1416021" cy="387824"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1600">
@@ -12295,65 +12291,65 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3507475" y="514924"/>
             <a:ext cx="5766527" cy="6022354"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -12500,51 +12496,51 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click icon to add picture</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12587,51 +12583,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="931334" y="609600"/>
             <a:ext cx="8094134" cy="3022600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4400" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12756,54 +12752,53 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="609600"/>
             <a:ext cx="8348133" cy="3022600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4400" b="0" i="1" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Text Placeholder 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="601142" y="3903134"/>
             <a:ext cx="8596669" cy="514248"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="r">
@@ -12820,51 +12815,51 @@
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="4527448"/>
             <a:ext cx="8520476" cy="1513914"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
@@ -12942,51 +12937,51 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="541870" y="790378"/>
             <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -13111,51 +13106,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="1931988"/>
             <a:ext cx="8596668" cy="2595460"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4400" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="4527448"/>
             <a:ext cx="8596668" cy="1513914"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -13234,51 +13229,51 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -13314,108 +13309,108 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7967673" y="609599"/>
             <a:ext cx="1304743" cy="5251451"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="609600"/>
             <a:ext cx="7060150" cy="5251450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -15990,117 +15985,116 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="257025"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="1773451"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl5pPr marL="2057400" indent="-228600">
               <a:buFont typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11030413" y="6314034"/>
             <a:ext cx="683339" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -18160,54 +18154,53 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="1622694"/>
             <a:ext cx="8596668" cy="1826581"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4400" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677335" y="3722230"/>
             <a:ext cx="8596668" cy="860400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
@@ -18280,51 +18273,51 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -18355,54 +18348,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -18467,51 +18459,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="311380"/>
             <a:ext cx="8944503" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -18525,145 +18517,143 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="1801625"/>
             <a:ext cx="4297680" cy="4694708"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl5pPr marL="2057400" indent="-228600">
               <a:buFont typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Text Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228456" y="1801625"/>
             <a:ext cx="4297680" cy="4694708"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl5pPr marL="2057400" indent="-228600">
               <a:buFont typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604258737"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -18674,51 +18664,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="311380"/>
             <a:ext cx="8944503" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -18732,82 +18722,81 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228456" y="1801625"/>
             <a:ext cx="4297680" cy="4694708"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl5pPr marL="2057400" indent="-228600">
               <a:buFont typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Picture Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581025" y="1801813"/>
             <a:ext cx="4481513" cy="4694237"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
@@ -18837,54 +18826,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -18894,81 +18882,81 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="1801625"/>
             <a:ext cx="4297680" cy="4694708"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228456" y="1801625"/>
             <a:ext cx="4297680" cy="4694708"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3289706518"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -18978,54 +18966,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="1872852"/>
             <a:ext cx="4297679" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
@@ -19046,51 +19033,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228455" y="1872852"/>
             <a:ext cx="4297681" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -19113,158 +19100,158 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="581633" y="2689786"/>
             <a:ext cx="4297680" cy="3806548"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228456" y="2689787"/>
             <a:ext cx="4297680" cy="3806546"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3223522519"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -19277,99 +19264,98 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="609600"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3311841505"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.tif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.tif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
@@ -19500,50 +19486,57 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="36000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Rectangle 25"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9603442" y="-8467"/>
               <a:ext cx="2588558" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2573311" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2573311" y="0"/>
@@ -19563,92 +19556,106 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Isosceles Triangle 23"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8932333" y="3048000"/>
               <a:ext cx="3259667" cy="3810000"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Rectangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9190612" y="-8467"/>
               <a:ext cx="2998214" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2858013" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2858013" y="0"/>
@@ -19669,50 +19676,57 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Rectangle 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10898730" y="-8467"/>
               <a:ext cx="1290094" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1290094" h="6858000">
                   <a:moveTo>
                     <a:pt x="1019735" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1290094" y="0"/>
@@ -19734,50 +19748,57 @@
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Rectangle 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10938999" y="-8467"/>
               <a:ext cx="1249825" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1249825" h="6858000">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1249825" y="0"/>
@@ -19798,217 +19819,237 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Isosceles Triangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10371666" y="3589867"/>
               <a:ext cx="1817159" cy="3268133"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Isosceles Triangle 18"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="0" y="4013200"/>
               <a:ext cx="448733" cy="2844800"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 0"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="25000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="257216"/>
             <a:ext cx="8992572" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="513012" y="1719618"/>
             <a:ext cx="9035346" cy="4955157"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId24">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -20645,50 +20686,57 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="36000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Rectangle 25"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9603442" y="-8467"/>
               <a:ext cx="2588558" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2573311" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2573311" y="0"/>
@@ -20708,92 +20756,106 @@
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Isosceles Triangle 23"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8932333" y="3048000"/>
               <a:ext cx="3259667" cy="3810000"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Rectangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9190612" y="-8467"/>
               <a:ext cx="2998214" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2858013" h="6866467">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2858013" y="0"/>
@@ -20814,50 +20876,57 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Rectangle 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10898730" y="-8467"/>
               <a:ext cx="1290094" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1290094" h="6858000">
                   <a:moveTo>
                     <a:pt x="1019735" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1290094" y="0"/>
@@ -20879,50 +20948,57 @@
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Rectangle 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10938999" y="-8467"/>
               <a:ext cx="1249825" cy="6866467"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1249825" h="6858000">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1249825" y="0"/>
@@ -20943,176 +21019,204 @@
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Isosceles Triangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10371666" y="3589867"/>
               <a:ext cx="1817159" cy="3268133"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 100000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
                 <a:alpha val="66000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Isosceles Triangle 18"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="0" y="4013200"/>
               <a:ext cx="448733" cy="2844800"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst>
                 <a:gd name="adj" fmla="val 0"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="25000"/>
                 <a:alpha val="70000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Isosceles Triangle 16"/>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="1" y="-2"/>
             <a:ext cx="1177627" cy="5336275"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 0"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6F81AC">
               <a:alpha val="80000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11016766" y="6309650"/>
             <a:ext cx="683339" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
@@ -21530,586 +21634,575 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nextgenscience.org/taskscreener" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nextgenscience.org/taskscreener" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.achieve.org/our-initiatives/equip/tools-subject/science/task-annotation-project-science" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.achieve.org/our-initiatives/equip/tools-subject/science/task-annotation-project-science" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/pd/sessiond" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/pd/sessiond" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.JPG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nap.edu/catalog/23548/seeing-students-learn-science-integrating-assessment-and-instruction-in-the" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nap.edu/read/18409/chapter/1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nap.edu/catalog/23548/seeing-students-learn-science-integrating-assessment-and-instruction-in-the" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nap.edu/read/18409/chapter/1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nextgenscienceassessment.org/design-process/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nextgenscienceassessment.org/design-process/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.JPG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/30" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/41" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/41" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nextgenscienceassessment.org/design-process/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nextgenscienceassessment.org/design-process/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide47.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide47.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide48.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide49.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide50.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide65.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide66.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide51.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide67.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide68.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide52.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide52.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide69.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/41" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide53.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stemteachingtools.org/brief/30" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchandpractice.org/NGSSTaskFormats" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stemteachingtools.org/brief/41" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide70.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide54.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide71.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide55.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide55.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide72.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide73.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide56.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide56.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide74.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide57.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide57.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide76.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSeuG8yhFeJ_wetxeFJL04cjy6NTa0IHVrHTn7hb2jipNvWH0w/viewform" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Three-Dimensional Science Tasks	</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Analysis and Development</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4177377772"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 472"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Common Perspectives</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="473" name="Google Shape;473;p77"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" i="1" dirty="0"/>
-              <a:t>thinking about 3D performances, let’s explore some common perspectives...</a:t>
+              <a:t>As we begin to clarify our thinking about 3D performances, let’s explore some common perspectives...</a:t>
             </a:r>
             <a:endParaRPr i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3634808857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 948"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Trade-Offs</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="949" name="Google Shape;949;p124"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457312" y="1412710"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" vert="horz" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" rtlCol="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
@@ -22139,57 +22232,50 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1151773583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 477"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="478" name="Google Shape;478;p78"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
@@ -23235,55 +23321,51 @@
           <p:cNvPr id="495" name="Google Shape;495;p80"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Thought Experiment </a:t>
-[...3 lines deleted...]
-              <a:t>#2</a:t>
+              <a:t>Thought Experiment #2</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="496" name="Google Shape;496;p80"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2315877" y="1499769"/>
             <a:ext cx="1349801" cy="1099475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -25954,85 +26036,84 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Components of this Module</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="431095" y="1274687"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session A:  Using Task Evaluation to Understand Dimensionality</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session B:  Developing 3-D Tasks</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -26052,99 +26133,99 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 567"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Group 2" descr="Measurement of student performance values transfer, figuring out phenomena, solving real world problems, being engaging and incorporate decision making, equitable, incorporates three dimensions, and students can be flexible with creative reasoning">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D29DA230-2E33-47A1-A1C9-C4D93632C8EE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D29DA230-2E33-47A1-A1C9-C4D93632C8EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="468816" y="613077"/>
             <a:ext cx="9734975" cy="5419650"/>
             <a:chOff x="1207800" y="634542"/>
             <a:chExt cx="9734975" cy="5419650"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="568" name="Google Shape;568;p87" descr="Measurement of student performance values transfer, figuring out phenomena, solving real world problems, being engaging and incorporate decision making, equitable, incorporates three dimensions, and students can be flexible with creative reasoning"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId3">
               <a:alphaModFix/>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="1548016" y="634542"/>
               <a:ext cx="9144000" cy="5419650"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="2" name="Group 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BB1F6FBD-0068-40C0-A1AA-74D2E56AAD9F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB1F6FBD-0068-40C0-A1AA-74D2E56AAD9F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1207800" y="1693825"/>
               <a:ext cx="9734975" cy="950325"/>
               <a:chOff x="1207800" y="1693825"/>
               <a:chExt cx="9734975" cy="950325"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="570" name="Google Shape;570;p87"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2433300" y="1839800"/>
                 <a:ext cx="1338600" cy="710700"/>
               </a:xfrm>
@@ -26543,259 +26624,209 @@
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="44450" indent="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2900"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>You have three tasks</a:t>
-[...7 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>You have three tasks. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>By yourself</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr indent="-355600">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Work </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>through each task as a student might </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-355600">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For each task, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Jot </a:t>
-[...7 lines deleted...]
-              <a:t>down</a:t>
+              <a:t>Jot down</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> what you like about the task and what concerns you about the task.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-355600">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Based on your </a:t>
-[...15 lines deleted...]
-              <a:t>evaluation of these tasks, </a:t>
+              <a:t>Based on your initial evaluation of these tasks, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>order the tasks</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-355600">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Make </a:t>
-[...7 lines deleted...]
-              <a:t>notes</a:t>
+              <a:t>Make notes</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> about what patterns in the tasks are driving your decisions. </a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -26937,54 +26968,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Group Task</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1063" name="Google Shape;1063;p134"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" vert="horz" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" rtlCol="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
@@ -27188,57 +27218,50 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1313348218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17410" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -27316,57 +27339,52 @@
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="6600" dirty="0"/>
-              <a:t>What criteria did your group use to order your </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="en-US" sz="6600" dirty="0"/>
+              <a:t>What criteria did your group use to order your tasks?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17412" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11029950" y="6313488"/>
             <a:ext cx="684213" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
@@ -27548,83 +27566,81 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Up to This Point</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Identified what we value in assessments through the Thought Experiments</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Analyzed tasks to determine what our valued criteria may look like</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -27973,54 +27989,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Checklist</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -28038,97 +28053,89 @@
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1393491" y="0"/>
             <a:ext cx="8617618" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="610366321"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 1820"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Annotated Checklist</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -28173,78 +28180,73 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>This tool is used at the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>task</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> level.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Straight Arrow Connector 7" title="arrow"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="8534400" y="1041400"/>
             <a:ext cx="457200" cy="12700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
@@ -28274,62 +28276,57 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Watch out for red flags!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Straight Arrow Connector 10" title="arrow"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="8394701" y="4406900"/>
             <a:ext cx="298449" cy="469900"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
@@ -28359,115 +28356,103 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>At this stage, don’t worry yet about grade-appropriateness </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="19" name="Straight Arrow Connector 18" title="arrow"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="1146634" y="3111500"/>
             <a:ext cx="631366" cy="965200"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1191856056"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 3" hidden="1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
@@ -28644,95 +28629,94 @@
                 </a:solidFill>
               </a:rPr>
               <a:pPr fontAlgn="base">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="Practice task to use with pre-screener" title="task">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55E1FD9F-A67C-4975-9B28-D5F34B5844C0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55E1FD9F-A67C-4975-9B28-D5F34B5844C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1310795" y="703521"/>
             <a:ext cx="8677275" cy="4876800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Modeling Felix’s Jump</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
@@ -28745,83 +28729,76 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="340855497"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B0AF741-0A93-4887-9BE7-DFD699CA818C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B0AF741-0A93-4887-9BE7-DFD699CA818C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="794292" y="452474"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Verdict?</a:t>
             </a:r>
           </a:p>
@@ -28833,51 +28810,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="scale">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E3A723E1-572D-4CB1-998E-DE9D73E16E55}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3A723E1-572D-4CB1-998E-DE9D73E16E55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2917998" y="1270000"/>
             <a:ext cx="5483607" cy="5135526"/>
           </a:xfrm>
@@ -28910,112 +28887,110 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Group Norms</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="420875" y="1278776"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Presume positive intentions</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Listen carefully to one another</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Be open to new ideas</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Be open to productive struggle</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Ask questions</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Allow a chance for everyone to participate</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -29033,108 +29008,108 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{190F2F55-C5E6-4F5C-8816-FE855D26191C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{190F2F55-C5E6-4F5C-8816-FE855D26191C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Next Step?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7AF10C13-6763-4D21-A2ED-4FC1123CEFB6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AF10C13-6763-4D21-A2ED-4FC1123CEFB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="man climbing rocks">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{82F7E36F-ED60-4E05-AA63-332317B2B9EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82F7E36F-ED60-4E05-AA63-332317B2B9EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3349257" y="1858926"/>
             <a:ext cx="4389474" cy="4389474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -29161,133 +29136,132 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Task Screener</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="259762" y="1412710"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Use after a task has been deemed warranting further review.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Provides further look around 4 criteria</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>High-quality scenarios around a phenomenon or problem to solve</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sense-making using the 3 dimensions</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Fairness and equity</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Support intended targets and purpose</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -29319,80 +29293,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B824C022-A969-407D-8AC7-BF3E67A4C263}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B824C022-A969-407D-8AC7-BF3E67A4C263}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Task Screener</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4A315012-8E6A-4006-A30C-BF90E1AFF4E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A315012-8E6A-4006-A30C-BF90E1AFF4E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Using </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
@@ -29480,51 +29453,51 @@
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Jigsaw</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> with other groups</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EFE44C15-DC4C-478B-8613-6B01670A92A1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFE44C15-DC4C-478B-8613-6B01670A92A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -29539,51 +29512,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B0AF741-0A93-4887-9BE7-DFD699CA818C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B0AF741-0A93-4887-9BE7-DFD699CA818C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="794292" y="452474"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Verdict?</a:t>
             </a:r>
           </a:p>
@@ -29595,51 +29568,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="scale">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E3A723E1-572D-4CB1-998E-DE9D73E16E55}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3A723E1-572D-4CB1-998E-DE9D73E16E55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2917998" y="1270000"/>
             <a:ext cx="5483607" cy="5135526"/>
           </a:xfrm>
@@ -29661,202 +29634,195 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D2B795E9-AA78-4C34-B347-D18B7B8CA088}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2B795E9-AA78-4C34-B347-D18B7B8CA088}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{65D0DE7D-D8F0-4A59-84AF-3FA2FBE9CB56}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65D0DE7D-D8F0-4A59-84AF-3FA2FBE9CB56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="293688"/>
             <a:ext cx="8596313" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Where to Find these tools?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{31052071-F517-4690-B32B-959C29FEE7BD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31052071-F517-4690-B32B-959C29FEE7BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="462091" y="6014375"/>
             <a:ext cx="9839325" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>    https://www.nextgenscience.org/taskscreener</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="webpage where screening tools may be located" title="screenshot">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{62FBEFA5-382B-43B4-8C71-4EAB6319EC67}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62FBEFA5-382B-43B4-8C71-4EAB6319EC67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1127236" y="1166591"/>
             <a:ext cx="7719913" cy="4848447"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3710775969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -29882,54 +29848,53 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1676400" y="28554"/>
             <a:ext cx="11150600" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
               <a:t>Task Annotation Project</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="Webpage where annotated tasks can be located." title="screenshot"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="6458" t="16666" r="14687" b="5555"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="762000"/>
             <a:ext cx="9613900" cy="5334000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -29953,143 +29918,130 @@
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://www.achieve.org/our-initiatives/equip/tools-subject/science/task-annotation-project-science</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1787671748"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>In this Session</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="454186" y="1412710"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>We’ve identified what is valued in tasks</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>We’ve used tools to evaluate tasks for key components</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -30118,77 +30070,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Three-Dimensional Science Tasks</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Subtitle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session B:  Developing 3-Dimensional Tasks</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11509375" y="6310313"/>
             <a:ext cx="682625" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -30199,102 +30149,89 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="431800" y="5433150"/>
             <a:ext cx="3175000" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-1657350"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Modified from Bell</a:t>
-[...8 lines deleted...]
-              <a:t>, P., &amp; Morrison, D. (2017). </a:t>
+              <a:t>Modified from Bell, P., &amp; Morrison, D. (2017). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How to Craft a Three-Dimensional Classroom Science Assessment</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. [OER Professional Development Session from the ACESSE Project] Retrieved from </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>http://stemteachingtools.org/pd/SessionD</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" title="decorative image"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3479800" y="5590589"/>
             <a:ext cx="951058" cy="902286"/>
@@ -30328,120 +30265,118 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session Goals</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="259762" y="1244641"/>
             <a:ext cx="9188715" cy="5189210"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>Develop </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
               <a:t>3D Learning Performances </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>as lesson-level learning goals related to unit-level bundles of performance expectations</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>Craft a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
               <a:t>3D classroom assessment </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>focused on a specific 3D learning performance for formative use</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>Engage in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
               <a:t>peer review </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>to study and refine “3dness” of our drafted assessments</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -30551,152 +30486,142 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4286818806"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:cut/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Three-Dimensional Science Tasks</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session A:  Using Task Evaluation to Understand Dimensionality</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="673100" y="5930900"/>
             <a:ext cx="2730500" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>This session has been modified from professional learning around the Science Task Screeners developed by Achieve</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" title="decorative"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:clrChange>
               <a:clrFrom>
                 <a:srgbClr val="000000"/>
               </a:clrFrom>
               <a:clrTo>
                 <a:srgbClr val="000000">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:clrTo>
             </a:clrChange>
             <a:duotone>
               <a:schemeClr val="accent2">
@@ -30708,168 +30633,142 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3277092" y="6134099"/>
             <a:ext cx="1256807" cy="424597"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1068223825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="459817" y="234646"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Formative Assessment</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="338631" y="1064310"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="568510" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="25400" dist="25400" dir="5520000" rotWithShape="0">
                     <a:srgbClr val="FFFFFF">
                       <a:alpha val="71999"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
                 <a:sym typeface="Avenir Next Medium"/>
               </a:rPr>
-              <a:t>“A </a:t>
-[...20 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0">
+              <a:t>“A planned, ongoing process used by all students and teachers during learning and teaching to elicit and use evidence of student learning to improve student understanding of intended disciplinary learning outcomes and support students to become self-directed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="25400" dist="25400" dir="5520000" rotWithShape="0">
                     <a:srgbClr val="FFFFFF">
                       <a:alpha val="71999"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
                 <a:sym typeface="Avenir Next Medium"/>
               </a:rPr>
               <a:t>learners.”</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="25400" dist="25400" dir="5520000" rotWithShape="0">
                   <a:srgbClr val="FFFFFF">
                     <a:alpha val="71999"/>
                   </a:srgbClr>
@@ -30878,121 +30777,52 @@
               <a:latin typeface="Lato Regular"/>
               <a:cs typeface="Lato Regular"/>
               <a:sym typeface="Avenir Next Medium"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="568510" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="25400" dist="25400" dir="5520000" rotWithShape="0">
                     <a:srgbClr val="FFFFFF">
                       <a:alpha val="71999"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
                 <a:sym typeface="Avenir Next Medium"/>
               </a:rPr>
-              <a:t>— Formative Assessment for Students and Teachers (FAST) SCASS, </a:t>
-[...69 lines deleted...]
-            </a:endParaRPr>
+              <a:t>— Formative Assessment for Students and Teachers (FAST) SCASS, 2017, p. 2</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="568510" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="25400" dist="25400" dir="5520000" rotWithShape="0">
                   <a:srgbClr val="FFFFFF">
                     <a:alpha val="71999"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Lato Regular"/>
               <a:cs typeface="Lato Regular"/>
               <a:sym typeface="Avenir Next Medium"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="568510" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
@@ -31057,65 +30887,50 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1535128087"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="image of Fogged Mirror task that includes student work." hidden="1" title="student work"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -31138,54 +30953,53 @@
           <a:xfrm>
             <a:off x="1524000" y="0"/>
             <a:ext cx="9144000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Formative Assessment Examples</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
@@ -31227,118 +31041,93 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="0"/>
             <a:ext cx="9144000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3281540004"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
               <a:t>3D Assessment Tasks</a:t>
-            </a:r>
-[...8 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2E6240"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -33319,57 +33108,50 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2110306501"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 1334"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Group 1" descr="Image shows how formative assessment opportunities fit within a unit of study." title="Unit assessment sequences"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
@@ -33905,62 +33687,50 @@
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en" sz="2400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Merriweather Sans"/>
                   <a:ea typeface="Merriweather Sans"/>
                   <a:cs typeface="Merriweather Sans"/>
                   <a:sym typeface="Merriweather Sans"/>
                 </a:rPr>
                 <a:t>Formative </a:t>
               </a:r>
-              <a:r>
-[...10 lines deleted...]
-              </a:r>
               <a:br>
                 <a:rPr lang="en-US" sz="2400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Merriweather Sans"/>
                   <a:ea typeface="Merriweather Sans"/>
                   <a:cs typeface="Merriweather Sans"/>
                   <a:sym typeface="Merriweather Sans"/>
                 </a:rPr>
               </a:br>
               <a:r>
                 <a:rPr lang="en" sz="2400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Merriweather Sans"/>
                   <a:ea typeface="Merriweather Sans"/>
                   <a:cs typeface="Merriweather Sans"/>
                   <a:sym typeface="Merriweather Sans"/>
                 </a:rPr>
                 <a:t>(e</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" sz="2400" dirty="0">
@@ -34226,97 +33996,89 @@
             <a:tailEnd type="none" w="lg" len="lg"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="312752" y="216231"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Unit Assessment Sequences</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>44</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1904839425"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Content Placeholder 3" title="decorative"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
@@ -34344,125 +34106,100 @@
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1002535" y="53001"/>
             <a:ext cx="8596313" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>3D Learning Performance Sequence</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="281265" y="5215949"/>
             <a:ext cx="8638419" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="457200"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>LP </a:t>
-            </a:r>
+              <a:t>LP = Learning Performance (at lesson level)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="457200"/>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
-                <a:solidFill>
-[...19 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>UP = Unit Performances related to the bundled PEs</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8604060" y="3312640"/>
             <a:ext cx="1448473" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -34500,67 +34237,52 @@
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3254487" y="4473105"/>
               <a:ext cx="3214504" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr defTabSz="457200"/>
               <a:r>
                 <a:rPr lang="en-US" sz="2400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Calibri"/>
                 </a:rPr>
-                <a:t>Formative </a:t>
+                <a:t>Formative Assessment Opportunities</a:t>
               </a:r>
-              <a:r>
-[...13 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="7" name="Straight Arrow Connector 6"/>
             <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm flipH="1" flipV="1">
               <a:off x="1485492" y="3515469"/>
               <a:ext cx="3220457" cy="957637"/>
             </a:xfrm>
             <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
             <a:ln>
               <a:tailEnd type="arrow"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
@@ -34977,577 +34699,550 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Discussion</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="346466" y="1956676"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How do/might you use sequences of embedded formative assessment opportunities—of different kinds—in your teaching of a unit?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>46</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2071951247"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="4800" dirty="0"/>
               <a:t>Approaching Learning and Teaching from a 3D Perspective</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>47</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3451861927"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="454280" y="111512"/>
             <a:ext cx="11208129" cy="763500"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Develop a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>personal</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 3D learning performance…..</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="454280" y="875012"/>
             <a:ext cx="9301837" cy="5650335"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Select one of your favorite hobbies &amp; think of a big learning goal that matters—a performance expectation</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7654F2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>PE:  Double-spin juggling of three pins using both hands</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>1. Unpack the important </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E55A23"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>piece of core knowledge </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>that is needed to do that</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7654F2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>How “hard” to flip a juggling pin to get 2 rotations for a given arc</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2. Unpack a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>practice</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> that demonstrates that they know that piece of knowledge (knowledge-in-use)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7654F2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Repeated, single-hand double flipping of a juggling pin</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>3. Unpack a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>cross-cutting concept </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>learned as well</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7654F2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Hand-eye coordination that relies on peripheral vision &amp; timing</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7654F2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>My 3D Learning Performance:  “The learner is able to </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E55A23"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>double flip </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="6F81AC"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>pin over-and-over in one hand</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> while </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>looking away</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.”</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -36053,171 +35748,154 @@
           <a:xfrm>
             <a:off x="1524000" y="0"/>
             <a:ext cx="9144000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Formative Assessment Examples</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>49</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1976183726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session Goals</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Identify what is valued in tasks </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Use tools to evaluate tasks for key components</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -36251,54 +35929,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Crafting a 3D Task</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>50</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -36316,71 +35993,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="1013287"/>
             <a:ext cx="9188715" cy="5427127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="457200"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>Product: </a:t>
-[...19 lines deleted...]
-              <a:t>min task)</a:t>
+              <a:t>Product: 3D Task (5-20 min task)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Lato Regular"/>
               <a:cs typeface="Lato Regular"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr defTabSz="457200"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Assessment Development Process: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
@@ -36394,77 +36051,60 @@
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Select a target </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>DCI component </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>for a given classroom lesson or </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>for a given classroom lesson or learning experience. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Identify </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>SEP component </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
@@ -36509,108 +36149,98 @@
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Define a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>3D Learning Performance </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>for a specific classroom lesson or </a:t>
-[...9 lines deleted...]
-              <a:t>learning experience. </a:t>
+              <a:t>for a specific classroom lesson or learning experience. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Brainstorm and workshop </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>possible scenarios </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>for eliciting student understanding. Select one to use that is fair for non-dominant students (e.g., ELLs). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Write </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>2D/3D questions </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
@@ -36633,91 +36263,51 @@
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Imagine (or collect) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>student responses </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>(limited, </a:t>
-[...39 lines deleted...]
-              <a:t>). </a:t>
+              <a:t>(limited, partial, full understanding). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Share, review, and revise using workshop approach. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1320537645"/>
       </p:ext>
@@ -36742,99 +36332,91 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 1:  Identify a DCI Component</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="412566" y="1277691"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Explore the PEs and identify a DCI component (or perhaps two) that is a learning goal for a lesson or activity of interest. Focus on a specific piece of the DCI. Start small. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Think about your instructional unit. Pick a conceptual idea (or “nugget”) that is challenging for students to learn—</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>yet crucial. </a:t>
@@ -36919,197 +36501,154 @@
           <a:xfrm>
             <a:off x="1649667" y="294316"/>
             <a:ext cx="6649824" cy="6197896"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Standard MS-PS1-4</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>52</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="99154724"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="445980" y="257060"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
-              <a:t>STEP </a:t>
-[...15 lines deleted...]
-              <a:t>: Identify A Component of a </a:t>
+              <a:t>STEP 2a: Identify A Component of a </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>Science &amp; Engineering Practice</a:t>
-            </a:r>
-[...9 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2E6240"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -37126,58 +36665,58 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Shape 65"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1496148" y="1745131"/>
             <a:ext cx="8604429" cy="1346730"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91364" tIns="45683" rIns="91364" bIns="45683"/>
           <a:lstStyle>
             <a:lvl1pPr marL="485775" indent="-485775" defTabSz="649288">
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" charset="0"/>
                 <a:cs typeface="ＭＳ Ｐゴシック" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750" defTabSz="649288">
               <a:defRPr sz="2400">
@@ -37535,57 +37074,50 @@
                 <a:cs typeface="Lato Heavy"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>STEMteachingtools.org/brief/30 </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2E6240"/>
               </a:solidFill>
               <a:latin typeface="Lato Heavy"/>
               <a:cs typeface="Lato Heavy"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2319745304"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="sample task format for modeling form STEm teaching tool" title="screen shot"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -37617,161 +37149,142 @@
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1385085" y="0"/>
             <a:ext cx="7263157" cy="763500"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
               <a:t>Task Formats for Science &amp; Engineering Practices</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>54</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4294636311"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="589199" y="190959"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>STEP 2b: Identify a Crosscutting Concept Component</a:t>
             </a:r>
-            <a:r>
-[...9 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2E6240"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Heavy"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -37785,58 +37298,58 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Shape 65"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1253271" y="1629132"/>
             <a:ext cx="8604429" cy="1346730"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91364" tIns="45683" rIns="91364" bIns="45683"/>
           <a:lstStyle>
             <a:lvl1pPr marL="485775" indent="-485775" defTabSz="649288">
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" charset="0"/>
                 <a:cs typeface="ＭＳ Ｐゴシック" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750" defTabSz="649288">
               <a:defRPr sz="2400">
@@ -38192,57 +37705,50 @@
                 <a:cs typeface="Lato Heavy"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2E6240"/>
               </a:solidFill>
               <a:latin typeface="Lato Heavy"/>
               <a:cs typeface="Lato Heavy"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1138497263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="sample prompt for cause and effect from STEM teaching tool." title="screenshot"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -38278,320 +37784,278 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>Prompts for Assessing Cross-Cutting Concepts</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>56</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1846129863"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr tIns="91440" bIns="91440">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
-              <a:t>STEP </a:t>
-[...11 lines deleted...]
-              <a:t>Define a 3D </a:t>
+              <a:t>STEP 3: Define a 3D </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:cs typeface="Lato Heavy"/>
               </a:rPr>
               <a:t>Learning Performance</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>57</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="316224618"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>3D Learning Performances: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Lesson-Level Learning Goals</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0"/>
               <a:t>How will you know if my students are making progress toward the unit-level bundle of performance expectations? </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="3000" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0"/>
               <a:t>3D Learning Performances are specific ‘knowledge-in-use’ statements that include aspects of a disciplinary core idea, a practice, and a crosscutting concept from the bundle</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>They are smaller in scope than a PE</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874306" y="6126164"/>
             <a:ext cx="7498294" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -38631,99 +38095,91 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>58</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2789117278"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Title 8" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sample 3D Learning Performances</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB022EEB-2A74-934B-87F2-03137DF17EAF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
@@ -39131,287 +38587,202 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5505944" y="3437654"/>
             <a:ext cx="3794250" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>DCI: </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:t>DCI: PS4.B</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>PS4.B</a:t>
-[...28 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Practice: Modeling &amp; Argumentation</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>CCC: Structure &amp; Function</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5505944" y="1532592"/>
             <a:ext cx="3156313" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>DCI: </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:t>DCI: ESS2.D</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ESS2.D</a:t>
-[...28 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Practice: Analyze &amp; Interpret Data</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>CCC: Patterns</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5583063" y="4957995"/>
             <a:ext cx="4572000" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>DCI: </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:t>DCI: LS3.A</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>LS3.A</a:t>
-[...28 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Practice: Model</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3366FF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>CCC: Structure &amp; Function</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1548667155"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="800">
         <p:circle/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow">
         <p:circle/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="Image result for task clipart"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -39445,139 +38816,130 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Why Tasks?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660968463"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>3D Learning Performance Mad Lib</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>60</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -40043,329 +39405,268 @@
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>How might we refine them to improve them? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Share &amp; Refine</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What 3D learning performance did you come up with?  Can we all identify the three dimensions?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How might we refine them to improve them?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>61</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1660201391"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP4:  Identifying a Scenario</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="456634" y="1222607"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>We want to identify a scenario to frame the assessment event to students. It needs to fit the intended learning goals and other criteria. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>There are different kinds of scenarios: </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>situations, </a:t>
-[...4 lines deleted...]
-            </a:endParaRPr>
+              <a:t>everyday situations, </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>investigations, </a:t>
-[...4 lines deleted...]
-            </a:endParaRPr>
+              <a:t>science investigations, </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>situations, or </a:t>
-[...4 lines deleted...]
-            </a:endParaRPr>
+              <a:t>classroom situations, or </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>situations. </a:t>
+              <a:t>hypothetical situations. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>62</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -40402,58 +39703,58 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2116667" y="5712839"/>
             <a:ext cx="7977234" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gill Sans" charset="0"/>
                 <a:ea typeface="Avenir Next Medium"/>
                 <a:cs typeface="Gill Sans" charset="0"/>
@@ -40462,62 +39763,50 @@
               <a:t>http://</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" kern="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gill Sans" charset="0"/>
                 <a:ea typeface="Avenir Next Medium"/>
                 <a:cs typeface="Gill Sans" charset="0"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>STEMteachingtools.org</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gill Sans" charset="0"/>
                 <a:ea typeface="Avenir Next Medium"/>
                 <a:cs typeface="Gill Sans" charset="0"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>/brief/28 </a:t>
-            </a:r>
-[...10 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gill Sans" charset="0"/>
                 <a:ea typeface="Avenir Next Medium"/>
                 <a:cs typeface="Gill Sans" charset="0"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gill Sans" charset="0"/>
                 <a:ea typeface="Avenir Next Medium"/>
                 <a:cs typeface="Gill Sans" charset="0"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>http://</a:t>
             </a:r>
             <a:r>
@@ -40666,485 +39955,379 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Keep phenomena central to instruction and assessment. Natural phenomena are observable events that occur in the universe that we can use our science knowledge to explain or predict. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Keep Phenomenon Central</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>63</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2883638107"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 891"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Reflecting on Phenomena</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="259762" y="1412710"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>The most powerful phenomena in instruction are personally relevant or consequential to students.  Such phenomena highlight how science ideas help us explain aspects of real world contexts or design solutions to science-related problems that matter to students, their communities and society.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>The same is true for task scenarios that involve phenomena you want students to reason about.  Has that been your experience?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>64</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3555845353"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 4:  Brainstorm Scenarios</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="434600" y="1350085"/>
             <a:ext cx="9188715" cy="5146511"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>Criteria for </a:t>
-[...19 lines deleted...]
-              <a:t>scenario…</a:t>
+              <a:t>Criteria for a task scenario…</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>It should allow students from non-dominant communities (e.g., ELLs, students from poverty-impacted communities, differently abled) to fully engage with the task. We should design for them first! </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>It should involve a compelling </a:t>
-[...39 lines deleted...]
-              <a:t>for an awesome, month-long unit. </a:t>
+              <a:t>It should involve a compelling phenomenon related to one or more of the DCIs being assessed—and not feel like a test-like task. It should beg for explanation! Make it more like an anchoring phenomenon for an awesome, month-long unit. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>It should lend itself to a broad range of the science and engineering practices.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>It must be understandable quickly by students. </a:t>
-[...19 lines deleted...]
-              <a:t>this reason, selecting everyday situations can </a:t>
+              <a:t>It must be understandable quickly by students. For this reason, selecting everyday situations can </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>be useful. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
@@ -41218,166 +40401,166 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4727785" y="927358"/>
             <a:ext cx="5249862" cy="5668962"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 3" descr="IMG_7693.JPG" title="decorative"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm rot="5400000">
             <a:off x="1694600" y="4368800"/>
             <a:ext cx="2684463" cy="2012950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 4" descr="IMG_7688.JPG" title="decorative"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="319643" y="187488"/>
             <a:ext cx="3006725" cy="3719512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4352313" y="163513"/>
             <a:ext cx="5625334" cy="568815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -41422,294 +40605,228 @@
                 <a:ea typeface="Gill Sans" charset="0"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>Sample Scenario Brainstorm</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sample Scenario Brainstorm</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>66</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2717756004"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide67.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 4:  Workshop the Scenarios</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="1222607"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>How do you think the </a:t>
-[...37 lines deleted...]
-            </a:endParaRPr>
+              <a:t>How do you think the leading scenarios relate to your learning performance? Describe how. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
-[...33 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Lato Regular"/>
               <a:cs typeface="Lato Regular"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:pPr marL="514350" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Regular"/>
+                <a:cs typeface="Lato Regular"/>
+              </a:rPr>
+              <a:t>Relate the criteria to the leading scenarios. Does it centrally focus on relevant phenomena? How interesting and relevant might each be to your students? Are there confusing cultural components? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Lato Regular"/>
               <a:cs typeface="Lato Regular"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Regular"/>
+              <a:cs typeface="Lato Regular"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>After </a:t>
-[...9 lines deleted...]
-              <a:t>the discussion, select the best scenario and craft student-facing language for it. It should be lean, but clear. Perhaps include a clarifying picture or diagram. </a:t>
+              <a:t>After the discussion, select the best scenario and craft student-facing language for it. It should be lean, but clear. Perhaps include a clarifying picture or diagram. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -41745,181 +40862,172 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Reflection</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="346466" y="1288709"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="4800" i="1" dirty="0"/>
               <a:t>What did you learn about identifying a scenario so that it is relevant, clear and fair?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4800" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>68</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2618066737"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide69.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Shape 65"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1110051" y="1124772"/>
             <a:ext cx="4332295" cy="1346730"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91364" tIns="45683" rIns="91364" bIns="45683"/>
           <a:lstStyle>
             <a:lvl1pPr marL="485775" indent="-485775" defTabSz="649288">
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" charset="0"/>
                 <a:cs typeface="ＭＳ Ｐゴシック" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750" defTabSz="649288">
               <a:defRPr sz="2400">
@@ -42451,97 +41559,89 @@
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="401913" y="158305"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 5:  Build 2D or 3D Questions</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>69</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1927412653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 430"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="431" name="Google Shape;431;p74"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
@@ -43024,57 +42124,50 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3497392517"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide70.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Shape 65"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
@@ -43405,109 +42498,101 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="192592" y="135875"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 6:  Imagine Student Responses</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>70</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2546998961"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="800">
         <p:circle/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow">
         <p:circle/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide71.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Shape 65"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
@@ -43823,166 +42908,146 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="236659" y="80790"/>
             <a:ext cx="8596668" cy="1320800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>STEP 7a:  Share, Review &amp; Revise</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>71</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3913203390"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="800">
         <p:circle/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow">
         <p:circle/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide72.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Lato Heavy"/>
                 <a:ea typeface="Gill Sans" charset="0"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
               <a:t>STEP 7b: Share, Review &amp; Revise</a:t>
-            </a:r>
-[...10 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2E6240"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Heavy"/>
                 <a:ea typeface="Gill Sans" charset="0"/>
                 <a:cs typeface="Lato Heavy"/>
                 <a:sym typeface="Gill Sans" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
@@ -45805,97 +44870,89 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62A24955-AE2C-7045-8623-676839E8F9CA}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>73</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1994790084"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide74.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Crafting a 3D Task</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>74</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -45909,116 +44966,89 @@
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="555786" y="1013287"/>
             <a:ext cx="9188715" cy="4555093"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>Select </a:t>
-[...9 lines deleted...]
-              <a:t>a target </a:t>
+              <a:t>Select a target </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>DCI component </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>for a given classroom lesson or </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>for a given classroom lesson or learning experience. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Identify </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>SEP component </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
@@ -46063,108 +45093,98 @@
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Define a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>3D Learning Performance </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>for a specific classroom lesson or </a:t>
-[...9 lines deleted...]
-              <a:t>learning experience. </a:t>
+              <a:t>for a specific classroom lesson or learning experience. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Brainstorm and workshop </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>possible scenarios </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>for eliciting student understanding. Select one to use that is fair for non-dominant students (e.g., ELLs). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Write </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>2D/3D questions </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
@@ -46187,91 +45207,51 @@
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Imagine (or collect) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>student responses </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
-              <a:t>(limited, </a:t>
-[...39 lines deleted...]
-              <a:t>). </a:t>
+              <a:t>(limited, partial, full understanding). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" defTabSz="457200">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Regular"/>
                 <a:cs typeface="Lato Regular"/>
               </a:rPr>
               <a:t>Share, review, and revise using workshop approach. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3293317663"/>
       </p:ext>
@@ -46411,126 +45391,275 @@
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>After focusing closely on the three dimensions of science learning, what implications for your teaching occur to you? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Session Reflection</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How can 3D learning performances help you map out a series of formative assessment opportunities across a unit that you teach?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>After focusing closely on the three dimensions of science learning, what implications for your teaching occur to you?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>75</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4066146226"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide76.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A685B26F-AB0B-98DC-DF76-9F0ABD80637B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Certificate of Completion</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A6FCB8A-BFB3-5446-C211-5E694F23D5AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Thank you for completing this module provided by the Kentucky Department of Education.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Please use the link below to obtain your certificate of completion.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education Professional Learning Module Feedback and Certification</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F8506D6-2368-D2EC-DA5F-53AE3A19C080}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>76</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3774220133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 449"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="450" name="Google Shape;450;p75"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
@@ -47085,171 +46214,155 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1505791016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Why Tasks?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="444575" y="1412710"/>
             <a:ext cx="9188715" cy="4901324"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Tasks elicit sense-making and problem-solving by focusing strongly on reasoning through the use of scientific and engineering evidence, models and principles.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{91BD7323-49BF-4C97-8773-5EC64C492009}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2935833282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme1">
   <a:themeElements>
     <a:clrScheme name="KDE Template">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="242852"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="ACCBF9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4A66AC"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="629DD1"/>
       </a:accent2>
@@ -48142,59 +47255,85 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-03-12T04:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-01-09T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-721</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-721</Url>
+      <Description>KYED-536-721</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -48446,207 +47585,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA485209-582E-41ED-ADDE-A480BA72E8BD}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62C23E9A-708A-4488-BC53-5F393D41DE67}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cf3aa28c-8d44-408c-a5ca-996a87f6cd59"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="5bc9d522-2386-425a-9f2a-a617cf877ec0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="78e2b29d-1b4d-4e9f-9477-f143619cc5ca"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA485209-582E-41ED-ADDE-A480BA72E8BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6498D229-14C0-418C-B6AD-D2BB0441D195}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74F3333B-2B51-45BA-A848-773DA8E6674E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74F3333B-2B51-45BA-A848-773DA8E6674E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Theme1</Template>
   <TotalTime></TotalTime>
-  <Words>3016</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>3554</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>500</Paragraphs>
-  <Slides>75</Slides>
+  <Paragraphs>507</Paragraphs>
+  <Slides>76</Slides>
   <Notes>57</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>19</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>75</vt:i4>
+        <vt:i4>76</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="96" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Avenir Black</vt:lpstr>
       <vt:lpstr>Avenir Next Medium</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Franklin Gothic Book</vt:lpstr>
       <vt:lpstr>Franklin Gothic Medium</vt:lpstr>
       <vt:lpstr>Georgia</vt:lpstr>
       <vt:lpstr>Gill Sans</vt:lpstr>
-      <vt:lpstr>Gill Sans Light</vt:lpstr>
       <vt:lpstr>Lato</vt:lpstr>
       <vt:lpstr>Lato Heavy</vt:lpstr>
       <vt:lpstr>Lato Light</vt:lpstr>
       <vt:lpstr>Lato Regular</vt:lpstr>
       <vt:lpstr>Merriweather Sans</vt:lpstr>
-      <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Times</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Theme1</vt:lpstr>
       <vt:lpstr>3_Theme1</vt:lpstr>
       <vt:lpstr>Three-Dimensional Science Tasks </vt:lpstr>
       <vt:lpstr>Components of this Module</vt:lpstr>
       <vt:lpstr>Group Norms</vt:lpstr>
       <vt:lpstr>Three-Dimensional Science Tasks</vt:lpstr>
       <vt:lpstr>Session Goals</vt:lpstr>
       <vt:lpstr>Why Tasks?</vt:lpstr>
       <vt:lpstr>3D standards require us to think about assessment differently </vt:lpstr>
       <vt:lpstr>3D standards require us to think about assessment differently. </vt:lpstr>
       <vt:lpstr>Why Tasks?</vt:lpstr>
       <vt:lpstr>Common Perspectives</vt:lpstr>
       <vt:lpstr>Trade-Offs</vt:lpstr>
       <vt:lpstr>Thought Experiment #0</vt:lpstr>
       <vt:lpstr>Thought Experiment #1</vt:lpstr>
       <vt:lpstr>Thought Experiment #2</vt:lpstr>
       <vt:lpstr>Thought Experiment #3</vt:lpstr>
       <vt:lpstr>Thought Experiment #4</vt:lpstr>
       <vt:lpstr>Thought Experiment #5</vt:lpstr>
       <vt:lpstr>Thought Experiment #6</vt:lpstr>
@@ -48685,57 +47818,82 @@
       <vt:lpstr>STEP 1:  Identify a DCI Component</vt:lpstr>
       <vt:lpstr>Standard MS-PS1-4</vt:lpstr>
       <vt:lpstr>STEP 2a: Identify A Component of a  Science &amp; Engineering Practice </vt:lpstr>
       <vt:lpstr>Task Formats for Science &amp; Engineering Practices</vt:lpstr>
       <vt:lpstr>STEP 2b: Identify a Crosscutting Concept Component </vt:lpstr>
       <vt:lpstr>Prompts for Assessing Cross-Cutting Concepts </vt:lpstr>
       <vt:lpstr> STEP 3: Define a 3D  Learning Performance</vt:lpstr>
       <vt:lpstr>3D Learning Performances:  Lesson-Level Learning Goals</vt:lpstr>
       <vt:lpstr>Sample 3D Learning Performances</vt:lpstr>
       <vt:lpstr>3D Learning Performance Mad Lib</vt:lpstr>
       <vt:lpstr>Share &amp; Refine</vt:lpstr>
       <vt:lpstr>STEP4:  Identifying a Scenario</vt:lpstr>
       <vt:lpstr>Keep Phenomenon Central</vt:lpstr>
       <vt:lpstr>Reflecting on Phenomena</vt:lpstr>
       <vt:lpstr>STEP 4:  Brainstorm Scenarios</vt:lpstr>
       <vt:lpstr>Sample Scenario Brainstorm</vt:lpstr>
       <vt:lpstr>STEP 4:  Workshop the Scenarios</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>STEP 5:  Build 2D or 3D Questions</vt:lpstr>
       <vt:lpstr>STEP 6:  Imagine Student Responses</vt:lpstr>
       <vt:lpstr>STEP 7a:  Share, Review &amp; Revise</vt:lpstr>
       <vt:lpstr>STEP 7b: Share, Review &amp; Revise </vt:lpstr>
       <vt:lpstr>The Formative Assessment Process (Adapted by Simpson &amp; McCulloch from Ruiz-Primo &amp; Furtak, 2007)</vt:lpstr>
       <vt:lpstr>Crafting a 3D Task</vt:lpstr>
       <vt:lpstr>Session Reflection</vt:lpstr>
+      <vt:lpstr>Certificate of Completion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Blessing, Rebecca - Director, Division of Communications</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>0088a792-ff66-430c-bfdb-fd8c8464c70c</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2026-03-12T15:43:59Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>7ead8c76-4c20-4775-93f4-4576f2615859</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>