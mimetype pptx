--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -7,162 +7,156 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId24"/>
+    <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="263" r:id="rId6"/>
     <p:sldId id="286" r:id="rId7"/>
     <p:sldId id="287" r:id="rId8"/>
     <p:sldId id="288" r:id="rId9"/>
     <p:sldId id="289" r:id="rId10"/>
     <p:sldId id="290" r:id="rId11"/>
     <p:sldId id="291" r:id="rId12"/>
     <p:sldId id="292" r:id="rId13"/>
     <p:sldId id="293" r:id="rId14"/>
-    <p:sldId id="294" r:id="rId15"/>
-[...7 lines deleted...]
-    <p:sldId id="302" r:id="rId23"/>
+    <p:sldId id="296" r:id="rId15"/>
+    <p:sldId id="297" r:id="rId16"/>
+    <p:sldId id="298" r:id="rId17"/>
+    <p:sldId id="299" r:id="rId18"/>
+    <p:sldId id="300" r:id="rId19"/>
+    <p:sldId id="301" r:id="rId20"/>
+    <p:sldId id="302" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId25"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId28"/>
+      <p:regular r:id="rId23"/>
+      <p:bold r:id="rId24"/>
+      <p:italic r:id="rId25"/>
+      <p:boldItalic r:id="rId26"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId27"/>
+      <p:italic r:id="rId28"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId29"/>
       <p:italic r:id="rId30"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+      <p:font typeface="Libre Franklin" pitchFamily="2" charset="0"/>
       <p:regular r:id="rId31"/>
-      <p:italic r:id="rId32"/>
-[...6 lines deleted...]
-      <p:boldItalic r:id="rId36"/>
+      <p:bold r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+      <p:boldItalic r:id="rId34"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Libre Franklin Medium" pitchFamily="2" charset="0"/>
-      <p:regular r:id="rId37"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId40"/>
+      <p:regular r:id="rId35"/>
+      <p:bold r:id="rId36"/>
+      <p:italic r:id="rId37"/>
+      <p:boldItalic r:id="rId38"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -591,82 +585,82 @@
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15612" autoAdjust="0"/>
     <p:restoredTop sz="59422" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="45" d="100"/>
-          <a:sy n="45" d="100"/>
+          <a:sx n="48" d="100"/>
+          <a:sy n="48" d="100"/>
         </p:scale>
-        <p:origin x="1512" y="34"/>
+        <p:origin x="1310" y="269"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-52812"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1075,83 +1069,75 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=JtRGUNo2pck" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Selecting_Sources_Application_Curated_Source_Set.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edutopia.org/article/strategies-student-discussion-grades-6-12/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Selecting_Sources_Application_Curated_Source_Set.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/ss-resources/ss-pl-modules/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nysed.gov/bilingual-ed/topic-brief-3-de-mystifying-complex-texts-what-are-complex-texts-and-how-can-we-ensure#:~:text=What%20is%20a%20%E2%80%9CComplex%20Text,language%20conventions%20and%20clarity%3B%20and" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tcf.org/content/report/louisville-kentucky-reflection-school-integration/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oyez.org/cases/1940-1955/347us483" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explorekyhistory.ky.gov/files/show/1307" TargetMode="External"/></Relationships>
 </file>
@@ -1247,1162 +1233,50 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
-[...1110 lines deleted...]
-<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 381"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="382" name="Google Shape;382;g1d030e9eb2d_0_78:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -2545,51 +1419,51 @@
               <a:t>the handout: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Selecting_Sources_Application_Curated_Source_Set.pdf</a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 389"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="390" name="Google Shape;390;gff69721b06_0_0:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -2743,51 +1617,51 @@
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>handout using the resources provided. </a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 395"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="396" name="Google Shape;396;g252f04c0021_0_12:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -2953,51 +1827,51 @@
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 401"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="402" name="Google Shape;402;g1f42ca67bf6_0_20:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -3122,51 +1996,51 @@
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Complete a Clear or Cloudy reflection. If working in a group, have a whole group discussion to share your responses. </a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 407"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="408" name="Google Shape;408;g220e8b9d603_1_61:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -3736,51 +2610,51 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 414"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="415" name="Google Shape;415;g220e8b9d603_1_67:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -3914,51 +2788,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 303"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="304" name="Google Shape;304;g2219ea0b422_0_7:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -18961,83 +17835,75 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_4_Teacher_Note_Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=//curriculum/standards/kyacadstand/Documents/High_School-Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_8_Collection-Including_Diverse_Groups.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Selecting_Sources_Application_Curated_Source_Set.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chroniclingamerica.loc.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docsteach.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dp.la/primary-source-sets" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dp.la/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loc.gov/classroom-materials/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Selecting_Sources_Application_Curated_Source_Set.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://history.ky.gov/khs-for-me/for-educators/kas-connections" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.teachinghistory100.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninglab.si.edu/search/?f%5B_types%5D%5B%5D=ll_collection&amp;s=updated_at_desc&amp;page=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninglab.si.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives.gov/milestone-documents/list" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chroniclingamerica.loc.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docsteach.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dp.la/primary-source-sets" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dp.la/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loc.gov/classroom-materials/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://history.ky.gov/khs-for-me/for-educators/kas-connections" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.teachinghistory100.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninglab.si.edu/search/?f%5B_types%5D%5B%5D=ll_collection&amp;s=updated_at_desc&amp;page=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninglab.si.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives.gov/milestone-documents/list" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSeFZ2yHhX3Ntcp9LJOzkCg5GOzD9zJ9NBRE5Mc0BlIQR7bTjg/viewform?usp=sf_link" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSeFZ2yHhX3Ntcp9LJOzkCg5GOzD9zJ9NBRE5Mc0BlIQR7bTjg/viewform?usp=sf_link" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tcf.org/content/report/louisville-kentucky-reflection-school-integration/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oyez.org/cases/1940-1955/347us483" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explorekyhistory.ky.gov/files/show/1307" TargetMode="External"/></Relationships>
 </file>
@@ -19190,516 +18056,50 @@
               </a:rPr>
               <a:t>Module Series Overview	</a:t>
             </a:r>
             <a:endParaRPr sz="500" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 371"/>
-[...464 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 384"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="385" name="Google Shape;385;g1d030e9eb2d_0_78"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="577699" y="281687"/>
@@ -20186,51 +18586,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8741917" y="2883205"/>
             <a:ext cx="2766775" cy="2905745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 392"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="393" name="Google Shape;393;gff69721b06_0_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20560,51 +18960,51 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="212529"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 398"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="399" name="Google Shape;399;g252f04c0021_0_12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20900,51 +19300,51 @@
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>100 objects from museums across the UK with resources, information and teaching ideas to inspire your students’ interest in history.</a:t>
             </a:r>
             <a:endParaRPr sz="2900" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 404"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="405" name="Google Shape;405;g1f42ca67bf6_0_20"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21197,51 +19597,51 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="2500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 410"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="411" name="Google Shape;411;g220e8b9d603_1_61"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21432,51 +19832,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1794712" y="1173942"/>
             <a:ext cx="8067675" cy="1971675"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 417"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="418" name="Google Shape;418;g220e8b9d603_1_67"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21734,51 +20134,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7509202" y="3524425"/>
             <a:ext cx="3901876" cy="2192151"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 306"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="307" name="Google Shape;307;g2219ea0b422_0_7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -25965,103 +24365,87 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E343018-DD3B-44CF-9B6B-2E77D5FEF310}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>4575</Words>
+  <Words>4160</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>283</Paragraphs>
-[...1 lines deleted...]
-  <Notes>18</Notes>
+  <Paragraphs>247</Paragraphs>
+  <Slides>16</Slides>
+  <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
-[...7 lines deleted...]
-      <vt:lpstr>Times New Roman</vt:lpstr>
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence</vt:lpstr>
       <vt:lpstr>Supporting Students in   2Using Evidence2)</vt:lpstr>
       <vt:lpstr>Introduction </vt:lpstr>
       <vt:lpstr>Using Evidence (1) </vt:lpstr>
       <vt:lpstr>Selecting Sources</vt:lpstr>
       <vt:lpstr>Selecting Sources (1)</vt:lpstr>
       <vt:lpstr>Selecting Sources (2)</vt:lpstr>
       <vt:lpstr>Selecting Sources (3)</vt:lpstr>
       <vt:lpstr>Curating a Source Set</vt:lpstr>
-      <vt:lpstr>Using Evidence (2) </vt:lpstr>
-      <vt:lpstr>Using Evidence (3)</vt:lpstr>
       <vt:lpstr>Selecting Sources Application </vt:lpstr>
       <vt:lpstr>Selecting Sources Application Resources</vt:lpstr>
       <vt:lpstr>Selecting Sources Application Resources (continued)</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>Check For Understanding</vt:lpstr>
       <vt:lpstr>Conclusion of Module Two of the Supporting Students in Using Evidence module series </vt:lpstr>
       <vt:lpstr>Supporting Students in 3Using Evidence3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Supporting Students in Using Evidence</dc:title>
   <dc:creator>Harris, Danielle - Division of Communications</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>