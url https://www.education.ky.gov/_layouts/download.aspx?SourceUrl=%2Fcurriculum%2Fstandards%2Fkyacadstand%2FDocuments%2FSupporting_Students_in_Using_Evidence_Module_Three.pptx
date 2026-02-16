--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -11,171 +11,165 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId29"/>
+    <p:notesMasterId r:id="rId27"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="263" r:id="rId6"/>
-[...21 lines deleted...]
-    <p:sldId id="323" r:id="rId28"/>
+    <p:sldId id="302" r:id="rId6"/>
+    <p:sldId id="303" r:id="rId7"/>
+    <p:sldId id="304" r:id="rId8"/>
+    <p:sldId id="305" r:id="rId9"/>
+    <p:sldId id="306" r:id="rId10"/>
+    <p:sldId id="307" r:id="rId11"/>
+    <p:sldId id="308" r:id="rId12"/>
+    <p:sldId id="309" r:id="rId13"/>
+    <p:sldId id="310" r:id="rId14"/>
+    <p:sldId id="311" r:id="rId15"/>
+    <p:sldId id="312" r:id="rId16"/>
+    <p:sldId id="313" r:id="rId17"/>
+    <p:sldId id="314" r:id="rId18"/>
+    <p:sldId id="315" r:id="rId19"/>
+    <p:sldId id="316" r:id="rId20"/>
+    <p:sldId id="317" r:id="rId21"/>
+    <p:sldId id="318" r:id="rId22"/>
+    <p:sldId id="320" r:id="rId23"/>
+    <p:sldId id="321" r:id="rId24"/>
+    <p:sldId id="322" r:id="rId25"/>
+    <p:sldId id="323" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId30"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId33"/>
+      <p:regular r:id="rId28"/>
+      <p:bold r:id="rId29"/>
+      <p:italic r:id="rId30"/>
+      <p:boldItalic r:id="rId31"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId34"/>
       <p:italic r:id="rId35"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+      <p:font typeface="Libre Franklin" pitchFamily="2" charset="0"/>
       <p:regular r:id="rId36"/>
-      <p:italic r:id="rId37"/>
-[...6 lines deleted...]
-      <p:boldItalic r:id="rId41"/>
+      <p:bold r:id="rId37"/>
+      <p:italic r:id="rId38"/>
+      <p:boldItalic r:id="rId39"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Libre Franklin Medium" pitchFamily="2" charset="0"/>
-      <p:regular r:id="rId42"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId45"/>
+      <p:regular r:id="rId40"/>
+      <p:bold r:id="rId41"/>
+      <p:italic r:id="rId42"/>
+      <p:boldItalic r:id="rId43"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -425,51 +419,51 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{6473A1B3-C035-4FD7-88EE-B5BE8EF59BA3}" v="8" dt="2023-10-11T20:39:50.108"/>
+    <p1510:client id="{16B57899-524A-0DCA-3514-CCE900F8E7D9}" v="1" dt="2025-12-09T16:24:52.789"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{7D4F87D2-B31D-4A5B-840A-ADB18C62B1F1}">
   <a:tblStyle styleId="{7D4F87D2-B31D-4A5B-840A-ADB18C62B1F1}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
@@ -599,82 +593,82 @@
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15612" autoAdjust="0"/>
     <p:restoredTop sz="59422" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="44" d="100"/>
-          <a:sy n="44" d="100"/>
+          <a:sx n="48" d="100"/>
+          <a:sy n="48" d="100"/>
         </p:scale>
-        <p:origin x="1886" y="53"/>
+        <p:origin x="2002" y="269"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-52812"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-1018"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1083,242 +1077,8040 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=JtRGUNo2pck" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachinghistory.org/teaching-materials/teaching-guides/23560" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Connect%20Extend%20Challenge_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Connect%20Extend%20Challenge_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/navigatingtext/qualitative-rubrics" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/navigatingtext/qualitative-rubrics" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 120"/>
+        <p:cNvPr id="1" name="Shape 422"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;g2253e037a67_0_0:notes"/>
+          <p:cNvPr id="423" name="Google Shape;423;g1f42ca67bf6_0_10:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4343400"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:spcBef>
-[...7 lines deleted...]
-            <a:endParaRPr dirty="0"/>
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Series Overview:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> module series is a set of six of modules designed to support students when using evidence as required by the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed in a progression, you may engage with the module section that best meets your professional learning needs. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>module series is intended to support the successful implementation of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> in classrooms across the state. The duration, scope and sequence of the module sections may be customized to accommodate local needs and conditions. The sections are designed to provide flexibility for districts and schools and, as such, can be viewed as stand-alone lessons or within the progression of the module as written. You are supported in engaging with this module individually, if desired. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Materials:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The following materials are part of this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Additional materials, such as but not limited to, articles, discussion strategies, etc. are provided within the notes section of applicable slides throughout the module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding notes are provided in the Notes section of the PowerPoint to support your learning. The information provided in the Notes section includes additional information, directions for the activities on the slide, and citations of used resources, where appropriate. It is critical that you read the material presented in the Notes section to ensure that you are acquiring the important knowledge, skills and understanding required when engaging with this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Virtual Training Note:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If you plan to engage with this module virtually as a group, consider directing participants to the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:uFill>
+                  <a:noFill/>
+                </a:uFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Social Studies Professional Learning Modules page </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>so that you may access the resources used directly from the links provided in the PowerPoint: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://kystandards.org/standards-resources/ss-resources/ss-pl-modules/</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Additionally, you may consider downloading the resources contained within each section of the module and placing them into a Google folder for you or your colleagues to access. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Three: Compelling and Supporting Questions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions, using evidence to substantiate their claims? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Question:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> How do I evaluate sources for grade-level appropriateness so students can engage with them?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target and Success Criteria:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Learning Target and Success Criteria for districts and schools of Module One: Using Evidence and the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> are:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Success Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> I will be successful when I can evaluate source complexity and modify sources appropriately to support student learning when Using Evidence.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Intended Audiences:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participants</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module participants may include, but are not limited to, district leadership, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators and classroom teachers.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>It is important to note that it is recommended that participants have engaged with the following modules prior to engaging with this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Getting to know the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Minding the Gap </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Inquiry Practices of the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Thus, participants are encouraged to engage with these modules prior to participating in this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed for a teacher to engage with it individually, it may be implemented with a group of educators led by a facilitator. If this module is being completed as a group, facilitators may include, but are not limited to, district leaders, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators, and classroom teachers. Facilitators may need to revise specific tasks in order to meet the needs of the participants or to be respectful of the time planned within the work session. As stated above, the Kentucky Department of Education (KDE) recommends that participants engage with the four modules mentioned above prior to engaging with this work. If the facilitator has not engaged with these modules, it is recommended that they complete the four modules mentioned before facilitating this module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Helpful Hint for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The learning that will take place in this module may cause Kentucky educators to face changes in instructional practices amidst this transition. It is important to realize that while you are the facilitator of these work sessions, you may not have all the answers to the questions asked by participants, and that is okay. Throughout the module, participants may have questions that will be addressed in future work sessions. When that happens, reflect on this quote from Graham Fletcher, “Every teachable moment doesn’t need to be a teachable moment in that moment.” Use these moments to encourage participants to attend future work sessions where those questions will be addressed. If participants ask questions you are not prepared to answer, offer to follow up on that during the next work session.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Planning Ahead for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Determine which stakeholders to invite as participants. In the invitation, describe how the work sessions will benefit them.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A few days before the meeting, you may want to remind participants to be prepared to have their documents available during the meeting. (See below for Participant Documents Needed.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Reserve adequate space and equipment. Tables or desks should be set up to support small-group discussion. If conducting this module virtually, ensure that your technology platform can support break out rooms to support small group collaboration.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Ensure that participants have access to the Internet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Consider how you might handle participants who may not be in attendance at all work sessions. It might be worthwhile to consider how those participants might access missed sections of the module between work sessions in order to feel as prepared as the other participants.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Preparation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participant Documents Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Plan ahead regarding how you will feel most comfortable engaging with the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>s, either:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A device with access to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, or</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A hard copy of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supplies Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="132"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Computer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> with the Module Three: What should students do before engaging with complex sources? PowerPoint presentation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Technology with projection capability if in person with a group. Technology platform where presenters have sharing ability and breakout room options if virtual with a group. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Copies of the handouts needed for the session either in hard copy format or available in a folder online. If facilitating this work with a group, links to the participant handouts needed for the session also may be built right into the agenda.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Parking Lot for questions - If completing as a group, you may consider providing a poster on which participants can write or post questions, or you may prefer to have a digital parking lot where participants can access a Google document, for example, to post questions and that you can modify as the participants work through the sections of the module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Self-Sticking Notes (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Poster paper (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Highlighters and/or colored pens/markers (optional)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a Community:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a community is important for any group that will work together, especially if participants have not worked together before. The concept is the same as building a safe, respectful, productive classroom climate. Incorporating community-building into each session builds trust, shows participants that they are valuable as individuals and engages them in the learning process. It is also useful for creating a professional learning network where participants can be supported in their work. Community-building can be as simple as allowing participants to introduce themselves and their role in the school/district, developing or refining group norms, allowing for questions, and/or the sharing of answers to reflection questions or individual discovery task items that are included in this module. Again, time allotted for community-building will allow participants to have a voice and be engaged as active contributors and learners in the sessions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Virtual Training Options:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Be sure to conduct continual check-ins throughout the presentation. Build Google documents to continue to collect feedback, such as questions, hopes, and/or concerns to which participants may continually add.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122" name="Google Shape;122;g2253e037a67_0_0:notes"/>
+          <p:cNvPr id="424" name="Google Shape;424;g1f42ca67bf6_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 482"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="483" name="Google Shape;483;g20976b23531_0_45:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="484" name="Google Shape;484;g20976b23531_0_45:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and engage in a +1 Routine, completing the first step.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>+1 Routine Thinking Routine.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wineburg, Sam and Daisy Martin (September 2009). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Tampering with History: Adapting Primary Sources for Struggling Readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Social Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 489"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="490" name="Google Shape;490;g20976b23531_0_51:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="491" name="Google Shape;491;g20976b23531_0_51:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide engage in a +1 Routine, completing the second step. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>+1 Routine Thinking Routine.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wineburg, Sam and Daisy Martin (September 2009). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Tampering with History: Adapting Primary Sources for Struggling Readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Social Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 496"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="497" name="Google Shape;497;g20976b23531_0_57:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="498" name="Google Shape;498;g20976b23531_0_57:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and have participants engage in a +1 Routine, completing the last step. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>+1 Routine Thinking Routine.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wineburg, Sam and Daisy Martin (September 2009). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Tampering with History: Adapting Primary Sources for Struggling Readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Social Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 503"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="504" name="Google Shape;504;g1f145736de9_0_243:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="505" name="Google Shape;505;g1f145736de9_0_243:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>In </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tampering with History: Adapting Primary Sources for Struggling Readers, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Wineburg and Martin state “(s)implification (is) (t)he selective modification of complex sentences and syntax; conventionalizing spelling, punctuation, and capitalization; changing some vocabulary in order to render the document more accessible to struggling readers.” A source should only be adapted to bring the source to the grade level; therefore, ensure that students still have opportunities to engage with complex, grade level appropriate, discipline specific vocabulary.  You must select a grade-level synonym if the vocabulary is above grade-level because all students require access to grade-level vocabulary and grade-level texts. This may require that you explicitly teach the definitions of terms or may need to provide additional context to support a student in understanding complex vocabulary. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>For guidance on how to teach vocabulary of the source, see Module Four of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Sources </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>module. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Wineburg, Sam and Daisy Martin (September 2009). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tampering with History: Adapting Primary Sources for Struggling Readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. Social Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2200CC"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 510"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="511" name="Google Shape;511;g223c2a54d89_0_23:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="512" name="Google Shape;512;g223c2a54d89_0_23:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 517"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="518" name="Google Shape;518;g1f145736de9_0_238:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="519" name="Google Shape;519;g1f145736de9_0_238:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 523"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="524" name="Google Shape;524;g1f145736de9_0_249:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="525" name="Google Shape;525;g1f145736de9_0_249:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Access each of the documents linked in this slide and answer the questions provided. Note: For this activity, the reader and task consideration is for students to be able to read and comprehend the modification. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 532"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="533" name="Google Shape;533;g223c2a54d89_0_46:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="534" name="Google Shape;534;g223c2a54d89_0_46:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>After you have read each version of the adapted document and answered the questions on the previous slide, access the links on this slide to revisit each one with a rationale provided on why these documents were modified in these ways to benefit different grade levels.</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 548"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="549" name="Google Shape;549;g1f42ca67bf6_0_64:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="550" name="Google Shape;550;g1f42ca67bf6_0_64:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 554"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="555" name="Google Shape;555;g1f145736de9_0_164:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="556" name="Google Shape;556;g1f145736de9_0_164:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Engage in the Connect, Extend, Challenge Thinking Routine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>based on what you have learned about text leveling and adapting, excerpting and translating sources for use in the classroom. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>+1 Routine Thinking Routine.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/Connect%20Extend%20Challenge_2.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 428"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="429" name="Google Shape;429;g1f42ca67bf6_0_25:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="430" name="Google Shape;430;g1f42ca67bf6_0_25:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on compelling questions, visit Section 3B: “What are Compelling Questions and how do students ask them?” from the Inquiry Practices module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on supporting questions, visit “Section C: What are Supporting Questions, and how do students ask them?” from the Inquiry Practices module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on Learning Goals and Success Criteria and their alignment to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, visit Learning Goals, Success Criteria and the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://kystandards.org/standards-resources/ss-resources/learning-goals-success-criteria-and-the-kas-for-social-studies/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 560"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="561" name="Google Shape;561;g20976b23531_0_64:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="562" name="Google Shape;562;g20976b23531_0_64:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. This concludes Module Three. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 422"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="423" name="Google Shape;423;g1f42ca67bf6_0_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The KDE needs your feedback on the effectiveness of this module, the learning platform and how the consultants may best support you as you take the next steps in the implementation process. Complete a short survey to share our thinking and provide them with feedback on how the KDE can best meet our needs. Feedback from our surveys will be used by the KDE to plan and prepare future professional learning.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Post-Survey: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://docs.google.com/forms/d/e/1FAIpQLSdA4gZ6IOKn0RAxFzgbQBHvVr0pLAmZukA5zdS4dAMHppPNPQ/viewform?usp=sf_link</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="424" name="Google Shape;424;g1f42ca67bf6_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1192296983"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 434"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="435" name="Google Shape;435;g1f145736de9_0_227:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="436" name="Google Shape;436;g1f145736de9_0_227:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Engage in a quick write to ignite your thinking about selecting sources and the complexity of the sources in which you ask students to engage. The purpose of a quick write is not to be correct or to use perfect sentence structure and grammar, but rather to collect ideas and thoughts in a short amount of time. Often, the ideas that get written down are incomplete due to the brevity of the time allotted for a quick write.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Distribute paper to write on or ask participants to use their own paper to answer the two questions on the slide.  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Allow time for participants to share their quick write responses with a partner.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Invite 2-3 participants to share with the group an idea from their own quick write or from their quick write discussion time. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Throughout the course of the next 15 slides, you will have the opportunity to build on and possibly adjust your thinking about source complexity and selecting sources for instruction.  </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 441"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="442" name="Google Shape;442;g22c615904e9_1_7:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="443" name="Google Shape;443;g22c615904e9_1_7:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Source complexity is determined using three different evaluative measures. First on the slide is a measure that evaluates quantitative complexity. This is called the quantitative measure. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="142"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="143"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Quantitative</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="144"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> leveling is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="145"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>done via computers </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="146"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>that analyze and adjust texts based on statistical measurements, including sentence length, number of syllables per word, and other objective metrics”</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> (Martin, 2022). Next is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>qualitative</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> analysis, which cannot be performed by a computer. “Quantitative leveling is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>done by humans</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> and may consider a variety of factors. Typically, a sufficient qualitative analysis will include: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>text structure, language features, purpose and knowledge demands</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> (Council of Chief State School Officers, 2022).  The third factor used to evaluate a source’s complexity expands upon the first two measures, taking reader and task into consideration. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reader and Task</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> is an evaluation of the text in light of the students who will engage with the text and the task the students will be assigned. This piece of the triangular evaluation is specific to the students and assignment(s)  involved. An evaluation of the reader and task takes into consideration the possible struggles students might face and the scaffolds students may require to make sense of the text (as a result of the qualitative and quantitative complexity analyses).”  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For a more detailed explanation of these factors, access the webinar listed below. The explanation of quantitative and qualitative complexity appear at 9:03-12:53. You may also review the Guidelines for Text Complexity: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://sites.google.com/view/navigatingtext/TextGuide?authuser=0</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resources</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Council of Chief State School Officers. (2022). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Text Complexity: Qualitative Rubrics.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> CCSSO. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://sites.google.com/view/navigatingtext/qualitative-rubrics</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 450"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="451" name="Google Shape;451;g22d853f5712_0_16:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="452" name="Google Shape;452;g22d853f5712_0_16:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>There is a solution when sources seem too complex for the grade level and the solution is NOT to ditch the source. Sources may be adapted, excerpted and translated. Consider, “What cautions, if any, come to mind? Do you have concerns about adapting historical documents?  Does selecting an excerpt from a key primary source make you uncomfortable? Any thoughts about translating sources?”</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Moving forward, we are going to dig into each option and spend time considering how we can use what we’ve learned about source complexity to avoid potential unintended consequences that may come with adapting, excerpting and translating sources to make them accessible for students.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 456"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="457" name="Google Shape;457;g255a0864f81_3_6:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="458" name="Google Shape;458;g255a0864f81_3_6:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Brainstorm a list of possible cautions, either individually or with a partner if working in groups.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 462"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="463" name="Google Shape;463;g22d853f5712_0_23:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="464" name="Google Shape;464;g22d853f5712_0_23:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides some examples of cautions to consider when modifying sources. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="102649"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 469"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="470" name="Google Shape;470;g255a0864f81_3_1:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="471" name="Google Shape;471;g255a0864f81_3_1:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>View the Modified Sources </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>document linked on the slide. This document contains an excerpt from the Stamp Act Resolution that is used in the Grade 5 Assignment with Teacher Notes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>from the student assignment library, which can be accessed here: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/curriculum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/standards/kyacadstand/Documents/Grade_5_SS_Strongly_Aligned_Assigment_TN.docx</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. First, read the original source excerpt, then compare it to both the modified source A and B. Notice that source A is simplified with more student-friendly language, but still conveys the same information as the original source. Source B has been further simplified to the point where not all of the content from the original source is included and conveyed. Consider: What are the implications of students missing some content from an original source due to over-simplifying the text for students?</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 475"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="476" name="Google Shape;476;g1f145736de9_0_232:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -1543,8397 +9335,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="102649"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
-            </a:r>
-[...8345 lines deleted...]
-              <a:t>. First, read the original source excerpt, then compare it to both the modified source A and B. Notice that source A is simplified with more student-friendly language, but still conveys the same information as the original source. Source B has been further simplified to the point where not all of the content from the original source is included and conveyed. Consider: What are the implications of students missing some content from an original source due to over-simplifying the text for students?</a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -18966,484 +18411,323 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/%2B1%20Routine.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Three.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Two.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_One.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Three.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Two.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_One.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Three_Rationale.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Two_Rationale.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_One_Rationale.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Three_Rationale.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_Two_Rationale.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Version_One_Rationale.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachinghistory.org/teaching-materials/teaching-guides/23560" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Connect%20Extend%20Challenge_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Connect%20Extend%20Challenge_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ablconnect.harvard.edu/quick-write#:~:text=A%20quick%20write%20is%20a,Wood%20%26%20Valasa%2C%202009)." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ablconnect.harvard.edu/quick-write#:~:text=A%20quick%20write%20is%20a,Wood%20%26%20Valasa%2C%202009)." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Modified_Source_Examples.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Modified_Source_Examples.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudies.org/social-education/73/5/tampering-history-adapting-primary-sources-struggling-readers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 123"/>
+        <p:cNvPr id="1" name="Shape 425"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="Google Shape;124;g2253e037a67_0_0"/>
+          <p:cNvPr id="426" name="Google Shape;426;g1f42ca67bf6_0_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2404000" y="1086488"/>
-            <a:ext cx="9144000" cy="2387700"/>
+            <a:off x="2061325" y="1122375"/>
+            <a:ext cx="10062900" cy="2387700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Libre Franklin Medium"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="27"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="133"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
-              <a:t>Supporting Students in Using Evidence</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Supporting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="134"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> Students in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="135"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Using</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="136"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="136"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> 2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="Google Shape;125;g2253e037a67_0_0"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="427" name="Google Shape;427;g1f42ca67bf6_0_10"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3761025" y="3922950"/>
-            <a:ext cx="7311000" cy="669600"/>
+            <a:off x="3307925" y="3849575"/>
+            <a:ext cx="8397900" cy="1393200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
-            <a:spAutoFit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3500" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
               </a:rPr>
-              <a:t>Module Series Overview	</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="500" dirty="0">
+              <a:t>Module Three: Supporting Teachers When Engaging With Complex Sources</a:t>
+            </a:r>
+            <a:endParaRPr i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Libre Franklin"/>
-[...1 lines deleted...]
-              <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...193 lines deleted...]
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 485"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="486" name="Google Shape;486;g20976b23531_0_45"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -19681,51 +18965,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6946500" y="144463"/>
             <a:ext cx="4482353" cy="1767025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 492"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="493" name="Google Shape;493;g20976b23531_0_51"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20086,51 +19370,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6946500" y="144463"/>
             <a:ext cx="4482353" cy="1767025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 499"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="500" name="Google Shape;500;g20976b23531_0_57"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20436,51 +19720,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6946500" y="144463"/>
             <a:ext cx="4482353" cy="1767025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 506"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="507" name="Google Shape;507;g1f145736de9_0_243"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20605,51 +19889,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7026500" y="1572300"/>
             <a:ext cx="4866000" cy="3238100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 513"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="514" name="Google Shape;514;g223c2a54d89_0_23"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20813,51 +20097,51 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>When modifying sources, consider including original imagery along with the text to support reader comprehension.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 520"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="521" name="Google Shape;521;g1f145736de9_0_238"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21041,51 +20325,51 @@
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Is the excerpt significant enough in length and content for students to engage with?</a:t>
             </a:r>
             <a:endParaRPr sz="2300" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 526"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="527" name="Google Shape;527;g1f145736de9_0_249"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21533,51 +20817,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 535"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="536" name="Google Shape;536;g223c2a54d89_0_46"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -22085,489 +21369,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
-[...437 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 551"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="552" name="Google Shape;552;g1f42ca67bf6_0_64"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -22627,102 +21473,68 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Access a text-based source. You may use your curated source set from slide 12 of </a:t>
-[...33 lines deleted...]
-              <a:t>Supporting Students in Using Evidence </a:t>
+              <a:t>Access a text-based source. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
                     <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="210"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
-              <a:t>Model Series if you completed this module previously. A</a:t>
+              <a:t>A</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>pply what you have learned from this section to make this source accessible for your classroom. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -22822,51 +21634,51 @@
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Modify your source based on the data you have collected in items #1 and #2.  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 557"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="558" name="Google Shape;558;g1f145736de9_0_164"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23052,51 +21864,392 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What challenges or puzzles emerge for you?</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 431"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="432" name="Google Shape;432;g1f42ca67bf6_0_25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="665450" y="261475"/>
+            <a:ext cx="10515600" cy="1325700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3900" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="137"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Introduction</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3900" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="433" name="Google Shape;433;g1f42ca67bf6_0_25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="803650" y="1381100"/>
+            <a:ext cx="10515600" cy="4351200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions, using evidence to substantiate their claims? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Question:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> How do I adapt or excerpt sources for grade-level appropriateness so students can engage with them?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="138"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Success </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> I will be successful when I can modify sources appropriately to support student learning when Using Evidence. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 563"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="564" name="Google Shape;564;g20976b23531_0_64"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23346,51 +22499,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8148250" y="3492500"/>
             <a:ext cx="3795700" cy="2138325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 425"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="426" name="Google Shape;426;g1f42ca67bf6_0_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -23549,391 +22702,50 @@
             </a:r>
             <a:endParaRPr i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1016791363"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 431"/>
-[...339 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 437"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="438" name="Google Shape;438;g1f145736de9_0_227"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="630325" y="196750"/>
@@ -24148,51 +22960,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="795850" y="3340448"/>
             <a:ext cx="1436877" cy="1436877"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 444"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="445" name="Google Shape;445;g22c615904e9_1_7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -24647,51 +23459,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="546525" y="4203905"/>
             <a:ext cx="741375" cy="633668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 453"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3AD462D-F7CD-9176-EE76-1C544DBBBC4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -25014,51 +23826,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="3420" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="222222"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 459"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="461" name="Google Shape;461;g255a0864f81_3_6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -25305,51 +24117,51 @@
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
               </a:rPr>
               <a:t>Brainstorm a list of possible cautions.</a:t>
             </a:r>
             <a:endParaRPr sz="3000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin Medium"/>
               <a:cs typeface="Libre Franklin Medium"/>
               <a:sym typeface="Libre Franklin Medium"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 465"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="466" name="Google Shape;466;g22d853f5712_0_23"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -25896,51 +24708,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 472"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="473" name="Google Shape;473;g255a0864f81_3_1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -26103,50 +24915,245 @@
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Were any student opportunities limited in Source B? If so, what were they?</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 478"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="479" name="Google Shape;479;g1f145736de9_0_232"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Adapting Sources (1)</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="480" name="Google Shape;480;g1f145736de9_0_232"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="3904700"/>
+            <a:ext cx="10515600" cy="2272200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Read the article entitled, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="160"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Tampering</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t> with History: Adapting Primary Sources for Struggling Readers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. As you read this article, engage in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>chunking</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> to organize and synthesize your thinking about when and how sources should be adapted. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="481" name="Google Shape;481;g1f145736de9_0_232">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3252075" y="1752825"/>
+            <a:ext cx="4482353" cy="1767025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -26690,119 +25697,82 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2023-09-08T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1858</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1858</Url>
       <Description>KYED-536-1858</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
-</file>
-[...44 lines deleted...]
-</spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
@@ -27059,173 +26029,194 @@
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EECE5165-84DD-46D5-9310-83701A1C7F3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{165F92F3-8CC4-4EB1-BAB6-4886AEB7981C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20121FB7-0CDC-40FF-A443-477B2B92CEDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EECE5165-84DD-46D5-9310-83701A1C7F3A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02887339-70BC-4B2D-8BF7-F293D84687A2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>4821</Words>
+  <Words>4656</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>308</Paragraphs>
-[...1 lines deleted...]
-  <Notes>23</Notes>
+  <Paragraphs>297</Paragraphs>
+  <Slides>21</Slides>
+  <Notes>21</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
-[...7 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Supporting Students in Using Evidence</vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence 2</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources</vt:lpstr>
       <vt:lpstr>How is the complexity of a source determined?</vt:lpstr>
       <vt:lpstr>Supporting Teachers When Engaging With Complex Sources</vt:lpstr>
       <vt:lpstr>Supporting Teachers When Engaging With Complex Sources3</vt:lpstr>
       <vt:lpstr>How might reducing the complexity of a source negatively affect social studies learning for students? (1) </vt:lpstr>
       <vt:lpstr>How might reducing the complexity of a source negatively affect social studies learning for students? (2) </vt:lpstr>
       <vt:lpstr>Adapting Sources (1)</vt:lpstr>
       <vt:lpstr>Adapting Sources (2)</vt:lpstr>
       <vt:lpstr>Adapting Sources (3)</vt:lpstr>
       <vt:lpstr>Adapting Sources (4)</vt:lpstr>
       <vt:lpstr>Adapting Sources (5)</vt:lpstr>
       <vt:lpstr>Adapting Sources (6)</vt:lpstr>
       <vt:lpstr>Excerpting Sources</vt:lpstr>
       <vt:lpstr>Check for understanding</vt:lpstr>
       <vt:lpstr>Check For Understanding Review </vt:lpstr>
-      <vt:lpstr>Adapting Sources</vt:lpstr>
       <vt:lpstr>Application</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>Conclusion of Module Two of the Supporting Students in Using Evidence module series </vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Supporting Students in Using Evidence</dc:title>
   <dc:creator>Harris, Danielle - Division of Communications</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>