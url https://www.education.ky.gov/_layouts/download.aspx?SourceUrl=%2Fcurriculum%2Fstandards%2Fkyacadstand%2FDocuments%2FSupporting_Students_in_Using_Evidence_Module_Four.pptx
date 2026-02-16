--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -19,189 +19,183 @@
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId37"/>
+    <p:notesMasterId r:id="rId35"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="263" r:id="rId6"/>
-[...29 lines deleted...]
-    <p:sldId id="352" r:id="rId36"/>
+    <p:sldId id="323" r:id="rId6"/>
+    <p:sldId id="324" r:id="rId7"/>
+    <p:sldId id="325" r:id="rId8"/>
+    <p:sldId id="326" r:id="rId9"/>
+    <p:sldId id="327" r:id="rId10"/>
+    <p:sldId id="328" r:id="rId11"/>
+    <p:sldId id="329" r:id="rId12"/>
+    <p:sldId id="330" r:id="rId13"/>
+    <p:sldId id="331" r:id="rId14"/>
+    <p:sldId id="332" r:id="rId15"/>
+    <p:sldId id="333" r:id="rId16"/>
+    <p:sldId id="334" r:id="rId17"/>
+    <p:sldId id="336" r:id="rId18"/>
+    <p:sldId id="337" r:id="rId19"/>
+    <p:sldId id="338" r:id="rId20"/>
+    <p:sldId id="339" r:id="rId21"/>
+    <p:sldId id="340" r:id="rId22"/>
+    <p:sldId id="341" r:id="rId23"/>
+    <p:sldId id="342" r:id="rId24"/>
+    <p:sldId id="343" r:id="rId25"/>
+    <p:sldId id="344" r:id="rId26"/>
+    <p:sldId id="345" r:id="rId27"/>
+    <p:sldId id="346" r:id="rId28"/>
+    <p:sldId id="347" r:id="rId29"/>
+    <p:sldId id="348" r:id="rId30"/>
+    <p:sldId id="349" r:id="rId31"/>
+    <p:sldId id="350" r:id="rId32"/>
+    <p:sldId id="351" r:id="rId33"/>
+    <p:sldId id="352" r:id="rId34"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId38"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId41"/>
+      <p:regular r:id="rId36"/>
+      <p:bold r:id="rId37"/>
+      <p:italic r:id="rId38"/>
+      <p:boldItalic r:id="rId39"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId40"/>
+      <p:italic r:id="rId41"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId42"/>
       <p:italic r:id="rId43"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+      <p:font typeface="Libre Franklin" pitchFamily="2" charset="0"/>
       <p:regular r:id="rId44"/>
-      <p:italic r:id="rId45"/>
-[...6 lines deleted...]
-      <p:boldItalic r:id="rId49"/>
+      <p:bold r:id="rId45"/>
+      <p:italic r:id="rId46"/>
+      <p:boldItalic r:id="rId47"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Libre Franklin Medium" pitchFamily="2" charset="0"/>
-      <p:regular r:id="rId50"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId53"/>
+      <p:regular r:id="rId48"/>
+      <p:bold r:id="rId49"/>
+      <p:italic r:id="rId50"/>
+      <p:boldItalic r:id="rId51"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -450,51 +444,51 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{29F25E27-B279-44F8-8881-66FB5EE9DE55}" v="8" dt="2023-10-11T20:38:59.668"/>
+    <p1510:client id="{8068AC0C-D06C-73DE-A1E9-BC27C9DFEEB5}" v="1" dt="2025-12-09T16:17:45.506"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{7D4F87D2-B31D-4A5B-840A-ADB18C62B1F1}">
   <a:tblStyle styleId="{7D4F87D2-B31D-4A5B-840A-ADB18C62B1F1}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
@@ -624,82 +618,82 @@
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15612" autoAdjust="0"/>
     <p:restoredTop sz="59422" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="45" d="100"/>
-          <a:sy n="45" d="100"/>
+          <a:sx n="48" d="100"/>
+          <a:sy n="48" d="100"/>
         </p:scale>
-        <p:origin x="1512" y="34"/>
+        <p:origin x="2002" y="269"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-52812"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-3235"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1104,278 +1098,10583 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/ss-resources/ss-pl-modules/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/ss-resources/ss-pl-modules/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Compass%20Points_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Chalk%20Talk_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/The%20Explanation%20Game_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Compass%20Points_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Chalk%20Talk_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/The%20Explanation%20Game_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/rw-resources/rw-pl-modules/academic-vocabulary/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kystandards.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/rw-resources/rw-pl-modules/academic-vocabulary/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kystandards.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Module_Four_Notecatcher.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Module_Four_Notecatcher.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachinghistory.org/teaching-materials/teaching-guides/23560" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 120"/>
+        <p:cNvPr id="1" name="Shape 568"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;g2253e037a67_0_0:notes"/>
+          <p:cNvPr id="569" name="Google Shape;569;g20976b23531_0_71:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4343400"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:spcBef>
-[...7 lines deleted...]
-            <a:endParaRPr dirty="0"/>
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Series Overview:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> module series is a set of six of modules designed to support students when using evidence as required by the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed in a progression, you may engage with the module section that best meets your professional learning needs. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>module series is intended to support the successful implementation of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> in classrooms across the state. The duration, scope and sequence of the module sections may be customized to accommodate local needs and conditions. The sections are designed to provide flexibility for districts and schools and, as such, can be viewed as stand-alone lessons or within the progression of the module as written. You are supported in engaging with this module individually, if desired. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Materials:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The following materials are part of this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>●Additional materials, such as but not limited to, articles, discussion strategies, etc. are provided within the notes section of applicable slides throughout the module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding notes are provided in the Notes section of the PowerPoint to support your learning. The information provided in the Notes section includes additional information, directions for the activities on the slide, and citations of used resources, where appropriate. It is critical that you read the material presented in the Notes section to ensure that you are acquiring the important knowledge, skills and understanding required when engaging with this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Virtual Training Note:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If you plan to engage with this module virtually as a group, consider directing participants to the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:uFill>
+                  <a:noFill/>
+                </a:uFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Social Studies Professional Learning Modules</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> webpage on</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:uFill>
+                  <a:noFill/>
+                </a:uFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>kystandards.org</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> so that you may access the resources used directly from the links provided in the PowerPoint. Additionally, you may consider downloading the resources contained within each section of the module and placing them into a Google folder for you or your colleagues to access. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Four: Compelling and Supporting Questions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions, using evidence to substantiate their claims? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How do I support students’ comprehension of primary and secondary sources? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target and Success Criteria:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Learning Target and Success Criteria for districts and schools of Module Four: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>What should students do before engaging with complex sources?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> are:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Success Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="176"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>y sources. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Intended Audiences:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participants</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module participants may include, but are not limited to, district leadership, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators and classroom teachers.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>It is important to note that it is recommended that participants have engaged with the following modules prior to engaging with this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Getting to know the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Minding the Gap </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Inquiry Practices of the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Thus, participants are encouraged to engage with these modules prior to participating in this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="177"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Facilitators:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed for a teacher to engage with it individually, it may be implemented with a group of educators led by a facilitator. If this module is being completed as a group, facilitators may include, but are not limited to, district leaders, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators, and classroom teachers. Facilitators may need to revise specific tasks in order to meet the needs of the participants or to be respectful of the time planned within the work session. As stated above, the Kentucky Department of Education (KDE) recommends that participants engage with the four modules mentioned above prior to engaging with this work. If the facilitator has not engaged with these modules, it is recommended that they complete the four modules mentioned before facilitating this module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Helpful Hint for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The learning that will take place in this module may cause Kentucky educators to face changes in instructional practices amidst this transition. It is important to realize that while you are the facilitator of these work sessions, you may not have all the answers to the questions asked by participants, and that is okay. Throughout the module, participants may have questions that will be addressed in future work sessions. When that happens, reflect on this quote from Graham Fletcher, “Every teachable moment doesn’t need to be a teachable moment in that moment.” Use these moments to encourage participants to attend future work sessions where those questions will be addressed. If participants ask questions you are not prepared to answer, offer to follow up on that during the next work session.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Planning Ahead for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Determine which stakeholders to invite as participants. In the invitation, describe how the work sessions will benefit them.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A few days before the meeting, you may want to remind participants to be prepared to have their documents available during the meeting. (See below for Participant Documents Needed.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Reserve adequate space and equipment. Tables or desks should be set up to support small-group discussion. If conducting this module virtually, ensure that your technology platform can support break out rooms to support small group collaboration.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Ensure that participants have access to the Internet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Consider how you might handle participants who may not be in attendance at all work sessions. It might be worthwhile to consider how those participants might access missed sections of the module between work sessions in order to feel as prepared as the other participants.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Preparation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participant Documents Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Plan ahead regarding how you will feel most comfortable engaging with the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>s, either:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A device with access to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, or</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A hard copy of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supplies Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="178"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Computer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> with the Module Four: What should students do before engaging with complex sources? PowerPoint presentation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Technology with projection capability if in person with a group. Technology platform where presenters have sharing ability and breakout room options if virtual with a group. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Copies of the handouts needed for the session either in hard copy format or available in a folder online. If facilitating this work with a group, links to the participant handouts needed for the session also may be built right into the agenda.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Parking Lot for questions - If completing as a group, you may consider providing a poster on which participants can write or post questions, or you may prefer to have a digital parking lot where participants can access a Google document, for example, to post questions and that you can modify as the participants work through the sections of the module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Self-Sticking Notes (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Poster paper (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Highlighters and/or colored pens/markers (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a Community:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a community is important for any group that will work together, especially if participants have not worked together before. The concept is the same as building a safe, respectful, productive classroom climate. Incorporating community-building into each session builds trust, shows participants that they are valuable as individuals and engages them in the learning process. It is also useful for creating a professional learning network where participants can be supported in their work. Community-building can be as simple as allowing participants to introduce themselves and their role in the school/district, developing or refining group norms, allowing for questions, and/or the sharing of answers to reflection questions or individual discovery task items that are included in this module. Again, time allotted for community-building will allow participants to have a voice and be engaged as active contributors and learners in the sessions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="179"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Virtual Training Options:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Be sure to conduct continual check-ins throughout the presentation. Build Google documents to continue to collect feedback, such as questions, hopes, and/or concerns to which participants may continually add.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122" name="Google Shape;122;g2253e037a67_0_0:notes"/>
+          <p:cNvPr id="570" name="Google Shape;570;g20976b23531_0_71:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 633"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="634" name="Google Shape;634;g206d0acaa9d_0_94:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="635" name="Google Shape;635;g206d0acaa9d_0_94:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 641"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="642" name="Google Shape;642;g2226c2c9ea0_1_20:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="643" name="Google Shape;643;g2226c2c9ea0_1_20:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Evidence-Based Instructional Practices Explicit Teaching and Modeling and the Kentucky Academic Standards for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Evidence Based Instructional Practices. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 650"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="651" name="Google Shape;651;g206d0acaa9d_0_45:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="652" name="Google Shape;652;g206d0acaa9d_0_45:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 666"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="667" name="Google Shape;667;g2226c2c9ea0_1_29:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="668" name="Google Shape;668;g2226c2c9ea0_1_29:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 673"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="674" name="Google Shape;674;g241eb7f8d0b_0_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="675" name="Google Shape;675;g241eb7f8d0b_0_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 681"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="682" name="Google Shape;682;g206d0acaa9d_0_62:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="683" name="Google Shape;683;g206d0acaa9d_0_62:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 690"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="691" name="Google Shape;691;g241eb7f8d0b_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="692" name="Google Shape;692;g241eb7f8d0b_0_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 697"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="698" name="Google Shape;698;g206d0acaa9d_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="699" name="Google Shape;699;g206d0acaa9d_0_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Questioning and the Kentucky Academic Standards for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Evidence Based Instructional Practices. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 705"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="706" name="Google Shape;706;g2435fae32ad_0_33:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="707" name="Google Shape;707;g2435fae32ad_0_33:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Questioning and the Kentucky Academic Standards for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Evidence Based Instructional Practices. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_5_Social_Studies.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 713"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="714" name="Google Shape;714;g206d0acaa9d_0_129:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="715" name="Google Shape;715;g206d0acaa9d_0_129:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 574"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="575" name="Google Shape;575;g1f07167d959_0_15:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on compelling questions, visit Section 3B: “What are Compelling Questions and how do students ask them?” from the Inquiry Practices of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on supporting questions, visit “Section C: What are Supporting Questions, and how do students ask them?” </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>from the Inquiry Practices of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on Learning Goals and Success Criteria and their alignment to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, visit Learning Goals, Success Criteria and the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: https://kystandards.org/standards-resources/ss-resources/learning-goals-success-criteria-and-the-kas-for-social-studies/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="576" name="Google Shape;576;g1f07167d959_0_15:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 721"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="722" name="Google Shape;722;g241eb7f8d0b_0_15:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="723" name="Google Shape;723;g241eb7f8d0b_0_15:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 729"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="730" name="Google Shape;730;g206d0acaa9d_0_15:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="731" name="Google Shape;731;g206d0acaa9d_0_15:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resources: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>See, Think, Wonder.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Think, Puzzle, Explore.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_2.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Explanation Game.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/The%20Explanation%20Game_1.pdf</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Think, Pair, Share.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. https://pz.harvard.edu/sites/default/files/Think Pair Share_1.pdf </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Chalk Talk.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/Chalk%20Talk_1.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Project Zero. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Compass Points.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Harvard Graduate School of Education. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>http://www.pz.harvard.edu/sites/default/files/Compass%20Points_0.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 736"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="737" name="Google Shape;737;g206d0acaa9d_0_114:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="738" name="Google Shape;738;g206d0acaa9d_0_114:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 743"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="744" name="Google Shape;744;g241eb7f8d0b_0_20:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="745" name="Google Shape;745;g241eb7f8d0b_0_20:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 750"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="751" name="Google Shape;751;g206d0acaa9d_0_25:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="752" name="Google Shape;752;g206d0acaa9d_0_25:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information about vocabulary, access the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Academic Vocabular</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>y module on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>www.kystandards.org</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. This module provides information on implementing both implicit and explicit vocabulary instruction with modules for both grades 6-8 and 9-12. Session 9 linked above details how to implement four vocabulary strategies: Interactive Word Walls; Quiz, Quiz, Trade; Word Play Questions; and Give One, Get One, Move On. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 757"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="758" name="Google Shape;758;g206d0acaa9d_0_84:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="759" name="Google Shape;759;g206d0acaa9d_0_84:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 764"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="765" name="Google Shape;765;g241eb7f8d0b_0_25:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="766" name="Google Shape;766;g241eb7f8d0b_0_25:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. The linked module comes from Session 9 of the Academic Vocabulary webpage on KyStandards.org and details how to implement each of these strategies.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 771"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="772" name="Google Shape;772;g2079cd96447_0_57:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="773" name="Google Shape;773;g2079cd96447_0_57:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>To support participants in reflection on what they have learned so far as they engaged with Module Four, complete the Google Form. It is important to note that this form is not scored, it is merely to support a participant in demonstrating their mastery of the success criteria shared at the beginning of this section. Responses are anonymous, and submitting this form will help the KDE by providing feedback on the effectiveness of this module. As a reminder, the success criteria for Module Four is:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="152400" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="152400" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Success Criteria: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="227"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondary sources.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Once participants have completed their Google Form, have them reflect on their learning by asking self-regulation feedback questions to ensure that they are prepared to continue additional modules within the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> module series. To reflect on your learning, ask yourself the following questions:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can I reflect on my own learning?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>What further doubts do I have regarding the information presented in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202124"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Four:  What should students do before engaging with complex sources?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1300" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Can I now teach someone else what makes a source complex? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If participants identify any gaps in their understanding after answering the self-regulation feedback questions, encourage them to ask their peers for additional help in clarifying any misconceptions. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 778"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="779" name="Google Shape;779;g242cb2f5201_2_22:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="780" name="Google Shape;780;g242cb2f5201_2_22:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. This concludes Module Four. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 568"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="569" name="Google Shape;569;g20976b23531_0_71:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The KDE needs your feedback on the effectiveness of this module, the learning platform and how the consultants may best support you as you take the next steps in the implementation process. Complete a short survey to share our thinking and provide them with feedback on how the KDE can best meet our needs. Feedback from our surveys will be used by the KDE to plan and prepare future professional learning.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Post-Survey: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://docs.google.com/forms/d/e/1FAIpQLSdA4gZ6IOKn0RAxFzgbQBHvVr0pLAmZukA5zdS4dAMHppPNPQ/viewform?usp=sf_link</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="570" name="Google Shape;570;g20976b23531_0_71:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3587778384"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 580"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="581" name="Google Shape;581;g1f07167d959_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="582" name="Google Shape;582;g1f07167d959_0_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting student comprehension of complex sources may occur in three phases. When implementing a complex source in the local curriculum, teachers can support student comprehension of the source by using strategies before, during and after reading the complex source. Module Four discusses ways to prepare students to comprehend complex sources before engaging with the source. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>As you engage with Module Four, you are encourage to view this PowerPoint in slideshow or presentation mode to ensure that you are able to read the text featured on each slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>As participants progress through Module Four, they will record their work in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Module_Four_Notecatcher.pdf</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 587"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="588" name="Google Shape;588;g206d0acaa9d_0_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="589" name="Google Shape;589;g206d0acaa9d_0_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 593"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="594" name="Google Shape;594;g1f145736de9_0_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="595" name="Google Shape;595;g1f145736de9_0_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 600"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="601" name="Google Shape;601;g1f145736de9_0_8:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="602" name="Google Shape;602;g1f145736de9_0_8:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Grade 2 Strongly Aligned with Teacher Notes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Social Studies Student Library. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1155CC"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 608"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="609" name="Google Shape;609;g2226c2c9ea0_1_12:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="610" name="Google Shape;610;g2226c2c9ea0_1_12:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Record your responses on in the Module Four </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notecatcher</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Grade 2 Strongly Aligned with Teacher Notes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Social Studies Student Library. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="sng" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1155CC"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 615"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="616" name="Google Shape;616;g206d0acaa9d_0_35:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="617" name="Google Shape;617;g206d0acaa9d_0_35:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Department of Education (n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Evidence-Based Instructional Practices Explicit Teaching and Modeling and the Kentucky Academic Standards for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Evidence Based Instructional Practices. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_3_Social_Studies.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 624"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="625" name="Google Shape;625;g2226c2c9ea0_1_2:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -1664,10867 +11963,50 @@
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
-          </a:p>
-[...10815 lines deleted...]
-            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -22359,698 +21841,333 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjZ4M-f_6T_AhW1lokEHYImC2wQFnoECCoQAQ&amp;url=https%3A%2F%2Fwww.theteachertoolkit.com%2Findex.php%2Ftool%2Fturn-and-talk&amp;usg=AOvVaw1rrtG3BSELu6Lcz6rGxAdZ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Kindergarten_Collection.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjZ4M-f_6T_AhW1lokEHYImC2wQFnoECCoQAQ&amp;url=https%3A%2F%2Fwww.theteachertoolkit.com%2Findex.php%2Ftool%2Fturn-and-talk&amp;usg=AOvVaw1rrtG3BSELu6Lcz6rGxAdZ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Kindergarten_Collection.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_8_Collection-Including_Diverse_Groups.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives.gov/files/education/lessons/document-analysis/english/analyze-artwork-novice.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/K_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/K_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Compass%20Points_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Chalk%20Talk_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/The%20Explanation%20Game_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Compass%20Points_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Chalk%20Talk_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/The%20Explanation%20Game_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/AV_9-12_S9_Slides.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/rw-resources/rw-pl-modules/academic-vocabulary/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/word_maps" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https:/www.education.ky.gov/_layouts/download.aspx?SourceUrl=/standards/kyacadstand/Documents/High_School-Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/AV_9-12_S9_Slides.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/standards-resources/rw-resources/rw-pl-modules/academic-vocabulary/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/AV_9-12_S9_Slides.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/word_maps" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https:/www.education.ky.gov/_layouts/download.aspx?SourceUrl=/standards/kyacadstand/Documents/High_School-Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/gzc6dBYxVSTBcA3g9" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/AV_9-12_S9_Slides.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/gzc6dBYxVSTBcA3g9" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maya.nmai.si.edu/the-maya/maya-people" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Q6eBJjdca14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_2_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maya.nmai.si.edu/the-maya/maya-people" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Q6eBJjdca14" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Module_Four_Notecatcher.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Module_Four_Notecatcher.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 123"/>
+        <p:cNvPr id="1" name="Shape 571"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="Google Shape;124;g2253e037a67_0_0"/>
+          <p:cNvPr id="572" name="Google Shape;572;g20976b23531_0_71"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2404000" y="1086488"/>
-            <a:ext cx="9144000" cy="2387700"/>
+            <a:off x="2061325" y="1122375"/>
+            <a:ext cx="10062900" cy="2387700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Libre Franklin Medium"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="27"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="180"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
-              <a:t>Supporting Students in Using Evidence</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Supporting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="181"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="181"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="Google Shape;125;g2253e037a67_0_0"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="573" name="Google Shape;573;g20976b23531_0_71"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3761025" y="3922950"/>
-            <a:ext cx="7311000" cy="669600"/>
+            <a:off x="3307925" y="3849575"/>
+            <a:ext cx="8526600" cy="1393200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
-            <a:spAutoFit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3500" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
               </a:rPr>
-              <a:t>Module Series Overview	</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="500" dirty="0">
+              <a:t>Module Four: What Should Students Do Before Engaging with Complex Sources?</a:t>
+            </a:r>
+            <a:endParaRPr i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Libre Franklin"/>
-[...1 lines deleted...]
-              <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...375 lines deleted...]
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 636"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="637" name="Google Shape;637;g206d0acaa9d_0_94"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23439,51 +22556,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 644"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="645" name="Google Shape;645;g2226c2c9ea0_1_20"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23786,51 +22903,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8666375" y="3380173"/>
             <a:ext cx="2962050" cy="2202525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 653"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="654" name="Google Shape;654;g206d0acaa9d_0_45"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -24025,491 +23142,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8889597" y="2021425"/>
             <a:ext cx="3325400" cy="2815150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
-[...439 lines deleted...]
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 669"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="670" name="Google Shape;670;g2226c2c9ea0_1_29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -24595,121 +23272,67 @@
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-406400" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Libre Franklin"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Access a text-based source. You may use your curated source set from slide 12 of </a:t>
-[...63 lines deleted...]
-            <a:pPr>
+              <a:t>Access a text-based source. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-406400" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Libre Franklin"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Write a narrative overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> that summarizes how you could support students in meeting the source. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
@@ -24786,51 +23409,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9259325" y="1942953"/>
             <a:ext cx="2932675" cy="2482697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 676"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="677" name="Google Shape;677;g241eb7f8d0b_0_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -25294,51 +23917,51 @@
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>g </a:t>
             </a:r>
             <a:endParaRPr sz="2200" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 684"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="685" name="Google Shape;685;g206d0acaa9d_0_62"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -25662,51 +24285,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 693"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="694" name="Google Shape;694;g241eb7f8d0b_0_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -25991,51 +24614,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8710175" y="2167175"/>
             <a:ext cx="2948350" cy="3091000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 700"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="701" name="Google Shape;701;g206d0acaa9d_0_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -26307,222 +24930,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6816500" y="1157862"/>
             <a:ext cx="2871625" cy="2068925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...170 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 708"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="709" name="Google Shape;709;g2435fae32ad_0_33"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27190,51 +25642,51 @@
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>Ensuring that student voice is valued through questioning in Kentucky social studies classrooms empowers students to unlock the unknown through questioning because it capitalizes on their curiosity as learners.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 716"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="717" name="Google Shape;717;g206d0acaa9d_0_129"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27588,51 +26040,410 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5577102" y="1272762"/>
             <a:ext cx="6614898" cy="4312475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 577"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="578" name="Google Shape;578;g1f07167d959_0_15"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="209200" y="244375"/>
+            <a:ext cx="11728800" cy="1141500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Introduction</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="579" name="Google Shape;579;g1f07167d959_0_15"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="487300" y="1134775"/>
+            <a:ext cx="11450700" cy="4124400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions, using evidence to substantiate their claims? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Question:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> How do I support students’ comprehension of primary and secondary sources? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="182"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Success Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="183"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="184"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>I will be successful when I can develop coherent periods of learning that s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="185"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>upports students’ comprehension of primary and secondary sources.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 724"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="725" name="Google Shape;725;g241eb7f8d0b_0_15"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27914,51 +26725,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8598425" y="2540173"/>
             <a:ext cx="2871625" cy="2068925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 732"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="733" name="Google Shape;733;g206d0acaa9d_0_15"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -28475,51 +27286,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8515624" y="1504718"/>
             <a:ext cx="3676376" cy="3676375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 739"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="740" name="Google Shape;740;g206d0acaa9d_0_114"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29329,51 +28140,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 746"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="747" name="Google Shape;747;g241eb7f8d0b_0_20"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29673,51 +28484,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8443172" y="1483260"/>
             <a:ext cx="3676376" cy="3676375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 753"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="754" name="Google Shape;754;g206d0acaa9d_0_25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30037,51 +28848,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7713654" y="1942908"/>
             <a:ext cx="4182046" cy="2972181"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 760"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="761" name="Google Shape;761;g206d0acaa9d_0_84"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30615,51 +29426,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 767"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="768" name="Google Shape;768;g241eb7f8d0b_0_25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31045,51 +29856,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7827700" y="1831093"/>
             <a:ext cx="4254151" cy="3023426"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 774"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="775" name="Google Shape;775;g2079cd96447_0_57"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31289,410 +30100,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1905000" y="1268550"/>
             <a:ext cx="8382000" cy="2028825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...358 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 781"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="782" name="Google Shape;782;g242cb2f5201_2_22"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31965,51 +30417,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8136688" y="3561862"/>
             <a:ext cx="3795700" cy="2138325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 571"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="572" name="Google Shape;572;g20976b23531_0_71"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -32141,51 +30593,51 @@
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
               </a:rPr>
               <a:t>Module Four: What Should Students Do Before Engaging with Complex Sources?</a:t>
             </a:r>
             <a:endParaRPr i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2796830085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 583"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="584" name="Google Shape;584;g1f07167d959_0_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32428,51 +30880,51 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 590"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="591" name="Google Shape;591;g206d0acaa9d_0_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32693,51 +31145,51 @@
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Libre Franklin"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Supporting students with unknown vocabulary </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 596"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="597" name="Google Shape;597;g1f145736de9_0_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32938,51 +31390,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8250690" y="1736325"/>
             <a:ext cx="3772950" cy="2510725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 603"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="604" name="Google Shape;604;g1f145736de9_0_8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33399,51 +31851,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 611"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="612" name="Google Shape;612;g2226c2c9ea0_1_12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33780,51 +32232,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8595900" y="1949025"/>
             <a:ext cx="3596100" cy="2393041"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 618"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="619" name="Google Shape;619;g206d0acaa9d_0_35"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34056,50 +32508,427 @@
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8666375" y="3380173"/>
             <a:ext cx="2962050" cy="2202525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 627"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="628" name="Google Shape;628;g2226c2c9ea0_1_2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="270675" y="81088"/>
+            <a:ext cx="10515600" cy="1325700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Students When Engaging With Complex Sources:</a:t>
+            </a:r>
+            <a:endParaRPr sz="3000" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>Before Engaging with the Source(s) (5)</a:t>
+            </a:r>
+            <a:endParaRPr sz="3000" b="1" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Libre Franklin"/>
+              <a:cs typeface="Libre Franklin"/>
+              <a:sym typeface="Libre Franklin"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="629" name="Google Shape;629;g2226c2c9ea0_1_2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1449874"/>
+            <a:ext cx="9045900" cy="1832400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="107950" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2900" b="1" dirty="0"/>
+              <a:t>Generate interest</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2900" dirty="0"/>
+              <a:t> in the source by:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="107950" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2900" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="107950" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2500" b="1" dirty="0"/>
+              <a:t>Engaging in Explicit Teaching and Modeling of the topic</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="630" name="Google Shape;630;g2226c2c9ea0_1_2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8403925" y="921362"/>
+            <a:ext cx="3788076" cy="354275"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="631" name="Google Shape;631;g2226c2c9ea0_1_2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9162200" y="1449874"/>
+            <a:ext cx="2464325" cy="1832425"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="632" name="Google Shape;632;g2226c2c9ea0_1_2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-744737" y="2961574"/>
+            <a:ext cx="11657576" cy="2801400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="1009650" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="2100"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Libre Franklin"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>For example, teachers must: </a:t>
+            </a:r>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Libre Franklin"/>
+              <a:ea typeface="Libre Franklin"/>
+              <a:cs typeface="Libre Franklin"/>
+              <a:sym typeface="Libre Franklin"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1828800" lvl="3" indent="-361950" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="2100"/>
+              <a:buFont typeface="Libre Franklin"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Libre Franklin"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>Provide clear, detailed instructions and explanations and chunk content to support students in synthesizing their knowledge of the disciplinary strand and/or inquiry standards that supports a student’s understanding of the source; and</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Libre Franklin"/>
+              <a:ea typeface="Libre Franklin"/>
+              <a:cs typeface="Libre Franklin"/>
+              <a:sym typeface="Libre Franklin"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1828800" lvl="3" indent="-361950" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="2100"/>
+              <a:buFont typeface="Libre Franklin"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Libre Franklin"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>Strike a balance in how much information is provided as providing too much information could prevent a student from interacting with a source because they already know everything about it. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Libre Franklin"/>
+              <a:ea typeface="Libre Franklin"/>
+              <a:cs typeface="Libre Franklin"/>
+              <a:sym typeface="Libre Franklin"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -34643,105 +33472,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...53 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -34993,187 +33767,226 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2023-09-08T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1855</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1855</Url>
       <Description>KYED-536-1855</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EFF601D-B140-4150-A66F-AF129EC3E78E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A53A5EB-2CA1-4226-AD00-26F4CF9F1793}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E39ED374-C83E-4C19-AB25-1108E7AF46D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD0E5BE-B4DE-4983-A09F-B021F280A966}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>6416</Words>
+  <Words>6131</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>433</Paragraphs>
-[...1 lines deleted...]
-  <Notes>31</Notes>
+  <Paragraphs>420</Paragraphs>
+  <Slides>29</Slides>
+  <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>31</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="40" baseType="lpstr">
-[...7 lines deleted...]
-      <vt:lpstr>Times New Roman</vt:lpstr>
+    <vt:vector size="30" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Supporting Students in Using Evidence</vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence2</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s)  (1)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (2)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s)  (3) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application (1)  </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s)  (4)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (5)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (6) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application (2) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (7)</vt:lpstr>
-      <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (8) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application (3) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (9)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (10) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application (4)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (11) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (12) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (13) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application (5)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (14) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (15) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (16) </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: Before Engaging with the Source(s) (17) </vt:lpstr>
       <vt:lpstr>Before Engaging with the Source(s): Application</vt:lpstr>
       <vt:lpstr>Check For Understanding </vt:lpstr>
       <vt:lpstr>Conclusion of Module Four of the Supporting Students in Using Evidence module series </vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>