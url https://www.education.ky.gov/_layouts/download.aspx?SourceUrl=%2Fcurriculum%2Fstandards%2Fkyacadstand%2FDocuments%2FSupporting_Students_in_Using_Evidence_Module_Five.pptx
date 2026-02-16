--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -20,179 +20,176 @@
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId36"/>
+    <p:notesMasterId r:id="rId35"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="263" r:id="rId6"/>
-[...28 lines deleted...]
-    <p:sldId id="380" r:id="rId35"/>
+    <p:sldId id="352" r:id="rId6"/>
+    <p:sldId id="353" r:id="rId7"/>
+    <p:sldId id="354" r:id="rId8"/>
+    <p:sldId id="355" r:id="rId9"/>
+    <p:sldId id="356" r:id="rId10"/>
+    <p:sldId id="357" r:id="rId11"/>
+    <p:sldId id="358" r:id="rId12"/>
+    <p:sldId id="359" r:id="rId13"/>
+    <p:sldId id="360" r:id="rId14"/>
+    <p:sldId id="361" r:id="rId15"/>
+    <p:sldId id="362" r:id="rId16"/>
+    <p:sldId id="363" r:id="rId17"/>
+    <p:sldId id="364" r:id="rId18"/>
+    <p:sldId id="365" r:id="rId19"/>
+    <p:sldId id="366" r:id="rId20"/>
+    <p:sldId id="367" r:id="rId21"/>
+    <p:sldId id="368" r:id="rId22"/>
+    <p:sldId id="369" r:id="rId23"/>
+    <p:sldId id="370" r:id="rId24"/>
+    <p:sldId id="371" r:id="rId25"/>
+    <p:sldId id="372" r:id="rId26"/>
+    <p:sldId id="373" r:id="rId27"/>
+    <p:sldId id="374" r:id="rId28"/>
+    <p:sldId id="375" r:id="rId29"/>
+    <p:sldId id="376" r:id="rId30"/>
+    <p:sldId id="377" r:id="rId31"/>
+    <p:sldId id="378" r:id="rId32"/>
+    <p:sldId id="379" r:id="rId33"/>
+    <p:sldId id="380" r:id="rId34"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId37"/>
-      <p:italic r:id="rId38"/>
+      <p:regular r:id="rId36"/>
+      <p:italic r:id="rId37"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId39"/>
-      <p:italic r:id="rId40"/>
+      <p:regular r:id="rId38"/>
+      <p:italic r:id="rId39"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Libre Franklin" pitchFamily="2" charset="0"/>
-      <p:regular r:id="rId41"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId44"/>
+      <p:regular r:id="rId40"/>
+      <p:bold r:id="rId41"/>
+      <p:italic r:id="rId42"/>
+      <p:boldItalic r:id="rId43"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Libre Franklin Medium" pitchFamily="2" charset="0"/>
-[...3 lines deleted...]
-      <p:boldItalic r:id="rId48"/>
+      <p:font typeface="Libre Franklin Medium" panose="020F0502020204030204" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId44"/>
+      <p:bold r:id="rId45"/>
+      <p:italic r:id="rId46"/>
+      <p:boldItalic r:id="rId47"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -385,51 +382,51 @@
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
-      <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" r:id="rId156" roundtripDataSignature="AMtx7mhbjnDweMmesxcf3gtrLHUpCiyUBA=="/>
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" r:id="rId156" roundtripDataSignature="AMtx7mhbjnDweMmesxcf3gtrLHUpCiyUBA=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{5BD90D4C-25CF-D8C0-EF06-27663B70180B}" name="Perkins, Jacob - Division of Communications" initials="PJDoC" userId="S::Jacob.Perkins@education.ky.gov::c40ba2c0-b4ef-4c71-9781-8024fdc37b7e" providerId="AD"/>
   <p188:author id="{C3D873E3-4DC4-748B-D574-646FE133D5AE}" name="Turner, Rosalind - Division of Communications" initials="TRDoC" userId="S::rosalind.turner@education.ky.gov::7c9c7ca7-1d99-46ec-ad67-a660f1da40fc" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
 <p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cmAuthor id="0" name="Micki Ray" initials="" lastIdx="4" clrIdx="0"/>
   <p:cmAuthor id="1" name="Lauren Gallicchio" initials="" lastIdx="5" clrIdx="1"/>
   <p:cmAuthor id="2" name="Thomas Clouse" initials="" lastIdx="1" clrIdx="2"/>
 </p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
@@ -607,91 +604,91 @@
       </a:tcStyle>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="63925" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="48" d="100"/>
-          <a:sy n="48" d="100"/>
+          <a:sx n="101" d="100"/>
+          <a:sy n="101" d="100"/>
         </p:scale>
-        <p:origin x="1440" y="58"/>
+        <p:origin x="2622" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-52812"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId162" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId156" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId163" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1108,55 +1105,55 @@
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1168,202 +1165,10127 @@
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/article/importance-active-reading" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/article/importance-active-reading" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weareteachers.com/think-pair-share-alternatives/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weareteachers.com/think-pair-share-alternatives/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/paragraph_shrinking" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningcenter.unc.edu/tips-and-tools/annotating-texts/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/reciprocal_teaching#:~:text=Reciprocal%20teaching%20refers%20to%20an,generating%2C%20clarifying%2C%20and%20predicting" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/undergraduates/resources/resource-library/active-reading-strategies" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/paragraph_shrinking" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningcenter.unc.edu/tips-and-tools/annotating-texts/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/reciprocal_teaching#:~:text=Reciprocal%20teaching%20refers%20to%20an,generating%2C%20clarifying%2C%20and%20predicting" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/undergraduates/resources/resource-library/active-reading-strategies" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 120"/>
+        <p:cNvPr id="1" name="Shape 786"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;g2253e037a67_0_0:notes"/>
-[...37 lines deleted...]
-          <p:cNvPr id="122" name="Google Shape;122;g2253e037a67_0_0:notes"/>
+          <p:cNvPr id="787" name="Google Shape;787;g1f145736de9_0_92:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="788" name="Google Shape;788;g1f145736de9_0_92:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Series Overview:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> module series is a set of six of modules designed to support students when using evidence as required by the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed in a progression, you may engage with the module section that best meets your professional learning needs. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>module series is intended to support the successful implementation of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> in classrooms across the state. The duration, scope and sequence of the module sections may be customized to accommodate local needs and conditions. The sections are designed to provide flexibility for districts and schools and, as such, can be viewed as stand-alone lessons or within the progression of the module as written. You are supported in engaging with this module individually, if desired. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Materials:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The following materials are part of this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Kentucky Academic Standards (KAS) for Social Studies</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Additional materials, such as but not limited to, articles, discussion strategies, etc. are provided within the notes section of applicable slides throughout the module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding notes are provided in the Notes section of the PowerPoint to support your learning. The information provided in the Notes section includes additional information, directions for the activities on the slide, and citations of used resources, where appropriate. It is critical that you read the material presented in the Notes section to ensure that you are acquiring the important knowledge, skills and understanding required when engaging with this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Virtual Training Note:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If you plan to engage with this module virtually as a group, consider directing participants to the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:uFill>
+                  <a:noFill/>
+                </a:uFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Social Studies Professional Learning Modules page </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>so that you may access the resources used directly from the links provided in the PowerPoint: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://kystandards.org/standards-resources/ss-resources/ss-pl-modules/</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Additionally, you may consider downloading the resources contained within each section of the module and placing them into a Google folder for you or your colleagues to access. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Five: Compelling and Supporting Questions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102649"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions, using evidence to substantiate their claims? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Question:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> How do I support students’ comprehension of primary and secondary sources?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target and Success Criteria:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Learning Target and Success Criteria for districts and schools of Module One: Using Evidence and the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> are:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="102649"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Success Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondary sources.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Intended Audiences:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participants</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module participants may include, but are not limited to, district leadership, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators and classroom teachers.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>It is important to note that it is recommended that participants have engaged with the following modules prior to engaging with this module:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Getting to know the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Minding the Gap </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Inquiry Practices of the Kentucky Academic Standards (KAS) for Social Studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Thus, participants are encouraged to engage with these modules prior to participating in this module. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>While this module series is designed for a teacher to engage with it individually, it may be implemented with a group of educators led by a facilitator. If this module is being completed as a group, facilitators may include, but are not limited to, district leaders, school administrators, instructional specialists/coaches, intervention specialists, department chairs, special educators, and classroom teachers. Facilitators may need to revise specific tasks in order to meet the needs of the participants or to be respectful of the time planned within the work session. As stated above, the Kentucky Department of Education (KDE) recommends that participants engage with the four modules mentioned above prior to engaging with this work. If the facilitator has not engaged with these modules, it is recommended that they complete the four modules mentioned before facilitating this module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Helpful Hint for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The learning that will take place in this module may cause Kentucky educators to face changes in instructional practices amidst this transition. It is important to realize that while you are the facilitator of these work sessions, you may not have all the answers to the questions asked by participants, and that is okay. Throughout the module, participants may have questions that will be addressed in future work sessions. When that happens, reflect on this quote from Graham Fletcher, “Every teachable moment doesn’t need to be a teachable moment in that moment.” Use these moments to encourage participants to attend future work sessions where those questions will be addressed. If participants ask questions you are not prepared to answer, offer to follow up on that during the next work session.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Planning Ahead for Facilitators:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Determine which stakeholders to invite as participants. In the invitation, describe how the work sessions will benefit them.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A few days before the meeting, you may want to remind participants to be prepared to have their documents available during the meeting. (See below for Participant Documents Needed.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Reserve adequate space and equipment. Tables or desks should be set up to support small-group discussion. If conducting this module virtually, ensure that your technology platform can support break out rooms to support small group collaboration.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Ensure that participants have access to the Internet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Consider how you might handle participants who may not be in attendance at all work sessions. It might be worthwhile to consider how those participants might access missed sections of the module between work sessions in order to feel as prepared as the other participants.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Preparation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Participant Documents Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Plan ahead regarding how you will feel most comfortable engaging with the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>s, either:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A device with access to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, or</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• A hard copy of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supplies Needed:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="232"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Computer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> with the Module Six: What should students do before engaging with complex sources? PowerPoint presentation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Technology with projection capability if in person with a group. Technology platform where presenters have sharing ability and breakout room options if virtual with a group. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Copies of the handouts needed for the session either in hard copy format or available in a folder online. If facilitating this work with a group, links to the participant handouts needed for the session also may be built right into the agenda.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Parking Lot for questions - If completing as a group, you may consider providing a poster on which participants can write or post questions, or you may prefer to have a digital parking lot where participants can access a Google document, for example, to post questions and that you can modify as the participants work through the sections of the module.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Self-Sticking Notes (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Poster paper (optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>• Highlighters and/or colored pens/markers (optional)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a Community:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Building a community is important for any group that will work together, especially if participants have not worked together before. The concept is the same as building a safe, respectful, productive classroom climate. Incorporating community-building into each session builds trust, shows participants that they are valuable as individuals and engages them in the learning process. It is also useful for creating a professional learning network where participants can be supported in their work. Community-building can be as simple as allowing participants to introduce themselves and their role in the school/district, developing or refining group norms, allowing for questions, and/or the sharing of answers to reflection questions or individual discovery task items that are included in this module. Again, time allotted for community-building will allow participants to have a voice and be engaged as active contributors and learners in the sessions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Virtual Training Options:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Be sure to conduct continual check-ins throughout the presentation. Build Google documents to continue to collect feedback, such as questions, hopes, and/or concerns to which participants may continually add.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 852"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="853" name="Google Shape;853;g1f145736de9_0_56:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="854" name="Google Shape;854;g1f145736de9_0_56:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 860"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="861" name="Google Shape;861;g1f145736de9_0_20:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="862" name="Google Shape;862;g1f145736de9_0_20:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 868"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="869" name="Google Shape;869;g223c2a54d89_0_7:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="870" name="Google Shape;870;g223c2a54d89_0_7:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Module Five Learning Guide: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 875"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="876" name="Google Shape;876;g1f145736de9_0_27:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="877" name="Google Shape;877;g1f145736de9_0_27:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The information here applies largely to text-based sources. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The linked module for Text Dependent Questions linked on the slide provides further information about how to write questions that ensure students engage deeply with the source. The slides that follow provide more explicit details relevant to social studies sources. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 882"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="883" name="Google Shape;883;g223c2a54d89_5_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="884" name="Google Shape;884;g223c2a54d89_5_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 888"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="889" name="Google Shape;889;g223c2a54d89_5_5:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="890" name="Google Shape;890;g223c2a54d89_5_5:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 894"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="895" name="Google Shape;895;g223c2a54d89_5_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="896" name="Google Shape;896;g223c2a54d89_5_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 901"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="902" name="Google Shape;902;g223c2a54d89_5_16:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="903" name="Google Shape;903;g223c2a54d89_5_16:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 908"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="909" name="Google Shape;909;g223c2a54d89_5_22:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="910" name="Google Shape;910;g223c2a54d89_5_22:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 914"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="915" name="Google Shape;915;g223c2a54d89_5_28:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="916" name="Google Shape;916;g223c2a54d89_5_28:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 793"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="794" name="Google Shape;794;g1f145736de9_0_97:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on compelling questions, visit Section 3B: “What are Compelling Questions and how do students ask them?” from the Inquiry Practices module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on supporting questions, visit “Section C: What are Supporting Questions, and how do students ask them?” from the Inquiry Practices module: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>For more information on Learning Goals and Success Criteria and their alignment to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, visit Learning Goals, Success Criteria and the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>KAS for Social Studies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" u="sng" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://kystandards.org/standards-resources/ss-resources/learning-goals-success-criteria-and-the-kas-for-social-studies/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="795" name="Google Shape;795;g1f145736de9_0_97:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 922"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="923" name="Google Shape;923;g223c2a54d89_5_35:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="924" name="Google Shape;924;g223c2a54d89_5_35:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 930"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="931" name="Google Shape;931;g223c2a54d89_5_42:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="932" name="Google Shape;932;g223c2a54d89_5_42:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide is adapted from the Reading and Writing webcast that aired on 3-19-20: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://youtu.be/z6XzikFdrok</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 938"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="939" name="Google Shape;939;g1f145736de9_0_72:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="940" name="Google Shape;940;g1f145736de9_0_72:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 946"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="947" name="Google Shape;947;g1f145736de9_0_132:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="948" name="Google Shape;948;g1f145736de9_0_132:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 953"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="954" name="Google Shape;954;g2079cd96447_0_37:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="955" name="Google Shape;955;g2079cd96447_0_37:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 960"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="961" name="Google Shape;961;g1f145736de9_0_139:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="962" name="Google Shape;962;g1f145736de9_0_139:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 968"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="969" name="Google Shape;969;g223c2a54d89_0_55:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="970" name="Google Shape;970;g223c2a54d89_0_55:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and complete the application activity on the slide. Module Five Learning Guide: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://docs.google.com/document/d/16UNZD0kK9ZEIdiQgbZ266jfwgMsGuUG0AehRNcHGpzQ/edit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 975"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="976" name="Google Shape;976;g2079cd96447_0_67:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="977" name="Google Shape;977;g2079cd96447_0_67:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>To support participants in reflection on what they have learned so far as they engaged with Module Four, complete the Google Form. It is important to note that this form is not scored, it is merely to support a participant in demonstrating their mastery of the success criteria shared at the beginning of this section. Responses are anonymous, and submitting this form will help the KDE by providing feedback on the effectiveness of this module. As a reminder, the success criteria for Module Four is:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="152400" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Success Criteria: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="255"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondary sources.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Once participants have completed their Google Form, have them reflect on their learning by asking self-regulation feedback questions to ensure that they are prepared to continue additional modules within the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> module series. To reflect on your learning, ask yourself the following questions:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can I reflect on my own learning?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>What further doubts do I have regarding the information presented in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202124"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Module Four:  What should students do before engaging with complex sources?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1300" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="222222"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Can I now teach someone else what makes a source complex? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="222222"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="222222"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If participants identify any gaps in their understanding after answering the self-regulation feedback questions, encourage them to ask their peers for additional help in clarifying any misconceptions. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 982"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="983" name="Google Shape;983;g223c2a54d89_0_32:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="984" name="Google Shape;984;g223c2a54d89_0_32:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. This concludes Module Five.</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 786"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="787" name="Google Shape;787;g1f145736de9_0_92:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="788" name="Google Shape;788;g1f145736de9_0_92:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0"/>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The KDE needs your feedback on the effectiveness of this module, the learning platform and how the consultants may best support you as you take the next steps in the implementation process. Complete a short survey to share our thinking and provide them with feedback on how the KDE can best meet our needs. Feedback from our surveys will be used by the KDE to plan and prepare future professional learning.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Post-Survey: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://docs.google.com/forms/d/e/1FAIpQLSdA4gZ6IOKn0RAxFzgbQBHvVr0pLAmZukA5zdS4dAMHppPNPQ/viewform?usp=sf_link</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3627706794"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 799"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="800" name="Google Shape;800;g1f145736de9_0_102:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="801" name="Google Shape;801;g1f145736de9_0_102:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Supporting student comprehension of complex sources may occur in three phases. When implementing a complex source in the local curriculum, teachers can support student comprehension of the source by using strategies before, during and after reading the complex source. Module Five discusses ways to support students while engaging with complex sources to support comprehension. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>As you engage with Module Five, you are encourage to view this PowerPoint in slideshow or presentation mode to ensure that you are able to read the text featured on each slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 806"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="807" name="Google Shape;807;g223c2a54d89_0_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="808" name="Google Shape;808;g223c2a54d89_0_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and engage in the Gist Reading Strategy to learn about the importance of active reading. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resource:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reed, Deborah K. (2016) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Importance of Active Reading. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reading Rockets (courtesy of the Iowa Reading Research Center). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.readingrockets.org/article/importance-active-reading</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 814"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="815" name="Google Shape;815;g223c2a54d89_0_12:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="816" name="Google Shape;816;g223c2a54d89_0_12:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>To engage in a Sticky-Note Storm, you will work individually at first, but then share your ideas in pairs or small groups. The goal of is strategy is to share as many ideas as possible. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resources: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Mulvahill, Elizabeth (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>10 Fun Alternatives to Think-Pair-Share. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>We Are Teachers. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.weareteachers.com/think-pair-share-alternatives/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 821"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="822" name="Google Shape;822;g223c2a54d89_0_61:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="823" name="Google Shape;823;g223c2a54d89_0_61:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 827"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="828" name="Google Shape;828;g206d0acaa9d_0_5:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="829" name="Google Shape;829;g206d0acaa9d_0_5:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide. It is important to note that the information here</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> applies largely to text based sources. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Close reading with sources is limited to text-based formats, such as letters, newspapers, diaries, but can also be used with transcribed audio formats, such as recorded interviews or speeches.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 833"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="834" name="Google Shape;834;g1f145736de9_0_37:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="835" name="Google Shape;835;g1f145736de9_0_37:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Guiding Notes:</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Read the slide and access each link to learn more about the strategies cited. You will apply one of these strategies to a source later in this slideshow. Therefore, it is important to learn more about these strategies.  </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Resources: </a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Learning Center. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Annotating Texts. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>University of North Carolina at Chapel Hill. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://learningcenter.unc.edu/tips-and-tools/annotating-texts/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Facing History &amp; Ourselves. (2009. November 12). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Chunking</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.facinghistory.org/resource-library/chunking</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>AVID Critical Reading. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Marking the Text. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reading Rockets. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Partner Reading. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://www.readingrockets.org/strategies/partner_reading</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>#iteachela. (2001). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The Gist Reading Strategy </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>[video]. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https://www.youtube.com/watch?v=4XTb5WDQkr8</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reading Rockets. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Paragraph Shrinking Strategy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>https://www.readingrockets.org/strategies/paragraph_shrinking</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The McGraw Center for Teaching &amp; Learning. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Active Reading Strategies: Remember and Analyze What You Read</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId9"/>
+              </a:rPr>
+              <a:t>https://mcgraw.princeton.edu/undergraduates/resources/resource-library/active-reading-strategies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reading Rockets. (n.d.). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reciprocal Teaching</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>https://www.readingrockets.org/strategies/reciprocal_teaching#:~:text=Reciprocal%20teaching%20refers%20to%20an,generating%2C%20clarifying%2C%20and%20predicting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 842"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="843" name="Google Shape;843;g1f145736de9_0_61:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -1556,10083 +11478,50 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>This slide provides an excerpt of a Teacher Note that shows how a student is supporting in meeting the source during an investigation. You may access the full Teacher Note using the link provided in the word “example.” </a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
-[...10031 lines deleted...]
-            <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -21472,844 +21361,347 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/High_School_SS_Strongly_Aligned_Assignment_2_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_4_Teacher_Note_Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalgeographic.org/article/new-england-colonies-and-native-americans/4th-grade/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_4_Teacher_Note_Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalgeographic.org/article/new-england-colonies-and-native-americans/4th-grade/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/High_School-Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/active-reading-strategies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nps.gov/articles/march-on-washington.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/High_School-Including_Diverse_Groups_of_the_KAS_for_Social_Studies.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/active-reading-strategies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nps.gov/articles/march-on-washington.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/utdq/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kystandards.org/utdq/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dontchangethislink.peardeckmagic.zone?eyJ0eXBlIjoiZ29vZ2xlLXNsaWRlcy1hZGRvbi1yZXNwb25zZS1mb290ZXIiLCJsYXN0RWRpdGVkQnkiOiIxMDM0NjI0NzI1MzUxMjg5MDM4MjciLCJwcmVzZW50YXRpb25JZCI6IjFqWk1DR1NuWnZHYUFPa2RfUmZMZ282WkNNTUNPdnp3NVc5MFZqLXB2M0ZzIiwiY29udGVudElkIjoiY3VzdG9tLXJlc3BvbnNlLW11bHRpcGxlQ2hvaWNlIiwic2xpZGVJZCI6ImcxYmI2MThhOWNhM18wXzEyNCIsImNvbnRlbnRJbnN0YW5jZUlkIjoiMWpaTUNHU25adkdhQU9rZF9SZkxnbzZaQ01NQ092enc1VzkwVmotcHYzRnMvNTI2ZDk5OGUtMGFmMS00ZDEwLWIxOGItY2I3ZGYwZWI1NWM1In0=pearId=magic-pear-metadata-identifier" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dontchangethislink.peardeckmagic.zone?eyJ0eXBlIjoiZ29vZ2xlLXNsaWRlcy1hZGRvbi1yZXNwb25zZS1mb290ZXIiLCJsYXN0RWRpdGVkQnkiOiIxMDM0NjI0NzI1MzUxMjg5MDM4MjciLCJwcmVzZW50YXRpb25JZCI6IjFqWk1DR1NuWnZHYUFPa2RfUmZMZ282WkNNTUNPdnp3NVc5MFZqLXB2M0ZzIiwiY29udGVudElkIjoiY3VzdG9tLXJlc3BvbnNlLW11bHRpcGxlQ2hvaWNlIiwic2xpZGVJZCI6ImcxYmI2MThhOWNhM18wXzEyNCIsImNvbnRlbnRJbnN0YW5jZUlkIjoiMWpaTUNHU25adkdhQU9rZF9SZkxnbzZaQ01NQ092enc1VzkwVmotcHYzRnMvNTI2ZDk5OGUtMGFmMS00ZDEwLWIxOGItY2I3ZGYwZWI1NWM1In0=pearId=magic-pear-metadata-identifier" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dontchangethislink.peardeckmagic.zone?eyJ0eXBlIjoiZ29vZ2xlLXNsaWRlcy1hZGRvbi1yZXNwb25zZS1mb290ZXIiLCJsYXN0RWRpdGVkQnkiOiIxMDM0NjI0NzI1MzUxMjg5MDM4MjciLCJwcmVzZW50YXRpb25JZCI6IjFqWk1DR1NuWnZHYUFPa2RfUmZMZ282WkNNTUNPdnp3NVc5MFZqLXB2M0ZzIiwiY29udGVudElkIjoiY3VzdG9tLXJlc3BvbnNlLW11bHRpcGxlQ2hvaWNlIiwic2xpZGVJZCI6ImcxYmI2MThhOWNhM18wXzEyNCIsImNvbnRlbnRJbnN0YW5jZUlkIjoiMWpaTUNHU25adkdhQU9rZF9SZkxnbzZaQ01NQ092enc1VzkwVmotcHYzRnMvNTI2ZDk5OGUtMGFmMS00ZDEwLWIxOGItY2I3ZGYwZWI1NWM1In0=pearId=magic-pear-metadata-identifier" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businessinsider.com/map-of-global-shipping-interactive-2017-12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businessinsider.com/map-of-global-shipping-interactive-2017-12" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=flSjeLJkFMo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Strongly_Aligned_Assignment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=flSjeLJkFMo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_5_SS_Strongly_Aligned_Assigment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking#:~:text=%E2%80%9CChunking%20the%20text%E2%80%9D%20simply%20means,students%20have%20used%20this%20strategy." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachingamericanhistory.org/document/resolutions-of-the-stamp-act-congress-2/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_5_SS_Strongly_Aligned_Assigment_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/chunking#:~:text=%E2%80%9CChunking%20the%20text%E2%80%9D%20simply%20means,students%20have%20used%20this%20strategy." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachingamericanhistory.org/document/resolutions-of-the-stamp-act-congress-2/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/AtqGqA8tdbWwUmo6A" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/AtqGqA8tdbWwUmo6A" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/topics/background-knowledge/articles/importance-active-reading" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/topics/background-knowledge/articles/importance-active-reading" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weareteachers.com/think-pair-share-alternatives/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weareteachers.com/think-pair-share-alternatives/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/paragraph_shrinking" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningcenter.unc.edu/tips-and-tools/annotating-texts/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/reciprocal_teaching#:~:text=Reciprocal%20teaching%20refers%20to%20an,generating%2C%20clarifying%2C%20and%20predicting." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/teaching-strategies/chunking" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/active-reading-strategies" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/paragraph_shrinking" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningcenter.unc.edu/tips-and-tools/annotating-texts/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4XTb5WDQkr8" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/partner_reading" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.readingrockets.org/strategies/reciprocal_teaching#:~:text=Reciprocal%20teaching%20refers%20to%20an,generating%2C%20clarifying%2C%20and%20predicting." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/teaching-strategies/chunking" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcgraw.princeton.edu/active-reading-strategies" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/High_School_SS_Strongly_Aligned_Assignment_2_TN.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 123"/>
+        <p:cNvPr id="1" name="Shape 789"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="Google Shape;124;g2253e037a67_0_0"/>
+          <p:cNvPr id="791" name="Google Shape;791;g1f145736de9_0_92"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2404000" y="1086488"/>
-            <a:ext cx="9144000" cy="2387700"/>
+            <a:off x="2061325" y="1122375"/>
+            <a:ext cx="10062900" cy="2387700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Libre Franklin Medium"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="27"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="234"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
-              <a:t>Supporting Students in Using Evidence</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Supporting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="235"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> Students in Using Evidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="235"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="Google Shape;125;g2253e037a67_0_0"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="792" name="Google Shape;792;g1f145736de9_0_92"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3761025" y="3922950"/>
-            <a:ext cx="7311000" cy="669600"/>
+            <a:off x="3295950" y="3711025"/>
+            <a:ext cx="8526600" cy="1393200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
-            <a:spAutoFit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3500" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
-              </a:rPr>
-[...2 lines deleted...]
-            <a:endParaRPr sz="500" dirty="0">
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="236"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Module Five: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3500" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Libre Franklin Medium"/>
+                <a:cs typeface="Libre Franklin Medium"/>
+                <a:sym typeface="Libre Franklin Medium"/>
+              </a:rPr>
+              <a:t>What Should Students Do While Engaging with Complex Sources?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
-              <a:ea typeface="Libre Franklin"/>
-[...1 lines deleted...]
-              <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...525 lines deleted...]
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 855"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="856" name="Google Shape;856;g1f145736de9_0_56"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -22578,51 +21970,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Read the article with a partner and identify the characteristics that impacted interactions between the American Indians and European settlers. As you read, highlight evidence from the article that explains interactions and designate a different color to identify these interactions as impacted by cultural, economic or environmental impact. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 863"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="864" name="Google Shape;864;g1f145736de9_0_20"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -22873,51 +22265,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Peaceful Protest” would become “Why was the March on Washington a powerful, peaceful protest?” Students would answer this question after reading the corresponding section. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 871"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="872" name="Google Shape;872;g223c2a54d89_0_7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23006,85 +22398,85 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Access a text-based source. You may use your curated source set from slide 12 of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="208"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="208"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Module Two of the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="209"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="209"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Supporting Students in Using Evidence </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="210"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="210"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Model Series if you completed this module previously.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:highlight>
                 <a:schemeClr val="lt1"/>
               </a:highlight>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-387350" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -23190,51 +22582,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7304450" y="1697000"/>
             <a:ext cx="4442700" cy="2969024"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 878"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="879" name="Google Shape;879;g1f145736de9_0_27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -23335,62 +22727,62 @@
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>To monitor for comprehension as a student reads a source, students may also interact with </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="250"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="250"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Text Dependent Questions</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="251"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="251"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> (TDQ)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
@@ -23400,51 +22792,51 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>A text dependent question is a question that is can only be answered by reading the text. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 885"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="886" name="Google Shape;886;g223c2a54d89_5_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -23487,51 +22879,51 @@
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="007780"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="252"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="252"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>What are text dependent questions?</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="007780"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -23864,51 +23256,51 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 891"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="892" name="Google Shape;892;g223c2a54d89_5_5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -24392,137 +23784,146 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 897"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="898" name="Google Shape;898;g223c2a54d89_5_10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="331788" y="325438"/>
             <a:ext cx="11528425" cy="950912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
             <a:prstDash/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="007780"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
-              <a:t>Text-Dependent Questions Promote Equity!</a:t>
+              <a:t>Text-Dependent Questions Promote </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>Opportunity for All</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="102649"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="900" name="Google Shape;900;g223c2a54d89_5_10"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
@@ -24885,51 +24286,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3326484284"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 904"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="905" name="Google Shape;905;g223c2a54d89_5_16"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -25541,51 +24942,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 911"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="912" name="Google Shape;912;g223c2a54d89_5_22"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -25934,236 +25335,51 @@
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="102649"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>Does the student understand how central ideas develop over the course of a source?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...184 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 917"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="918" name="Google Shape;918;g223c2a54d89_5_28"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -26415,51 +25631,398 @@
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>question that requires students to refer to the source and could not be answered with prior knowledge. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 796"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="797" name="Google Shape;797;g1f145736de9_0_97"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="209200" y="244375"/>
+            <a:ext cx="11728800" cy="1141500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3500" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="237"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Module Five: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3500" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>What should students do while engaging with complex sources?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="798" name="Google Shape;798;g1f145736de9_0_97"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="443200" y="1483500"/>
+            <a:ext cx="11450700" cy="4124400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-374650" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Compelling Question: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How do I support students in communicating their own conclusions</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> when substantiating their claims using evidence? </a:t>
+            </a:r>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-374650" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Question:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> How do I support students’ comprehension of primary and secondary sources? </a:t>
+            </a:r>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-374650" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Learning Target:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> I can support students in using evidence to substantiate their claims.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-374650" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Success Criteria:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondary sources.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2300" dirty="0">
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 925"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="926" name="Google Shape;926;g223c2a54d89_5_35"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -26711,51 +26274,51 @@
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>question that requires students to refer to the source and could not be answered with prior knowledge. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 933"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="934" name="Google Shape;934;g223c2a54d89_5_42"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -26970,51 +26533,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8015899" y="431300"/>
             <a:ext cx="2602167" cy="2602200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 941"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;849;g1f145736de9_0_61">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D4443F2-B380-E273-4270-429802FD8445}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -27395,51 +26958,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Consider the book and two sources we have explored so far. What did you learn about world trade from the book and sources you have explored so far? Students may respond that each source shows that different regions across the globe depend on each other. In the book, different countries specialize in producing the goods that together make up a product (apple pie). The chart shows us that the United States trades many agricultural products with countries both near and far, and the map shows us that regions across the world are trading goods with one another. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Noto Sans Symbols"/>
               <a:cs typeface="Noto Sans Symbols"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 949"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="950" name="Google Shape;950;g1f145736de9_0_132"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27648,51 +27211,51 @@
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Libre Franklin"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Conduct classroom conversations, either in pairs or small groups, to support comprehension </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 956"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="957" name="Google Shape;957;g2079cd96447_0_37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -28098,51 +27661,51 @@
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1037857031"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 963"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="964" name="Google Shape;964;g1f145736de9_0_139"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -28529,51 +28092,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Ask students to identify and underline evidence of this from the text. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 971"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="972" name="Google Shape;972;g223c2a54d89_0_55"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -28588,51 +28151,51 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="253"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="253"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>While Engaging</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
               <a:t> with the Source(s): Application (2)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="973" name="Google Shape;973;g223c2a54d89_0_55"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
@@ -28671,85 +28234,85 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Access a text-based source. You may use your curated source set from slide 12 of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="208"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="208"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Module Two of the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="209"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="209"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Supporting Students in Using Evidence </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="210"/>
+                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="210"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Model Series if you completed this module previously.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:highlight>
                 <a:schemeClr val="lt1"/>
               </a:highlight>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-387350" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -28832,51 +28395,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7437775" y="1697000"/>
             <a:ext cx="4309376" cy="2879925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 978"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="979" name="Google Shape;979;g2079cd96447_0_67"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29003,65 +28566,65 @@
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="256"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="256"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Success Criteria:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="257"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="257"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> I will be successful when I can develop coherent periods of learning that supports students’ comprehension of primary and secondary sources.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="981" name="Google Shape;981;g2079cd96447_0_67" descr="This is a screenshot from the beginning of the Google Form linked on the slide.">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
@@ -29071,51 +28634,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2533063" y="1188013"/>
             <a:ext cx="6962775" cy="2066925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 985"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="986" name="Google Shape;986;g223c2a54d89_0_32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29127,51 +28690,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="258"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="258"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Conclusion of Module Five of the Supporting Students in Using Evidence module series </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="987" name="Google Shape;987;g223c2a54d89_0_32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="444950" y="1852325"/>
             <a:ext cx="7345800" cy="3778500"/>
@@ -29283,51 +28846,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3700" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>If you would like to continue your learning within this module series, please access Module Six: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3700" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="259"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="259"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>What should students do after engaging with sources?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3700" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="222222"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
@@ -29386,398 +28949,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7955525" y="1753700"/>
             <a:ext cx="4087376" cy="2306325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...346 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 789"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="791" name="Google Shape;791;g1f145736de9_0_92"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -29798,76 +29014,76 @@
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Libre Franklin Medium"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="234"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="234"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Supporting</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="235"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="235"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> Students in Using Evidence</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="235"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="235"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4500" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="792" name="Google Shape;792;g1f145736de9_0_92"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -29889,85 +29105,85 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3500" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="236"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="236"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Module Five: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3500" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin Medium"/>
                 <a:cs typeface="Libre Franklin Medium"/>
                 <a:sym typeface="Libre Franklin Medium"/>
               </a:rPr>
               <a:t>What Should Students Do While Engaging with Complex Sources?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" i="1" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3837373915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 802"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="803" name="Google Shape;803;g1f145736de9_0_102"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30063,51 +29279,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Libre Franklin"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="238"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="238"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Before Engaging with the Source(s)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1000" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
@@ -30204,51 +29420,51 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 809"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="810" name="Google Shape;810;g223c2a54d89_0_0"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30265,103 +29481,103 @@
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="36666"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="239"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="239"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Supporting Students When Engaging With Complex Sources:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:extLst>
                 <a:ext uri="http://customooxmlschemas.google.com/">
-                  <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="240"/>
+                  <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="240"/>
                 </a:ext>
               </a:extLst>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="39285"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="241"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="241"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>While Engaging with the Source(s)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="242"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="242"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>  (1)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="812" name="Google Shape;812;g223c2a54d89_0_0" descr="This is a screenshot of the article linked on the slide."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -30486,51 +29702,51 @@
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>The Gist Reading Strategy</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> to support your comprehension of the main ideas of the article. </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 817"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="818" name="Google Shape;818;g223c2a54d89_0_12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30547,117 +29763,117 @@
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="36666"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="243"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="243"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Supporting Students When Engaging With Complex Sources:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
               <a:extLst>
                 <a:ext uri="http://customooxmlschemas.google.com/">
-                  <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="244"/>
+                  <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="244"/>
                 </a:ext>
               </a:extLst>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="39285"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="245"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="245"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>While Engaging with the Source(s)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="246"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="246"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
                 <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="242"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" textRoundtripDataId="242"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>(2)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="819" name="Google Shape;819;g223c2a54d89_0_12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="240123" y="1163174"/>
             <a:ext cx="8274289" cy="4488117"/>
@@ -30932,51 +30148,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8514412" y="2192314"/>
             <a:ext cx="3667676" cy="2429835"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 824"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="825" name="Google Shape;825;g223c2a54d89_0_61"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31285,51 +30501,51 @@
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Providing opportunities for multiple or collaborative readings among students. </a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="222222"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 830"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="831" name="Google Shape;831;g206d0acaa9d_0_5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31645,51 +30861,51 @@
               <a:rPr lang="en-US" sz="2500" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How does the document's language indicate the author's perspective? </a:t>
             </a:r>
             <a:endParaRPr sz="2500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="222222"/>
               </a:solidFill>
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 836"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="837" name="Google Shape;837;g1f145736de9_0_37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31780,51 +30996,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="247"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="247"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>To support </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>students’ active engagement in close reading of sources, engage student strategies that support their comprehension of complex texts. Some examples include, but are not limited to, the following: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="840" name="Google Shape;840;g1f145736de9_0_37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -32332,84 +31548,611 @@
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Reciprocal T</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3300" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1155CC"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
                 <a:hlinkClick r:id="rId10">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" textRoundtripDataId="248"/>
+                    <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="248"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>eaching</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333E48"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 845"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="846" name="Google Shape;846;g1f145736de9_0_61"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="538786" y="0"/>
+            <a:ext cx="10210800" cy="1325700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="36666"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supporting Students When Engaging With Complex Sources:</a:t>
+            </a:r>
+            <a:endParaRPr sz="3000" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="39285"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
+                <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>While Engaging with the Source(s) Example</a:t>
+            </a:r>
+            <a:endParaRPr sz="3000" dirty="0">
+              <a:latin typeface="Franklin Gothic Medium" panose="020B0603020102020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="847" name="Google Shape;847;g1f145736de9_0_61"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="507613" y="1007010"/>
+            <a:ext cx="11145600" cy="3819300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>High School example</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> below is from high school and provides guidance on how to engage students in a close reading of sources. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="849" name="Google Shape;849;g1f145736de9_0_61">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8915100" y="4288060"/>
+            <a:ext cx="3276900" cy="843900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="lt1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="lt1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DC49EFF-A528-DD42-78B2-44F1F4CD80D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="576269" y="1932280"/>
+            <a:ext cx="11145601" cy="753732"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="106000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Divide the class into groups of three and assign each member within the pair one of the articles below. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1A1A1A"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Three sources are listed in the assignment)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EF6B101-ABA0-6F7A-71C2-F58B3E6D9610}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="576270" y="2629834"/>
+            <a:ext cx="11615730" cy="1061829"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1A1A1A"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Students may be unfamiliar with encyclopedias, so consider providing an overview of encyclopedias, including how they are constructed and why they are considered valid sources. Prior to reading these sources individually, have students source the documents using the questions below. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1B6AC1-B341-D37C-ED1D-59AB619958FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="576269" y="3691663"/>
+            <a:ext cx="10704643" cy="1924822"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Source the document:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Prior to reading these sources, source the document. The Stanford History Education Group (SHEG) states that “sourcing asks students to consider who wrote a document as well as the circumstances of its creation.” </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>What is the author’s perspective?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Why was it written?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>When was it written?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Where was it written?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Is this source reliable? Why? Why not?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -33388,108 +33131,107 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6505ED99-1AA8-4CDD-A1A7-697EB84C6812}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>6058</Words>
+  <Words>6050</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>399</Paragraphs>
-[...1 lines deleted...]
-  <Notes>30</Notes>
+  <Paragraphs>397</Paragraphs>
+  <Slides>29</Slides>
+  <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="38" baseType="lpstr">
+    <vt:vector size="37" baseType="lpstr">
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Franklin Gothic Medium</vt:lpstr>
       <vt:lpstr>Franklin Gothic Book</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Libre Franklin</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Libre Franklin Medium</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Supporting Students in Using Evidence</vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence2</vt:lpstr>
       <vt:lpstr>Module Five: What should students do while engaging with complex sources?</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources </vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s)  (1)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (2)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (3)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (4)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (5)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) Example</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (6)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (7)</vt:lpstr>
       <vt:lpstr>While Engaging with the Source(s): Application (1)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (8)</vt:lpstr>
       <vt:lpstr>What are text dependent questions?  Only answerable by referring to the source being read  May be literal, recall questions but should work towards analysis, synthesis and evaluation  May include prompts for writing and discussion  Can also be used with non-linguistic sources like maps, cartoons, photographs, videos, etc. </vt:lpstr>
       <vt:lpstr>Why use text dependent questions?  To help students focus on difficult portions of sources to enhance reading proficiency through deeper engagement  To deepen students’ understanding of a source by sequencing questions to build on each other, including analysis, synthesis and evaluation  To direct students to specific words, sentences and paragraphs meanings as well as large ideas, themes or events</vt:lpstr>
-      <vt:lpstr>Text-Dependent Questions Promote Equity!</vt:lpstr>
+      <vt:lpstr>Text-Dependent Questions Promote Opportunity for All</vt:lpstr>
       <vt:lpstr>Examples from “The Gettysburg Address”</vt:lpstr>
       <vt:lpstr>We need a variety of TDQs to support student engagement with sources:  Vocabulary and Comprehension: Does the student understand what the source is saying?  Syntax and Structure: Does the student understand the elements of craft and authorial choice that make meaning?  Central Idea Analysis: Does the student understand how central ideas develop over the course of a source?</vt:lpstr>
       <vt:lpstr>YES! This is a Vocabulary &amp; Comprehension question that requires students to refer to the source and could not be answered with prior knowledge. </vt:lpstr>
       <vt:lpstr>YES! This is a Syntax &amp; Structure question that requires students to refer to the source and could not be answered with prior knowledge. </vt:lpstr>
       <vt:lpstr>No! This question does not require students to engage with the source and requires knowledge not necessarily provided in the text.</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (9)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (10)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (11)</vt:lpstr>
       <vt:lpstr>Supporting Students When Engaging With Complex Sources: While Engaging with the Source(s) (12)</vt:lpstr>
       <vt:lpstr>While Engaging with the Source(s): Application (2)</vt:lpstr>
       <vt:lpstr>Check For Understanding </vt:lpstr>
       <vt:lpstr>Conclusion of Module Five of the Supporting Students in Using Evidence module series </vt:lpstr>
       <vt:lpstr>Supporting Students in Using Evidence3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Supporting Students in Using Evidence</dc:title>