--- v0 (2025-10-24)
+++ v1 (2026-01-20)
@@ -1,4930 +1,5017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5919AEC1" w14:textId="77777777" w:rsidR="00DB0A0B" w:rsidRDefault="00DB0A0B" w:rsidP="00DB0A0B">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00DB0A0B" w:rsidP="36E6E313" w:rsidRDefault="00DB0A0B" w14:paraId="5919AEC1" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E6E313" w:rsidR="36E6E313">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elementary Social Studies Learning Experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB0A0B" w:rsidP="00DB0A0B" w:rsidRDefault="00DB0A0B" w14:paraId="49521AD3" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Elementary Social Studies Learning Experience</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="49521AD3" w14:textId="77777777" w:rsidR="00DB0A0B" w:rsidRDefault="00DB0A0B" w:rsidP="00DB0A0B">
+        <w:t>Integrated with a Reading and Writing Instructional Resource</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E566C6" w:rsidP="00BB5184" w:rsidRDefault="00DB0A0B" w14:paraId="6FCC285A" w14:textId="6307B3A9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Grade 1 </w:t>
       </w:r>
       <w:r w:rsidR="00BB5184">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Civics and History</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7727A6E8" w14:textId="77777777" w:rsidR="003C2D8C" w:rsidRDefault="003C2D8C" w:rsidP="005A5812">
+    <w:p w:rsidR="003C2D8C" w:rsidP="005A5812" w:rsidRDefault="003C2D8C" w14:paraId="7727A6E8" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2D8C" w14:paraId="3E7AC53A" w14:textId="77777777" w:rsidTr="00F014C1">
+      <w:tr w:rsidR="003C2D8C" w:rsidTr="00F014C1" w14:paraId="3E7AC53A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="ECC23C"/>
           </w:tcPr>
-          <w:p w14:paraId="473B06A5" w14:textId="77777777" w:rsidR="003C2D8C" w:rsidRPr="00D942C1" w:rsidRDefault="003C2D8C" w:rsidP="00F014C1">
+          <w:p w:rsidRPr="00D942C1" w:rsidR="003C2D8C" w:rsidP="00F014C1" w:rsidRDefault="003C2D8C" w14:paraId="473B06A5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D942C1">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Social Studies Experience Overview</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F0E6C7F" w14:textId="7DC7C728" w:rsidR="00E64E10" w:rsidRDefault="00D92DC5" w:rsidP="07B66409">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00D92DC5" w14:paraId="0F0E6C7F" w14:textId="7DC7C728">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">After reading the literary text about </w:t>
       </w:r>
-      <w:r w:rsidR="00834B8C" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00834B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Jennifer Keelan’s experience fighting for equality for people with disabilities, s</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6DDE" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00AD6DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">tudents </w:t>
       </w:r>
-      <w:r w:rsidR="00625CF0" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00625CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">will </w:t>
       </w:r>
-      <w:r w:rsidR="00834B8C" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00834B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">further </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6DDE" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00AD6DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>explore the</w:t>
       </w:r>
-      <w:r w:rsidR="00B253AA" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00B253AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> rights established in the</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6DDE" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00AD6DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00625CF0" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00625CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Americans with Disabilities Act (ADA)</w:t>
       </w:r>
-      <w:r w:rsidR="00834B8C" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00834B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. They will investigate a variety of sources to </w:t>
       </w:r>
-      <w:r w:rsidR="00D80126" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00D80126">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">help </w:t>
       </w:r>
-      <w:r w:rsidR="00BB5184" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00BB5184">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidR="00D80126" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00D80126">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> understand the Act and the rights it guarantees</w:t>
       </w:r>
-      <w:r w:rsidR="00883660" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00883660">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its impact on Kentucky and their </w:t>
       </w:r>
-      <w:r w:rsidR="000211BA" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="000211BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>local</w:t>
       </w:r>
-      <w:r w:rsidR="00883660" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00883660">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> community.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6DDE" w:rsidRPr="07B66409">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="07B66409" w:rsidR="00AD6DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37650ADF" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="37650ADF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="3A5ED279" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KAS for Social Studies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> alignment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BD2E0B" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="62BD2E0B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1.I.Q.1 Ask compelling questions about communities in Kentucky. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9C3DC8" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="0E9C3DC8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>1.I.Q.2 Identify supporting questions to investigate compelling questions about communities in Kentucky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFAD6B5" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1AFAD6B5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1.C.RR.1 Identify the rights and responsibilities of citizens. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240BA84F" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="240BA84F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1.H.CH.1 Describe how events, people and innovation of the past affect their present lives, community and state. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E44AE45" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="6E44AE45" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>1.I.UE.2 Construct responses to compelling and supporting questions about communities in Kentucky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDE8985" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidP="5FF7735C" w:rsidRDefault="00AD6DDE" w14:paraId="5BDE8985" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1.I.CC.2 Construct an argument with reasons to address how to improve the local community and Kentucky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034EA849" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="034EA849" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="7B9A9A62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Educators may have to engage with a standard multiple times throughout a year in order to meet the full intent of the standard. As a result, the following assignment example may not encompass the entire scope of the standards identified</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77919BBC" w14:textId="77777777" w:rsidR="005A5812" w:rsidRDefault="005A5812" w:rsidP="005A5812">
+    <w:p w:rsidR="005A5812" w:rsidP="005A5812" w:rsidRDefault="005A5812" w14:paraId="77919BBC" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A5812" w14:paraId="1B0B5313" w14:textId="77777777" w:rsidTr="00F24CB8">
+      <w:tr w:rsidR="005A5812" w:rsidTr="00F24CB8" w14:paraId="1B0B5313" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="28107954" w14:textId="77777777" w:rsidR="005A5812" w:rsidRPr="00FA7177" w:rsidRDefault="005A5812" w:rsidP="00F24CB8">
+          <w:p w:rsidRPr="00FA7177" w:rsidR="005A5812" w:rsidP="00F24CB8" w:rsidRDefault="005A5812" w14:paraId="28107954" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA7177">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reading and Writing Connection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A364F0A" w14:textId="77777777" w:rsidR="0084594C" w:rsidRDefault="0084594C" w:rsidP="0084594C">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="0084594C" w:rsidP="0084594C" w:rsidRDefault="0084594C" w14:paraId="7A364F0A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67AA562F">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vibrant student experiences in S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ocial Studies</w:t>
       </w:r>
       <w:r w:rsidRPr="67AA562F">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> differ from those in Reading and Writing. However, intentionally aligning the topics enhances learning in both. The following green-rated High-Quality Instructional Resource (HQIR) is used in Reading and Writing during the same time period as this S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ocial Studies</w:t>
       </w:r>
       <w:r w:rsidRPr="67AA562F">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> learning experience:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108326ED" w14:textId="4E2A0E02" w:rsidR="0084594C" w:rsidRPr="002458B0" w:rsidRDefault="0084594C" w:rsidP="0084594C">
+    <w:p w:rsidRPr="002458B0" w:rsidR="0084594C" w:rsidP="0084594C" w:rsidRDefault="0084594C" w14:paraId="108326ED" w14:textId="4E2A0E02">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HQIR</w:t>
       </w:r>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="3D9439D6" w:rsidRPr="36951FDA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="36951FDA" w:rsidR="3D9439D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Core Knowledge Language Arts (CKLA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7EC54A" w14:textId="3C6AA82F" w:rsidR="005A5812" w:rsidRDefault="005A5812" w:rsidP="005A5812">
+    <w:p w:rsidR="005A5812" w:rsidP="005A5812" w:rsidRDefault="005A5812" w14:paraId="1C7EC54A" w14:textId="3C6AA82F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Knowledge-Building Topic:</w:t>
       </w:r>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2BD98015" w:rsidRPr="36951FDA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="36951FDA" w:rsidR="2BD98015">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Human Body</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46636300" w14:textId="4EF934A8" w:rsidR="005A5812" w:rsidRDefault="005A5812" w:rsidP="36951FDA">
+    <w:p w:rsidR="005A5812" w:rsidP="36951FDA" w:rsidRDefault="005A5812" w14:paraId="46636300" w14:textId="4EF934A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grade-Level Complex Text(s):</w:t>
       </w:r>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="52F2A6B3" w:rsidRPr="36951FDA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="36951FDA" w:rsidR="52F2A6B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Everybody Has a Body</w:t>
       </w:r>
-      <w:r w:rsidR="52F2A6B3" w:rsidRPr="36951FDA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="36951FDA" w:rsidR="52F2A6B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> by Core Knowledge Foundation, </w:t>
       </w:r>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">All the Way to the Top: How One Girl's Fight for Americans with Disabilities Changed Everything </w:t>
       </w:r>
       <w:r w:rsidRPr="36951FDA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>by Annette Bay Pimentel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB8FEC9" w14:textId="77777777" w:rsidR="006D75FB" w:rsidRDefault="006D75FB" w:rsidP="005A5812">
+    <w:p w:rsidR="006D75FB" w:rsidP="005A5812" w:rsidRDefault="006D75FB" w14:paraId="4BB8FEC9" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="669E35BA" w14:textId="0D637F30" w:rsidR="006D75FB" w:rsidRPr="006D75FB" w:rsidRDefault="006D75FB" w:rsidP="006D75FB">
+    <w:p w:rsidRPr="006D75FB" w:rsidR="006D75FB" w:rsidP="006D75FB" w:rsidRDefault="006D75FB" w14:paraId="669E35BA" w14:textId="0D637F30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67AA562F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The following Reading and Writing standards and tasks, along with Interdisciplinary Literacy Practices, play a supporting role and are integrated in this vibrant S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ocial Studies</w:t>
       </w:r>
       <w:r w:rsidRPr="67AA562F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Learning Experience:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD9DCE6" w14:textId="77777777" w:rsidR="005A5812" w:rsidRDefault="005A5812" w:rsidP="005A5812">
+    <w:p w:rsidR="005A5812" w:rsidP="005A5812" w:rsidRDefault="005A5812" w14:paraId="6DD9DCE6" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Text-Dependent Tasks:</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Writing to Learn, Writing to Demonstrate Learning, Writing to Publish</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FC64F4" w14:textId="77777777" w:rsidR="005A5812" w:rsidRDefault="005A5812" w:rsidP="005A5812">
+    <w:p w:rsidR="005A5812" w:rsidP="005A5812" w:rsidRDefault="005A5812" w14:paraId="59FC64F4" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kentucky Academic Standards for Reading and Writing</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> RI.1.1, RI.1.2, RI.1.3, RI.1.4, RI.1.6, RI.1.7 RI.1.9, RI.1.10, C.1.2, C.1.7, L.1.4, L.1.5, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B269CD" w14:textId="06E9D4AD" w:rsidR="005A5812" w:rsidRPr="006D75FB" w:rsidRDefault="005A5812" w:rsidP="006D75FB">
+    <w:p w:rsidRPr="006D75FB" w:rsidR="005A5812" w:rsidP="006D75FB" w:rsidRDefault="005A5812" w14:paraId="20B269CD" w14:textId="06E9D4AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Interdisciplinary Literacy Practices</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1, 2, 3, 4, 5, 6, 7, 8, 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E3D712" w14:textId="77777777" w:rsidR="00C77F4F" w:rsidRDefault="00C77F4F" w:rsidP="00C77F4F">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00C77F4F" w:rsidP="00C77F4F" w:rsidRDefault="00C77F4F" w14:paraId="48E3D712" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk181786414"/>
+      <w:bookmarkStart w:name="_Hlk181786414" w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C77F4F" w14:paraId="185BC396" w14:textId="77777777" w:rsidTr="00F24CB8">
+      <w:tr w:rsidR="00C77F4F" w:rsidTr="00F24CB8" w14:paraId="185BC396" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="34ADAA"/>
           </w:tcPr>
-          <w:p w14:paraId="67BEA8BA" w14:textId="77777777" w:rsidR="00C77F4F" w:rsidRPr="000258C1" w:rsidRDefault="00C77F4F" w:rsidP="00F24CB8">
+          <w:p w:rsidRPr="000258C1" w:rsidR="00C77F4F" w:rsidP="00F24CB8" w:rsidRDefault="00C77F4F" w14:paraId="67BEA8BA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Setting the Stage: Compelling Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="7521A5B3" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="00C77F4F" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00C77F4F" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="7521A5B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54FC7B79" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="00921EB2" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00921EB2" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="54FC7B79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af1"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="79A4D7AA" w14:textId="77777777" w:rsidTr="00C77F4F">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="00C77F4F" w14:paraId="79A4D7AA" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
-          <w:p w14:paraId="7519A134" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="7519A134" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">1.I.Q.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Ask compelling questions about communities in Kentucky. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="734A3655" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="734A3655" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01135132" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="01135132" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Compelling Question: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D1E9772" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="5D1E9772" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>“How can I improve my community?”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49FC2DB3" w14:textId="55E4D76E" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="49FC2DB3" w14:textId="55E4D76E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Compelling questions are open-ended, enduring and center on significant unresolved issues. For more information on compelling questions, visit Section B: “What are Compelling Questions and how do students ask them?” from the</w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="1155CC"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="07B66409">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Inquiry Practices of the </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="07B66409">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>KAS for Social Studies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4A86E8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>module.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A72142D" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="6A72142D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="357CEE9F" w14:textId="1FD983A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The compelling question, “How can I improve my community?” is connected to the essential questions provided in the Fish Tank ELA unit, “Movements for Equality.” By responding to the provided questions, “Why are movements for equal rights important?” and “How have people who are not in positions of power led the fight for equity and justice? What can we learn from them?”, students will gain knowledge that will help them respond to the compelling question. </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t>The compelling question, “How can I improve my community?” is connected to the essential question provided in the Fish Tank ELA unit, “Movements for Equality.” By responding to the provided questio</w:t>
+      </w:r>
+      <w:r w:rsidR="003045F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “Why are movements for equal rights important?” students will gain knowledge that will help them respond to the compelling question. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="14DB0F4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="32E69FAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">It is important to note that students in your classroom may have both visible and invisible disabilities. It is critical that all students feel included and have a sense of belonging in the classroom to ensure a safe space when engaging with the content in this lesson. For guidance in establishing a safe classroom space to enable effective communication and discourse, visit the KDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="07B66409">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Creating Collaborative Civic Spaces </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>professional learning module.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091C576F" w14:textId="77777777" w:rsidR="00CA7A55" w:rsidRDefault="00CA7A55" w:rsidP="00CA7A55">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00CA7A55" w:rsidP="00CA7A55" w:rsidRDefault="00CA7A55" w14:paraId="091C576F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA7A55" w14:paraId="4A3AADAC" w14:textId="77777777" w:rsidTr="00F24CB8">
+      <w:tr w:rsidR="00CA7A55" w:rsidTr="00F24CB8" w14:paraId="4A3AADAC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="34ADAA"/>
           </w:tcPr>
-          <w:p w14:paraId="1F52E57D" w14:textId="77777777" w:rsidR="00CA7A55" w:rsidRPr="000258C1" w:rsidRDefault="00CA7A55" w:rsidP="00F24CB8">
+          <w:p w:rsidRPr="000258C1" w:rsidR="00CA7A55" w:rsidP="00F24CB8" w:rsidRDefault="00CA7A55" w14:paraId="1F52E57D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supporting Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54881A6B" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="00CA7A55" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00CA7A55" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="54881A6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42CC2EEE" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="003D47D6" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="003D47D6" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="42CC2EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af3"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="0CFF023E" w14:textId="77777777" w:rsidTr="00CA7A55">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="00CA7A55" w14:paraId="0CFF023E" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
-          <w:p w14:paraId="2E313881" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2E313881" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>1.I.Q.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> Identify supporting questions to investigate compelling questions about communities in Kentucky.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="315170C0" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="315170C0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C5F3EF5" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1C5F3EF5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Supporting Question: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>“Why is it important to protect the rights of people with disabilities?”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B7F3489" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="2B7F3489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain to students that they are going to investigate the supporting question, “Why is it important to protect the rights of people with disabilities?” Begin by activating students’ prior knowledge about this topic through their reading and writing lesson. Ask them to recall the book </w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">All the Way to the Top: How One Girl's Fight for Americans with Disabilities Changed Everything </w:t>
       </w:r>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and the discussions they participated in during this lesson, and work together to complete a KWL chart, such as the one below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DFA204" w14:textId="77777777" w:rsidR="00B0731A" w:rsidRDefault="00B0731A">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00B0731A" w:rsidRDefault="00B0731A" w14:paraId="49DFA204" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B0731A" w14:paraId="3C3B9D58" w14:textId="77777777" w:rsidTr="00B0731A">
+      <w:tr w:rsidR="00B0731A" w:rsidTr="00B0731A" w14:paraId="3C3B9D58" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="003995FC" w14:textId="3CB7493B" w:rsidR="00B0731A" w:rsidRDefault="00B0731A" w:rsidP="00B0731A">
+          <w:p w:rsidR="00B0731A" w:rsidP="00B0731A" w:rsidRDefault="00B0731A" w14:paraId="003995FC" w14:textId="3CB7493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>“Why is it important to protect the rights of people with disabilities?”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A0F460F" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="00B0731A" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00B0731A" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="4A0F460F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af4"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3590"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="3610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="35639412" w14:textId="77777777" w:rsidTr="00B0731A">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="5FF7735C" w14:paraId="35639412" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="7A3958DC" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidP="5FF7735C" w:rsidRDefault="00AD6DDE" w14:paraId="0512F346" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+                <w:left w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+                <w:bottom w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+                <w:right w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+                <w:between w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>What do we already know?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="430B87F1" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2C6AF547" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What do we want to know?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1E507EA2" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1116DE87" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What have we learned?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="00B0731A" w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="709E8EB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3596"/>
+        <w:gridCol w:w="3597"/>
+        <w:gridCol w:w="3597"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B0731A" w:rsidTr="00B0731A" w14:paraId="74BC6CC4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1520"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B0731A" w:rsidRDefault="00B0731A" w14:paraId="18635C14" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3597" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B0731A" w:rsidRDefault="00B0731A" w14:paraId="36D01766" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3597" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B0731A" w:rsidRDefault="00B0731A" w14:paraId="681E7D5E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="0DD5184F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Complete the K and W section together prior to beginning the investigations below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="431259DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007149D4" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="320DE127" w14:textId="0EFD7C15">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007149D4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Investigation 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007149D4" w:rsidR="003D47D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Rights of Citizens with Disabilities</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af5"/>
+        <w:tblW w:w="10740" w:type="dxa"/>
+        <w:tblInd w:w="-55" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10740"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="2285AE8E" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="598370A7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>1.C.RR.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Identify the rights and responsibilities of citizens. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="23ACDB1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The following sources may be utilized during this investigation to explore the rights of citizens with disabilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="395E3F99" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rocky Mountain ADA Center. (2020, September 25). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>What is the ADA? Basics and Definitions of the Americans with Disabilities Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="07B66409">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=zKyjshcxbI0</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="6FBAB189" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ADA National Network. (n.d.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>An Overview of the Americans with Disabilities Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="4772F857">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://adata.org/factsheet/ADA-overview</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="6839D69E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="0DEB635D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Explain to students that you are going to show them a video about the Americans with Disabilities Act (ADA). Present the following questions for students to consider as they watch the video. The Fish Tank ELA lesson identified “accessible” as a vocabulary word, but supported students as needed with understanding the meaning of this word prior to moving on.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1A4F92D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af6"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="67E1ED13" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="79C13AD0" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What is the purpose of the ADA?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="04FA2F4F" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>According to the ADA, what must be accessible for people with disabilities?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="0CF592FD" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>To whom does the ADA apply?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="4414AA9C" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What does it mean to have a disability that is not visible?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00892CEB" w:rsidRDefault="00892CEB" w14:paraId="721DB638" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="5FF7735C" w:rsidRDefault="00AD6DDE" w14:paraId="75C45140" w14:textId="22ECD114">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Then, show students the video, </w:t>
+      </w:r>
+      <w:hyperlink r:id="R8b21a86048aa4d22">
+        <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>What is the ADA? Basics and Definitions of the Americans with Disabilities Act</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FF7735C" w:rsidR="5FF7735C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Consider pausing to discuss each question together as they are explained in the video to check for students’ understanding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="076DF865" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="20DEDCC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To further explore what the ADA protects, provide a student-friendly summary of the various sections of the ADA and the rights guaranteed by each. An example excerpted and adapted from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:i/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>An Overview of the Americans with Disabilities Act</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="20C8D74C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af7"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="07B66409" w14:paraId="0EED909F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="53F85500" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>An Overview of the Americans with Disabilities Act</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="78E1CB65" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>It gives people with disabilities the same job opportunities as people without disabilities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="0944DF33" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07B66409">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>It requires places operated by the government (such as libraries, post offices and schools) to be accessible to people with disabilities. For example, having ramps available so people in wheelchairs can get into the buildings and providing Braille so people with visual disabilities can read the signs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="32336498" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07B66409">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Private businesses (places that are not operated by the government) must give equal treatment to people with disabilities. They should also make changes to their buildings and services to help make them more accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="78A6F67A" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Telephone and Internet companies must provide services that allow people with hearing or speech disabilities to communicate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="384AAFAA" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Public Service Announcements (PSAs, which are widespread information campaigns meant to inform and educate the public on different topics) must have closed captions so people who are hearing impaired can read them.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2441E4A7" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Public and private transportation (such as trains and buses) must accommodate people with disabilities. For example, there should be a safe space for a wheelchair on a bus.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="6DF91F50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Read the summary to the class, pausing to clarify challenging vocabulary and concepts and checking for students’ understanding. Then, conduct a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="07B66409">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Think, Pair, Share</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, asking students to respond to the following question using examples the source they have investigated so far:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="09334105" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af8"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="7B03390A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="0E520129" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What are the rights of citizens with disabilities?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidP="69D9DD88" w:rsidRDefault="00AD6DDE" w14:paraId="121BDC2F" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After pairs had had time to discuss, allow them to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>share out</w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a whole group. Consider recording their responses on chart paper so students can refer to them later. Ensure that students understand that the ADA protects the rights of people with disabilities and promotes equality before moving on to the next investigation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="51DAB843" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007149D4" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="4EDBBD3A" w14:textId="631B679B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007149D4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Investigation 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007149D4" w:rsidR="003D47D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Impact of the ADA on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007149D4" w:rsidR="00B35C02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kentucky</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af9"/>
+        <w:tblW w:w="10710" w:type="dxa"/>
+        <w:tblInd w:w="-25" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10710"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="07B66409" w14:paraId="4E750D76" w14:textId="77777777">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="5EF74092" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07B66409">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.H.CH.1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07B66409">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe how events, people and innovation of the past affect their present lives, community and state. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="33FB396B" w14:textId="4F6B4C29">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain to students that </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="1"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FF78E0">
+        <w:instrText xml:space="preserve">HYPERLINK "https://www.youtube.com/watch?v=FmM8Ns1DOb0" \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="1155CC"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All the Way to the Top: How One Girl's Fight for Americans with Disabilities Changed Everything </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="1155CC"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is based on a true story about Jennifer Keelan. Show students this short video from an interview with her about her experience:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="47D69C5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="0F392AC6" w14:textId="63515791">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It’s Our Story. (2010, July 21). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jennifer Keelan, 08 of 12: "Climbing the Capitol Steps for ADA" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[video]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="4772F857">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="4772F857" w:rsidR="7A9C32E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>youtu.be/kU9cDyqvH-g?si=Iu9W7JV7nHGEZ1sq</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1F2AADFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00892CEB" w:rsidR="00E64E10" w:rsidP="00892CEB" w:rsidRDefault="00AD6DDE" w14:paraId="4361CEBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892CEB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Facilitate a class discussion about the video.  For more information on how to conduct whole group discussions, visit</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="00892CEB">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="00892CEB">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Leading Discussions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00892CEB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Some questions to pose may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1A448D2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afa"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="07B66409" w14:paraId="5AC76559" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="52E844B2" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Why did Jennifer decide to climb the steps?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="33A04299" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07B66409">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Why was her climb an important action that helped lead to the passage of the Americans with Disabilities Act (ADA)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2627AA92" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6335D0B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>How does the ADA impact us today?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="3228D4DE" w14:textId="048CC4B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Since the theme of Grade 1 is “Impact on Community and State”, it is important that students have the opportunity to apply this new learning to Kentucky. Explain to students that they will now examine how the passage of the ADA has impacted our state. Show students the following video:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="637B1453" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="03C79F87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lex18. (2021, July 26). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kentucky woman shares personal experiences on ADA Awareness Day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="6335D0B3">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="1155CC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.lex18.com/news/kentucky-woman-shares-personal-experiences-on-ada-awareness-day</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1C3FBCAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="543659B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ask students to consider how the ADA has impacted the life of this individual as they watch. After watching the video, some questions to pose to check for understanding may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="441CC102" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afb"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="07744540" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1E25496A" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>How does Tammy’s service dog help her every day?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="177E1943" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>How did the ADA help Tammy?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="5B9BEA31" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>What barriers does Tammy still have, despite having a service dog and the help of ADA accommodations?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="703060F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To demonstrate their knowledge of the identified standards from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KAS for Social Studies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in these investigations, students will now complete a Task Aligned to the Supporting Question.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="0B03FD75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="36E6E313" w:rsidRDefault="00AD6DDE" w14:paraId="331F2761" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E6E313" w:rsidR="36E6E313">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afc"/>
+        <w:tblW w:w="10680" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10680"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="14E899B4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1573"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="4D367EB7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>KAS for Social Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> alignment: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="3EA82173" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1.I.Q.2 Identify supporting questions to investigate compelling questions about communities in Kentucky.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="531812FD" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.C.RR.1 Identify the rights and responsibilities of citizens. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="5D9D686C" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6335D0B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.H.CH.1 Describe how events, people and innovation of the past affect their present lives, community and state. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="7ABBE261" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1.I.UE.2 Construct responses to compelling and supporting questions about communities in Kentucky.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="3A5D489C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afd"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="0A1464D4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="27B767AF" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Task Aligned to the Supporting Question:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="42116457" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="30432730" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Respond to the following question: “Why is it important to protect the rights of people with disabilities?”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1B431E27" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="78E87D1B" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6335D0B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In your response, identify the rights of people with disabilities and explain the impact of the ADA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004C48E2" w:rsidRDefault="004C48E2" w14:paraId="4E9085B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2B1E2AB8" w14:textId="116443FA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6335D0B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To prepare for this task, ask students to recall what they have learned throughout the previous investigations and complete the L section of the KWL chart you started prior to the first investigation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724C5E" w:rsidP="00724C5E" w:rsidRDefault="00724C5E" w14:paraId="0752ADCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00724C5E" w:rsidTr="00F014C1" w14:paraId="38424AD3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="09E1D8AE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>“Why is it important to protect the rights of people with disabilities?”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="00B0731A" w:rsidR="00724C5E" w:rsidP="00724C5E" w:rsidRDefault="00724C5E" w14:paraId="623D62A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af4"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="3610"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00724C5E" w:rsidTr="00F014C1" w14:paraId="3A921C5C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A3958DC" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="67FEB759" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0512F346" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="31CCB5E3" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What do we already know?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="430B87F1" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="156A962A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C6AF547" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="350F94C9" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What do we want to know?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E507EA2" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="31CBC075" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1116DE87" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="70A30F62" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What have we learned?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="709E8EB1" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="00B0731A" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00B0731A" w:rsidR="00724C5E" w:rsidP="00724C5E" w:rsidRDefault="00724C5E" w14:paraId="1256D5B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3596"/>
         <w:gridCol w:w="3597"/>
         <w:gridCol w:w="3597"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B0731A" w14:paraId="74BC6CC4" w14:textId="77777777" w:rsidTr="00B0731A">
+      <w:tr w:rsidR="00724C5E" w:rsidTr="00F014C1" w14:paraId="127FD322" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="18635C14" w14:textId="77777777" w:rsidR="00B0731A" w:rsidRDefault="00B0731A">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="285143E4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36D01766" w14:textId="77777777" w:rsidR="00B0731A" w:rsidRDefault="00B0731A">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="50A65213" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="681E7D5E" w14:textId="77777777" w:rsidR="00B0731A" w:rsidRDefault="00B0731A">
+          <w:p w:rsidR="00724C5E" w:rsidP="00F014C1" w:rsidRDefault="00724C5E" w14:paraId="17A79159" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DD5184F" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="004C48E2" w:rsidRDefault="004C48E2" w14:paraId="19B0095F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="62F06B3A" w14:textId="0E7AD7A8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...16 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Then, read the Task Aligned to the Supporting Question (above) aloud to students. Break it down, clarify challenging vocabulary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="3C4E7AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="29C8BB39" w14:textId="35B25EE8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Student responses may take on many forms in addition to written paragraphs. Some examples of other possible student products include, but are not limited </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857" w:rsidR="27684E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4772F857">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posters, videos and voice recordings. Determine the form student responses will be taking and communicate the criteria and expectations for this product with students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="14C34384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2201CF36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>To help students prepare for the task in the form you have chosen, you may provide sentence starters, such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="3A76FD32" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>It is important to protect the rights of people with disabilities because ____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="01DC31F2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>People with disabilities should have the same rights as people with no disabilities, such as __________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="7774CF07" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="07B66409">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The ADA has impacted our lives by ______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892CEB" w:rsidRDefault="00892CEB" w14:paraId="6D4C5666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-        <w:t>: Rights of Citizens with Disabilities</w:t>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="36E6E313" w:rsidRDefault="00AD6DDE" w14:paraId="7B2B66F0" w14:textId="78E466E5" w14:noSpellErr="1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E6E313" w:rsidR="36E6E313">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Task Aligned to the Compelling Question</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af5"/>
-[...1396 lines deleted...]
-        <w:tblStyle w:val="afc"/>
+        <w:tblStyle w:val="aff"/>
         <w:tblW w:w="10680" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="14E899B4" w14:textId="77777777" w:rsidTr="008B4F25">
-[...763 lines deleted...]
-      <w:tr w:rsidR="00E64E10" w14:paraId="0951FD61" w14:textId="77777777" w:rsidTr="07B66409">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="07B66409" w14:paraId="0951FD61" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="808"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4B190683" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRPr="001951A1" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidRPr="001951A1" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="4B190683" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001951A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>KAS for Social Studies</w:t>
             </w:r>
             <w:r w:rsidRPr="001951A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> alignment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22AFE2CE" w14:textId="47FA9CE7" w:rsidR="001951A1" w:rsidRPr="001951A1" w:rsidRDefault="001951A1" w:rsidP="001951A1">
+          <w:p w:rsidRPr="001951A1" w:rsidR="001951A1" w:rsidP="001951A1" w:rsidRDefault="001951A1" w14:paraId="22AFE2CE" w14:textId="47FA9CE7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001951A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1.I.Q.2 Identify supporting questions to investigate compelling questions about communities in Kentucky.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A1BBD36" w14:textId="7181FC10" w:rsidR="00E64E10" w:rsidRPr="001951A1" w:rsidRDefault="00AD6DDE" w:rsidP="001951A1">
+          <w:p w:rsidRPr="001951A1" w:rsidR="00E64E10" w:rsidP="001951A1" w:rsidRDefault="00AD6DDE" w14:paraId="1A1BBD36" w14:textId="7181FC10">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001951A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Quattrocento Sans" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Quattrocento Sans" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1.I.CC.2</w:t>
             </w:r>
             <w:r w:rsidRPr="001951A1">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Quattrocento Sans" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:eastAsia="Quattrocento Sans" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Construct an argument with reasons to address how to improve the local community and Kentucky.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3536907E" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="3536907E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07B66409">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Quattrocento Sans" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:rFonts w:eastAsia="Quattrocento Sans" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1.I.CC.4 </w:t>
             </w:r>
             <w:r w:rsidRPr="07B66409">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Quattrocento Sans" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:rFonts w:eastAsia="Quattrocento Sans" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Use listening and voting procedures to decide on and take action in their school, local community or Kentucky.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29723048" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="29723048" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-450"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff0"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="44A85921" w14:textId="77777777" w:rsidTr="07B66409">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="07B66409" w14:paraId="44A85921" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CB2FCEB" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="1CB2FCEB" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Task Aligned to the Compelling Question:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="199D9725" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="199D9725" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4DBC1CC4" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="4DBC1CC4" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07B66409">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Address the compelling question: “How can I improve my community?” by writing a letter to take action.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D1E3CE6" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="2D1E3CE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By now, students should understand that the ADA has impacted Kentucky by providing more accessibility, but there are still barriers for people with disabilities. Explain to students that they will now examine their own school building to determine its accessibility. Remind students that people in the school building may have both visible and invisible disabilities that need accommodations prior to their investigation. Assign students to a partner, and provide them with the following graphic organizer:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C12FC92" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="7C12FC92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff1"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="5400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="03317DD7" w14:textId="77777777" w:rsidTr="008B4F25">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="03317DD7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F707601" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="7F707601" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>In what ways is our school accessible to people with disabilities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="186C0611" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="186C0611" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>In what ways could our school’s accessibility be improved?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E64E10" w14:paraId="00D79AAB" w14:textId="77777777" w:rsidTr="008B4F25">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="008B4F25" w14:paraId="00D79AAB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CB55568" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1CB55568" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="739A4861" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="739A4861" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A55351C" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="6A55351C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="61E36CB4" w14:textId="69C185A3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain to students that they will work with their partner to fill out this graphic organizer while you tour the school property together. As they observe the school grounds, ask them to work together to take notes of things they notice that help make the school more accessible to people with disabilities, and ways the school could become more accessible. Students may use both words and pictures in their graphic organizer to communicate their ideas. Encourage pairs to discuss their observations and ideas together as they explore each area, and to consider how there are many different types of disabilities which may present different challenges while navigating the school. Some examples of things they notice that improve accessibility may </w:t>
       </w:r>
-      <w:r w:rsidR="15E4454C" w:rsidRPr="4772F857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4772F857" w:rsidR="15E4454C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include but</w:t>
       </w:r>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are not limited </w:t>
       </w:r>
-      <w:r w:rsidR="62B2944D" w:rsidRPr="4772F857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4772F857" w:rsidR="62B2944D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ramps that allow wheelchairs to get onto elevated curbs, ramps that lead into the building instead of stairs, an elevator, doors with automatic capabilities and a larger stall in the bathroom. Some ideas students may present for improvement may </w:t>
       </w:r>
-      <w:r w:rsidR="384EE881" w:rsidRPr="4772F857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4772F857" w:rsidR="384EE881">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include but</w:t>
       </w:r>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are not limited to: </w:t>
       </w:r>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ramps allowing more access to the playground, a wheelchair accessible swing, providing Braille for signs in the school and improving lighting throughout the building.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCE3285" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="6CCE3285" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="69D9DD88" w:rsidRDefault="00AD6DDE" w14:paraId="3D74FF32" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After returning to the classroom and providing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time to complete their graphic organizers, discuss their observations and ideas as a class. Record students’ input in the graphic organizer displayed for the class and allow students to add to their own graphic organizers. Once a variety of ideas to improve the school’s accessibility have been shared, ask students to construct an argument about how their school community can be improved to be more accessible to people with disabilities. To add authenticity to this task, consider asking students to write a letter to school personnel, such as the principal, district </w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>superintendent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="69D9DD88" w:rsidR="69D9DD88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or a school board member to present their ideas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="4C6EE3C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="55250F20" w14:textId="13766200">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inform students that their voices are </w:t>
       </w:r>
-      <w:r w:rsidR="441A7ED0" w:rsidRPr="4772F857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="4772F857" w:rsidR="441A7ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>important,</w:t>
       </w:r>
       <w:r w:rsidRPr="4772F857">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and they can make positive changes in their community. Share the following examples of other students who identified accessibility issues on their school playgrounds and took action to help improve them so they can be enjoyed by all students:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C2238F" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="09C2238F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">CBS News. (2023, January 13). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Students raise funds to make playground inclusive for those with disabilities </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">[video]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId29">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cbsnews.com/video/students-raise-funds-to-make-playground-inclusive-for-those-with-disabilities/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77DACBC2" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="77DACBC2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehta, Jonaki. (2023, March 3). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>These students raised hundreds of thousands to make their playground accessible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>These students raised hundreds of thousands to make their playground accessible</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FC7D521" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1FC7D521" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="50480C02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07B66409">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Choose one idea for improvement and work together as a class to write a letter that addresses this change and how it would improve the accessibility of their school. Provide the structure of the letter, including the greeting, introduction, body (including the argument for a way to improve the school and how it would benefit people with disabilities), and a closing. Below is an example of what this letter may look like:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77018B54" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="77018B54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff2"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E64E10" w14:paraId="5B2B9BE7" w14:textId="77777777" w:rsidTr="4772F857">
+      <w:tr w:rsidR="00E64E10" w:rsidTr="4772F857" w14:paraId="5B2B9BE7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="114B1738" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="4772F857">
+          <w:p w:rsidR="00E64E10" w:rsidP="4772F857" w:rsidRDefault="00AD6DDE" w14:paraId="114B1738" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4772F857">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dear Ms. __________________,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C68302" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="08C68302" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="429C9807" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="429C9807" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">          We are learning about how movements for equal rights and how the Americans with Disabilities Act (ADA) helps public spaces become more accessible for people with disabilities. Our school has done many things to help people with disabilities, but I have an idea for improvement.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C811625" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="0C811625" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F3B3580" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w:rsidP="07B66409">
+          <w:p w:rsidR="00E64E10" w:rsidP="07B66409" w:rsidRDefault="00AD6DDE" w14:paraId="4F3B3580" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07B66409">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">          Our playground does not have enough equipment that can be used for people with wheelchairs. They are not able to use the monkey bars, slides or swings in their wheelchair. Could we add a swing that is accessible for people in wheelchairs? This would allow everyone to have something at the playground that they can play on, and everyone will be included during recess.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D8041D9" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="2D8041D9" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C6AED36" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2C6AED36" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">          Thank you for listening and I hope you will consider this improvement to our playground.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1B001E" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="1D1B001E" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2FE04E06" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="2FE04E06" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Sincerely,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B1E0ED3" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+          <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="4B1E0ED3" w14:textId="77777777">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">_________________________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3308D24C" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00E64E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00E64E10" w14:paraId="3308D24C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="74787E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6335D0B3">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Allow the example you create to serve as a model for students. Then, either as individuals or partners, ask students to select the idea for improvement that they feel the most strongly about and to write a letter proposing this change. Provide support to students as necessary. When complete, support students with sending their letters to the person to whom they were addressed.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E64E10">
-      <w:footerReference w:type="default" r:id="rId30"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="1" w:author="Rowland, Chrystal - KDE Division Director" w:date="2024-10-09T15:40:00Z" w:initials="RD">
-    <w:p w14:paraId="5BAD5F8E" w14:textId="141D0AB7" w:rsidR="00892CEB" w:rsidRDefault="00892CEB">
+  <w:comment w:initials="RD" w:author="Rowland, Chrystal - KDE Division Director" w:date="2024-10-09T15:40:00Z" w:id="1">
+    <w:p w:rsidR="00892CEB" w:rsidRDefault="00892CEB" w14:paraId="5BAD5F8E" w14:textId="141D0AB7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="3B2486CC">
         <w:t>This links to the results of a google search.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="5BAD5F8E" w15:done="1"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="055BF681" w16cex:dateUtc="2024-10-09T19:40:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="5BAD5F8E" w16cid:durableId="055BF681"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31DE1562" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="31DE1562" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F62E49B" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="4F62E49B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="45E242AF" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="45E242AF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F8C66B1B-6872-49F1-AAA4-1A4D32CAD302}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{3D6B38B6-6CE3-4DF6-9265-0BB08261BC32}"/>
+    <w:embedRegular w:fontKey="{A9B142C7-91C4-49D8-A4AA-7CB9509E7420}" r:id="rId1"/>
+    <w:embedBold w:fontKey="{5A84C9C2-795A-44C4-BD93-7FA22EE3D0E0}" r:id="rId2"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{29F55300-1BB8-45EC-B550-53CAE6C0D2FD}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId6" w:fontKey="{7E9DF019-4D43-48E1-AA52-DCDD55043A2E}"/>
+    <w:embedRegular w:fontKey="{9B6E7105-38FB-486C-85F8-B85A97867588}" r:id="rId3"/>
+    <w:embedBold w:fontKey="{6B5674C6-7282-4E20-8527-9779FB0FF0C6}" r:id="rId4"/>
+    <w:embedItalic w:fontKey="{DF341CBC-A544-4727-86DC-FB7F8F9C27DF}" r:id="rId5"/>
+    <w:embedBoldItalic w:fontKey="{0A4C8A6F-1E84-45C1-9DE6-59067BC90D92}" r:id="rId6"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{9018B6A9-F1C1-49E8-A2FB-07F50D258DE5}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{1DC5D19D-41C0-408D-A31B-E9D46B1A8843}"/>
+    <w:embedRegular w:fontKey="{6AB2A84A-813D-4B3C-86E9-643EC6F1E1D5}" r:id="rId7"/>
+    <w:embedBold w:fontKey="{946AC596-6DF9-454D-BA0D-2A0BC03101BB}" r:id="rId8"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{4A51DA61-185C-4490-B0A3-391E45DEED35}"/>
+    <w:embedRegular w:fontKey="{A6D208AB-1FB5-4D60-9083-D8E4C5E5BDAB}" r:id="rId9"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6EA103EA" w14:textId="77777777" w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE">
+  <w:p w:rsidR="00E64E10" w:rsidRDefault="00AD6DDE" w14:paraId="6EA103EA" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="008B4F25">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5349BAA9" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="5349BAA9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B3ED953" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="3B3ED953" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03F13D08" w14:textId="77777777" w:rsidR="00AB4016" w:rsidRDefault="00AB4016">
+    <w:p w:rsidR="00AB4016" w:rsidRDefault="00AB4016" w14:paraId="03F13D08" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0033420B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFAC69D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
@@ -5695,278 +5782,278 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CBD0E51"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2329618"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32DB30D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8F60E2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A7E443C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3665AAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6391,147 +6478,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63C300F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D1E0FDE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BD50C26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C0E6E4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6664,94 +6751,98 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1830902410">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1594435289">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="324167268">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Rowland, Chrystal - KDE Division Director">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::chrystal.rowland@education.ky.gov::232cd432-b8f6-4e8f-8f71-30ca6c0cfd1a"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E64E10"/>
     <w:rsid w:val="000211BA"/>
     <w:rsid w:val="0008583C"/>
     <w:rsid w:val="000E588A"/>
     <w:rsid w:val="001951A1"/>
     <w:rsid w:val="00197D56"/>
     <w:rsid w:val="001B1B26"/>
     <w:rsid w:val="002179B8"/>
     <w:rsid w:val="00231DE7"/>
     <w:rsid w:val="002D06F8"/>
+    <w:rsid w:val="003045F4"/>
     <w:rsid w:val="00375E4B"/>
     <w:rsid w:val="003A11A9"/>
     <w:rsid w:val="003C2D8C"/>
     <w:rsid w:val="003D47D6"/>
     <w:rsid w:val="0042457B"/>
     <w:rsid w:val="004470CA"/>
     <w:rsid w:val="00486439"/>
     <w:rsid w:val="00486F4D"/>
     <w:rsid w:val="004A7C02"/>
     <w:rsid w:val="004C48E2"/>
+    <w:rsid w:val="005721B0"/>
     <w:rsid w:val="005A5812"/>
     <w:rsid w:val="00625CF0"/>
+    <w:rsid w:val="0066127E"/>
     <w:rsid w:val="0067080B"/>
     <w:rsid w:val="006D75FB"/>
     <w:rsid w:val="007149D4"/>
     <w:rsid w:val="00724C5E"/>
     <w:rsid w:val="00725C96"/>
     <w:rsid w:val="00747816"/>
     <w:rsid w:val="007C3054"/>
     <w:rsid w:val="00834B8C"/>
     <w:rsid w:val="0084594C"/>
     <w:rsid w:val="00883660"/>
     <w:rsid w:val="00892CEB"/>
     <w:rsid w:val="008B4F25"/>
     <w:rsid w:val="00921EB2"/>
     <w:rsid w:val="00940235"/>
     <w:rsid w:val="0097041F"/>
     <w:rsid w:val="009D0064"/>
     <w:rsid w:val="00AB4016"/>
     <w:rsid w:val="00AD6DDE"/>
     <w:rsid w:val="00B0731A"/>
     <w:rsid w:val="00B2350F"/>
     <w:rsid w:val="00B253AA"/>
     <w:rsid w:val="00B35C02"/>
     <w:rsid w:val="00BB5184"/>
     <w:rsid w:val="00BC2B53"/>
     <w:rsid w:val="00C2484A"/>
@@ -6760,179 +6851,182 @@
     <w:rsid w:val="00CA7D08"/>
     <w:rsid w:val="00D80126"/>
     <w:rsid w:val="00D92DC5"/>
     <w:rsid w:val="00DB0A0B"/>
     <w:rsid w:val="00DF52E8"/>
     <w:rsid w:val="00E566C6"/>
     <w:rsid w:val="00E64E10"/>
     <w:rsid w:val="00F014C1"/>
     <w:rsid w:val="00FA7177"/>
     <w:rsid w:val="00FB1D96"/>
     <w:rsid w:val="00FD0126"/>
     <w:rsid w:val="00FF78E0"/>
     <w:rsid w:val="07B66409"/>
     <w:rsid w:val="0A58117F"/>
     <w:rsid w:val="0DD099EF"/>
     <w:rsid w:val="0E9018AE"/>
     <w:rsid w:val="0FAFAE6D"/>
     <w:rsid w:val="124F81D0"/>
     <w:rsid w:val="15E4454C"/>
     <w:rsid w:val="20E4218E"/>
     <w:rsid w:val="27684E6B"/>
     <w:rsid w:val="298CB591"/>
     <w:rsid w:val="2BD98015"/>
     <w:rsid w:val="2BE9D848"/>
     <w:rsid w:val="36951FDA"/>
+    <w:rsid w:val="36E6E313"/>
     <w:rsid w:val="384EE881"/>
     <w:rsid w:val="38B552DE"/>
     <w:rsid w:val="3D9439D6"/>
     <w:rsid w:val="441A7ED0"/>
     <w:rsid w:val="4701C42A"/>
     <w:rsid w:val="4772F857"/>
     <w:rsid w:val="51360AD6"/>
     <w:rsid w:val="52F2A6B3"/>
     <w:rsid w:val="532F1668"/>
     <w:rsid w:val="56B5AFC0"/>
+    <w:rsid w:val="5FF7735C"/>
     <w:rsid w:val="62B2944D"/>
     <w:rsid w:val="6335D0B3"/>
     <w:rsid w:val="6756AA27"/>
+    <w:rsid w:val="69D9DD88"/>
     <w:rsid w:val="737BD1D7"/>
     <w:rsid w:val="7A9C32E7"/>
     <w:rsid w:val="7C0E20CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5F805400"/>
   <w15:docId w15:val="{958F8285-C4A9-4D1D-87C1-FCC518E1EF0F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7088,52 +7182,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7200,51 +7294,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
@@ -7316,880 +7410,879 @@
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+  <w:style w:type="table" w:styleId="a" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+  <w:style w:type="table" w:styleId="a3" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a4" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="table" w:styleId="a5" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="table" w:styleId="a6" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="table" w:styleId="a7" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a8" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a9" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="table" w:styleId="aa" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="table" w:styleId="ab" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="table" w:styleId="ac" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="table" w:styleId="ad" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="ae">
+  <w:style w:type="table" w:styleId="ae" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af">
+  <w:style w:type="table" w:styleId="af" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0074711E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0074711E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
+  <w:style w:type="paragraph" w:styleId="pf0" w:customStyle="1">
     <w:name w:val="pf0"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00491EAA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00491EAA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
+  <w:style w:type="character" w:styleId="cf11" w:customStyle="1">
     <w:name w:val="cf11"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00491EAA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00491EAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0031110D"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00847BEB"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00847BEB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af0">
+  <w:style w:type="table" w:styleId="af0" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="table" w:styleId="af1" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af2">
+  <w:style w:type="table" w:styleId="af2" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
+  <w:style w:type="table" w:styleId="af3" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="table" w:styleId="af4" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="table" w:styleId="af5" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="table" w:styleId="af6" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="table" w:styleId="af7" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af8">
+  <w:style w:type="table" w:styleId="af8" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="table" w:styleId="af9" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
+  <w:style w:type="table" w:styleId="afa" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
+  <w:style w:type="table" w:styleId="afb" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
+  <w:style w:type="table" w:styleId="afc" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
+  <w:style w:type="table" w:styleId="afd" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afe">
+  <w:style w:type="table" w:styleId="afe" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
+  <w:style w:type="table" w:styleId="aff" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="aff0">
+  <w:style w:type="table" w:styleId="aff0" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="aff1">
+  <w:style w:type="table" w:styleId="aff1" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="aff2">
+  <w:style w:type="table" w:styleId="aff2" w:customStyle="1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B0731A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC2B53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC2B53"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC2B53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC2B53"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0084594C"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adata.org/factsheet/ADA-overview" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zKyjshcxbI0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adata.org/factsheet/ADA-overview" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2023/03/03/1158958194/these-students-raised-thousands-to-make-their-playground-wheelchair-friendly" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/kU9cDyqvH-g?si=Iu9W7JV7nHGEZ1sq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zKyjshcxbI0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/video/students-raise-funds-to-make-playground-inclusive-for-those-with-disabilities/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/resources/think-pair-share" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Collaborative_Civic_Spaces_PowerPoint.pptx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lex18.com/news/kentucky-woman-shares-personal-experiences-on-ada-awareness-day" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adata.org/factsheet/ADA-overview" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/kU9cDyqvH-g?si=Iu9W7JV7nHGEZ1sq" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zKyjshcxbI0" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/resources/think-pair-share" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/video/students-raise-funds-to-make-playground-inclusive-for-those-with-disabilities/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Collaborative_Civic_Spaces_PowerPoint.pptx" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lex18.com/news/kentucky-woman-shares-personal-experiences-on-ada-awareness-day" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adata.org/factsheet/ADA-overview" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2023/03/03/1158958194/these-students-raised-thousands-to-make-their-playground-wheelchair-friendly" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=zKyjshcxbI0" TargetMode="External" Id="R8b21a86048aa4d22" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8497,50 +8590,59 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -8792,203 +8894,208 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2024-12-20T14:43:19+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-2149</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-2149</Url>
       <Description>KYED-536-2149</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miHTPhejsnM6ADjtpJpMYhIW4o2rA==">CgMxLjAyCGguZ2pkZ3hzOAByITFOVWQ4R3dfR0I0Rk5OX2JoQWZNZUw4REItWVg1NmgwYQ==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C8D574-39E3-4997-89AB-769D31F60157}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D100FB7-CCCF-401B-B403-5FB2CE161B47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C8D574-39E3-4997-89AB-769D31F60157}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3682D527-82E5-46D6-9CA0-E9C00EA140C2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B411F99C-C368-4244-807F-010649AD567F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c0b1e42e-e745-4677-b45a-9176f49c91ef"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3682D527-82E5-46D6-9CA0-E9C00EA140C2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0291791B-3FE8-432E-81E6-7C545B6E6C0E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0291791B-3FE8-432E-81E6-7C545B6E6C0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Kentucky Department of Education</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gallicchio, Lauren - Division of Academic Program Standards</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
     <vt:lpwstr>2024-08-08T13:34:55Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
     <vt:lpwstr>Standard</vt:lpwstr>