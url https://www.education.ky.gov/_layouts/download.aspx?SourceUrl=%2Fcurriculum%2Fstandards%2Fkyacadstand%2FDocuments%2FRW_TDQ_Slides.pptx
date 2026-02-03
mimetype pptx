--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -1,129 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483670" r:id="rId5"/>
+    <p:sldMasterId id="2147483670" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId23"/>
+    <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="287" r:id="rId6"/>
-[...15 lines deleted...]
-    <p:sldId id="298" r:id="rId22"/>
+    <p:sldId id="287" r:id="rId5"/>
+    <p:sldId id="288" r:id="rId6"/>
+    <p:sldId id="289" r:id="rId7"/>
+    <p:sldId id="290" r:id="rId8"/>
+    <p:sldId id="291" r:id="rId9"/>
+    <p:sldId id="292" r:id="rId10"/>
+    <p:sldId id="293" r:id="rId11"/>
+    <p:sldId id="294" r:id="rId12"/>
+    <p:sldId id="295" r:id="rId13"/>
+    <p:sldId id="296" r:id="rId14"/>
+    <p:sldId id="269" r:id="rId15"/>
+    <p:sldId id="278" r:id="rId16"/>
+    <p:sldId id="279" r:id="rId17"/>
+    <p:sldId id="297" r:id="rId18"/>
+    <p:sldId id="281" r:id="rId19"/>
+    <p:sldId id="282" r:id="rId20"/>
+    <p:sldId id="298" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
@@ -362,54 +361,51 @@
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="FFFFFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{3A98C81F-5162-8932-FF8E-DD7FC692CEC3}" v="476" dt="2024-02-06T20:01:46.563"/>
-[...2 lines deleted...]
-    <p1510:client id="{CBC3BC0A-B0A7-4692-8CE3-747110163AE1}" vWet="4" dt="2024-02-06T18:02:30.762"/>
+    <p1510:client id="{FA2A768E-40B4-8326-AFC4-19EAB50A5AC3}" v="6" dt="2025-12-16T19:33:55.243"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{39408809-F5C7-4708-9A8A-743413F65B69}">
   <a:tblStyle styleId="{39408809-F5C7-4708-9A8A-743413F65B69}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
@@ -811,1186 +807,51 @@
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-8866"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId47" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId53" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId52" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
-[...1134 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId47" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId52" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -19088,120 +17949,138 @@
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECB5B649-8286-643A-3C9E-F3A1C2A8A669}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="243730" y="1260661"/>
-            <a:ext cx="6306105" cy="3385542"/>
+            <a:ext cx="6306105" cy="3139321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1">
                 <a:latin typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>Understanding Text-Dependent Question Module</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" sz="2000">
               <a:latin typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7E8890"/>
+                </a:solidFill>
+                <a:latin typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>The interactive professional learning module, ‘Understanding Text Dependent Questions,” helps teachers learn how using </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="7E8890"/>
                 </a:solidFill>
                 <a:latin typeface="Libre Franklin"/>
               </a:rPr>
-              <a:t>The interactive professional learning module, ‘Understanding Text Dependent Questions,” helps teachers learn how using text-dependent questions (TDQs) gives ALL students, from diverse backgrounds and different life experiences, the opportunity to make meaning of complex text through analysis, synthesis, and evaluation. Use the “next” button to move through the course. When you have completed this module, please fill out </a:t>
+              <a:t>text-dependent questions (TDQs) gives ALL students the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7E8890"/>
+                </a:solidFill>
+                <a:latin typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>opportunity to make meaning of complex text through analysis, synthesis, and evaluation. Use the “next” button to move through the course. When you have completed this module, please fill out </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7E8890"/>
                 </a:solidFill>
                 <a:latin typeface="Libre Franklin"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>this survey</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7E8890"/>
                 </a:solidFill>
                 <a:latin typeface="Libre Franklin"/>
               </a:rPr>
               <a:t> to provide valuable feedback as well as </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7E8890"/>
                 </a:solidFill>
                 <a:latin typeface="Libre Franklin"/>
               </a:rPr>
               <a:t>to receive a link to your certificate of completion</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7E8890"/>
                 </a:solidFill>
                 <a:latin typeface="Libre Franklin"/>
               </a:rPr>
               <a:t> which can be submitted to your district for PD or EILA credit.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600">
               <a:latin typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3524616593"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -20491,51 +19370,78 @@
               <a:buClr>
                 <a:srgbClr val="102649"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="007780"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Libre Franklin"/>
                 <a:ea typeface="Libre Franklin"/>
                 <a:cs typeface="Libre Franklin"/>
                 <a:sym typeface="Libre Franklin"/>
               </a:rPr>
-              <a:t>Text-Dependent Questions Promote Equity!</a:t>
+              <a:t>Text-Dependent Questions Promote </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Libre Franklin"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>Access</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="007780"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Libre Franklin"/>
+                <a:ea typeface="Libre Franklin"/>
+                <a:cs typeface="Libre Franklin"/>
+                <a:sym typeface="Libre Franklin"/>
+              </a:rPr>
+              <a:t>!</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="3152" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="102649"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Libre Franklin"/>
               <a:ea typeface="Libre Franklin"/>
               <a:cs typeface="Libre Franklin"/>
               <a:sym typeface="Libre Franklin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="152" name="Google Shape;152;p31">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -23118,93 +22024,73 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...41 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-03-16T04:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1961</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1961</Url>
+      <Description>KYED-536-1961</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
@@ -23469,184 +22355,198 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...21 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{804BB381-361F-4C1A-8BCB-0D600F634FA0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7196B0C6-C075-4B76-B708-7329969B1481}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6D3F08A-072B-43E9-B672-4E7B8BFCA64F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D257E89E-D280-4D0C-B34B-73AC10629B47}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A18F62A-A46E-4A66-8AD1-1872B174CAE5}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7196B0C6-C075-4B76-B708-7329969B1481}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{490BDE82-19A3-48F0-A440-74313D408F5A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>1008</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>108</Paragraphs>
   <Slides>17</Slides>
   <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Libre Franklin Medium</vt:lpstr>
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr> Improving Literacy Tasks with  Text-Dependent Questions (TDQs)</vt:lpstr>
       <vt:lpstr> Our Goal:   Review and strengthen the concepts and skills required to engage students deeply in text with text-dependent questions. </vt:lpstr>
       <vt:lpstr>What are text-dependent questions? </vt:lpstr>
       <vt:lpstr>Why use text-dependent questions? </vt:lpstr>
-      <vt:lpstr>Text-Dependent Questions Promote Equity!</vt:lpstr>
+      <vt:lpstr>Text-Dependent Questions Promote Access!</vt:lpstr>
       <vt:lpstr>Examples from “The Gettysburg Address”</vt:lpstr>
       <vt:lpstr>We need a variety of TDQs to support student engagement with text: </vt:lpstr>
       <vt:lpstr>Text-Dependent or Not?  </vt:lpstr>
       <vt:lpstr>Text-Dependent or Not?  </vt:lpstr>
       <vt:lpstr>Text-Dependent or Not?  </vt:lpstr>
       <vt:lpstr>Remember, TDQs... </vt:lpstr>
       <vt:lpstr>Going from Non-TDQ to TDQ</vt:lpstr>
       <vt:lpstr>TDQ Key Take-Aways </vt:lpstr>
       <vt:lpstr>KYStandards.org</vt:lpstr>
       <vt:lpstr>KYStandards.org</vt:lpstr>
       <vt:lpstr>KYStandards.org </vt:lpstr>
       <vt:lpstr>KYStandards.org </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Clouse, Thomas - Division of Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>22ba440e-fd59-4004-b78f-989861a69597</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2025-12-16T19:33:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>b4543140-5717-4ab7-a938-1dc706152d25</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>