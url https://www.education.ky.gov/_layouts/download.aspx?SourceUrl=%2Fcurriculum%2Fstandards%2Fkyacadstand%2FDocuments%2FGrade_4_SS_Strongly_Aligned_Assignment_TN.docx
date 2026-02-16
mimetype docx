--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5632F29E" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grade 4 Assignment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B926984" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2237,65 +2237,77 @@
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D06E4E" w14:paraId="52D8B255" w14:textId="77777777" w:rsidTr="000F4F69">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
           </w:tcPr>
-          <w:p w14:paraId="17565401" w14:textId="77777777" w:rsidR="002A21FB" w:rsidRDefault="002A21FB" w:rsidP="002A21FB">
+          <w:p w14:paraId="17565401" w14:textId="771B2FAF" w:rsidR="002A21FB" w:rsidRDefault="002A21FB" w:rsidP="002A21FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>How did forced migration impact diverse groups of people in New York in the early 1700s?</w:t>
+              <w:t xml:space="preserve">How did forced migration impact </w:t>
+            </w:r>
+            <w:r w:rsidR="00215813">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> groups of people in New York in the early 1700s?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Students may answer that enslaved people on southern plantations were isolated, but in New York, enslaved people had frequent interaction with free people and other enslaved people. Working alongside free people made enslaved people resentful.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BA9240B" w14:textId="65E1767D" w:rsidR="00D06E4E" w:rsidRDefault="002A21FB" w:rsidP="002A21FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
@@ -2306,67 +2318,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the events of the New York Slave Revolt of 1712. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Students may respond that the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>23 armed</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> enslaved people gathered in town and tried to inspire other enslaved individuals to join them in a revolt. They set fire to a master’s shed and fired at others who approached. They eventually fled </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and most were captured.</w:t>
+              <w:t xml:space="preserve"> enslaved people gathered in town and tried to inspire other enslaved individuals to join them in a revolt. They set fire to a master’s shed and fired at others who approached. They eventually fled north and most were captured.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E3E35ED" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13A7B724" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>After reading the text together and asking funneling questions to check for understanding, facilitate a class discussion to ask focusing questions that build on the funneling questions. Focusing questions will promote deeper thinking, as they require students to make inferences from the text and synthesize information. Some examples of focusing questions to pose, along with possible student responses, are below:</w:t>
@@ -2717,130 +2713,100 @@
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
           </w:tcPr>
           <w:p w14:paraId="32C60F2E" w14:textId="77777777" w:rsidR="00E02FF3" w:rsidRDefault="00E02FF3" w:rsidP="00E02FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the events of Hutchinson’s Rebellion of 1739. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Students may respond that a group of enslaved people, whose leaders were from Congo, began a rebellion in South Carolina that moved south toward Florida. They gathered materials from nearby shops and recruited more enslaved people to join them, marching and beating drums. They were eventually </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and most were executed.</w:t>
+              <w:t>Students may respond that a group of enslaved people, whose leaders were from Congo, began a rebellion in South Carolina that moved south toward Florida. They gathered materials from nearby shops and recruited more enslaved people to join them, marching and beating drums. They were eventually caught and most were executed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73412CC0" w14:textId="77777777" w:rsidR="00E02FF3" w:rsidRDefault="00E02FF3" w:rsidP="00E02FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">What were the effects of the Rebellion? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>Students may respond that South Carolina banned drumming and literacy and strengthened punishments for enslaved people who ran away.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="263DCDE5" w14:textId="265EC82C" w:rsidR="00D06E4E" w:rsidRPr="00E02FF3" w:rsidRDefault="00E02FF3" w:rsidP="00E02FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Based on the personal risk involved, what impact did </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> migration and enslavement have on the enslaved people of South Carolina? </w:t>
+              <w:t xml:space="preserve">Based on the personal risk involved, what impact did forced migration and enslavement have on the enslaved people of South Carolina? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>Students may respond that since they took such a large risk by knowing they were likely to be killed, enslavement must have been unbearable and not a life they were willing to live.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14D65F91" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23C3D261" w14:textId="77777777" w:rsidR="00E02FF3" w:rsidRDefault="00E02FF3" w:rsidP="00E02FF3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -3147,63 +3113,77 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
           </w:tcPr>
           <w:p w14:paraId="2FA557A3" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Work in pairs or small groups to answer the following question:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="751FD790" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="619D96DD" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
+          <w:p w14:paraId="619D96DD" w14:textId="5280491A" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>“How did forced migration impact diverse groups and their interactions?”</w:t>
+              <w:t xml:space="preserve">“How did forced migration impact </w:t>
+            </w:r>
+            <w:r w:rsidR="00215813">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> groups and their interactions?”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75B17752" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="343B793B" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -3316,78 +3296,84 @@
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BA129D" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B68EBC7" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
+    <w:p w14:paraId="1B68EBC7" w14:textId="780403B7" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Understanding the impact of forced migration on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diverse</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00215813">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>various</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> groups is foundational for students to answer the supporting question, “How did enslaved Africans resist?”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2329E37F" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19094D71" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4542,69 +4528,69 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>How did collaboration among various groups enable resistance?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D06E4E" w14:paraId="58986B65" w14:textId="77777777" w:rsidTr="000F4F69">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="392B6705" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="007302E0">
+          <w:p w14:paraId="392B6705" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId49">
-              <w:r w:rsidR="000F4F69">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slave Revolt of 1712 </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="511BEFAD" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
@@ -4663,69 +4649,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D06E4E" w14:paraId="07EDD168" w14:textId="77777777" w:rsidTr="000F4F69">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A5CDA1B" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="007302E0">
+          <w:p w14:paraId="6A5CDA1B" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId50">
-              <w:r w:rsidR="000F4F69">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Hutchinson’s Rebellion (1739)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0728248A" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
@@ -4784,69 +4770,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D06E4E" w14:paraId="35235206" w14:textId="77777777" w:rsidTr="000F4F69">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="498744B8" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="007302E0">
+          <w:p w14:paraId="498744B8" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId51">
-              <w:r w:rsidR="000F4F69">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Advertisement for Runaway Slaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65641AB0" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
@@ -4905,69 +4891,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D06E4E" w14:paraId="65975D20" w14:textId="77777777" w:rsidTr="000F4F69">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="270E86CC" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="007302E0">
+          <w:p w14:paraId="270E86CC" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="000F4F69">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId52">
-              <w:r w:rsidR="000F4F69">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Resistance and Punishment (George Washington)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F1F9"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7356190C" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4991,51 +4977,67 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Provide assistance</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, scaffolding and prompting for students as they work. Remind students to use the information presented in the source as </w:t>
+        <w:t xml:space="preserve">, scaffolding and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>prompting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for students as they work. Remind students to use the information presented in the source as </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>evidence, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> allow them to make inferences based on this information. Below is an example of how students may complete the chart:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -7767,76 +7769,76 @@
     </w:p>
     <w:p w14:paraId="4A88FCD1" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D06E4E">
       <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79BBC787" w14:textId="77777777" w:rsidR="00FF12A0" w:rsidRDefault="00FF12A0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11F4CB47" w14:textId="77777777" w:rsidR="00FF12A0" w:rsidRDefault="00FF12A0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7859,87 +7861,87 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47CCA62F" w14:textId="77777777" w:rsidR="00D06E4E" w:rsidRDefault="00D06E4E">
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="32FDE2F1" w14:textId="77777777" w:rsidR="00FF12A0" w:rsidRDefault="00FF12A0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="53986ADA" w14:textId="77777777" w:rsidR="00FF12A0" w:rsidRDefault="00FF12A0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="022A4503"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="80F23654"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10856,96 +10858,98 @@
   <w:num w:numId="17" w16cid:durableId="1891922011">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="623074069">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="325012711">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1910339723">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="573591124">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="383725369">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1476527008">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D06E4E"/>
     <w:rsid w:val="0008227D"/>
     <w:rsid w:val="000E7AF7"/>
     <w:rsid w:val="000F4F69"/>
     <w:rsid w:val="00125345"/>
     <w:rsid w:val="00192272"/>
     <w:rsid w:val="00204944"/>
+    <w:rsid w:val="00215813"/>
     <w:rsid w:val="002728F8"/>
     <w:rsid w:val="002A21FB"/>
     <w:rsid w:val="002C3972"/>
     <w:rsid w:val="002F0327"/>
     <w:rsid w:val="0031151C"/>
     <w:rsid w:val="00324AE1"/>
     <w:rsid w:val="00331B3D"/>
     <w:rsid w:val="003B6370"/>
     <w:rsid w:val="00421A31"/>
     <w:rsid w:val="00523F73"/>
     <w:rsid w:val="005C144C"/>
     <w:rsid w:val="005C355F"/>
     <w:rsid w:val="005F03EF"/>
     <w:rsid w:val="00630611"/>
     <w:rsid w:val="007302E0"/>
     <w:rsid w:val="00734CBE"/>
     <w:rsid w:val="00783D36"/>
+    <w:rsid w:val="00785CA3"/>
     <w:rsid w:val="00787019"/>
     <w:rsid w:val="00815082"/>
     <w:rsid w:val="00881364"/>
     <w:rsid w:val="00891609"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="009C2272"/>
     <w:rsid w:val="009F0791"/>
     <w:rsid w:val="00A51EC0"/>
     <w:rsid w:val="00A87DF8"/>
     <w:rsid w:val="00AD2B31"/>
     <w:rsid w:val="00B809A9"/>
     <w:rsid w:val="00BA7C36"/>
     <w:rsid w:val="00C72FD4"/>
     <w:rsid w:val="00CF33D9"/>
     <w:rsid w:val="00D0350E"/>
     <w:rsid w:val="00D06E4E"/>
     <w:rsid w:val="00D9781C"/>
     <w:rsid w:val="00E02FF3"/>
     <w:rsid w:val="00E41735"/>
     <w:rsid w:val="00E7127A"/>
     <w:rsid w:val="00F63D5B"/>
     <w:rsid w:val="00FF12A0"/>
     <w:rsid w:val="15834F26"/>
     <w:rsid w:val="20FBECD1"/>
   </w:rsids>
@@ -10956,51 +10960,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C96618F"/>
   <w15:docId w15:val="{FDE2BF0E-F306-4733-8014-FF221D6FF9AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12196,51 +12200,51 @@
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A87DF8"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00630611"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Grade_4_SAL_Assignment_Review_Protocol.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tolerance.org/magazine/publications/civil-discourse-in-the-classroom/chapter-4-teaching-controversy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ket.pbslearningmedia.org/resource/mr13.socst.us.hutchinson/hutchinsons-rebellion/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountvernon.org/george-washington/slavery/resistance-and-punishment/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=lcAFq_yl6kg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nationalhumanitiescenter.org/pds/maai/enslavement/text8/virginiarunawayads.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountvernon.org/george-washington/slavery/resistance-and-punishment/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ket.pbslearningmedia.org/resource/mr13.socst.us.hutchinson/hutchinsons-rebellion/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Composition_in_the_Classroom.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/teaching-strategies/chunking" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://teacher.scholastic.com/activities/bhistory/underground_railroad/myths.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ket.pbslearningmedia.org/resource/mr13.socst.us.hutchinson/hutchinsons-rebellion/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/KAS_for_Social_Studies_Glossary_of_Terms.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/See%20Think%20Wonder_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.legislature.ky.gov/law/statutes/statute.aspx?id=53054" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://casanders.net/music-history/the-true-story-of-follow-the-drinking-gourd/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smithsonianmag.com/smart-news/new-york-slave-revolt-1712-was-bloody-prelude-decades-hardship-180958665/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loc.gov/resource/g3300.np000009/?r=-0.363,-0.004,1.653,0.783,0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teachingcenter.wustl.edu/resources/active-learning/group-work-in-class/using-roles-in-group-work/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountvernon.org/george-washington/slavery/timeline-of-george-washington-and-slavery/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nationalhumanitiescenter.org/pds/maai/enslavement/text8/virginiarunawayads.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mrfa.net/wp-content/uploads/2018/10/What-is-Oppression.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nationalhumanitiescenter.org/pds/maai/enslavement/text8/virginiarunawayads.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Grade_4_Evidence_Log.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountvernon.org/george-washington/slavery/resistance-and-punishment/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Think%20Pair%20Share_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Composition_in_the_Classroom.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/EBIP_6_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.followthedrinkinggourd.org/index.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smithsonianmag.com/smart-news/new-york-slave-revolt-1712-was-bloody-prelude-decades-hardship-180958665/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.teachingworks.org/curriculum-resources/materials/social-studies-setting-up-and-managing-small-group-work/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smithsonianmag.com/smart-news/new-york-slave-revolt-1712-was-bloody-prelude-decades-hardship-180958665/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.loc.gov/resource/g3870.ct001123/?r=0.473,0.225,0.362,0.171,0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alvordschools.org/site/handlers/filedownload.ashx?moduleinstanceid=15788&amp;dataid=25357&amp;FileName=marking_the_text.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountvernon.org/george-washington/slavery/resistance-and-punishment/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_Reading_and_Writing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12545,110 +12549,136 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...7 lines deleted...]
-<?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-08-27T04:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1016</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1016</Url>
+      <Description>KYED-536-1016</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgzmZvw0coqceTxhsd+kilgBebg9w==">AMUW2mW9I95dlmjIjKBUCZEL6BJ6OLy7hYPL2jeovtT3tCEcdVNm5Amvp27Pdt8224vzjkHj7i5e6EYIu4D8hgxgQLdiPuvom8ZyM1trRUNNqkuDi/qUEVP+64A5YM68wU7RFzlMV6viV2ntwWNonOh/3NrQZ1VJ3VcpWdhtUeC433/Y/GdNCTEXZFaXPfoq2yA3q1U9S1G8qRFNjgtAzJhm5NrN7D2fDX4VWPA2TLb8FU+QSAkqJQvWXWBKOV+QbBDEI/g1IKTNVro+4+puZVDW8UOryeYHQigTE+bgdIfk2Cfw3jQrTqpu3EgF4Wvi8IijHY23u6ABHrH/NJ6W1BjCoFo5nvqGOxhMBERbljOnBa5Z0HIRro/jSodrGeowo7dYNfYgwT2XjZ7p9+dfCmw4TPvrXryNxYfE7a4v/oBdh6C6lJgYlivX7lsX+h/SvEmtV0sEdKG4C3Qumhe4VVFP8stB5EZqdlIsdw8AW3dob0WKk1U7aekAkOBXg95xgWhKvwLf+vF/acNF7QJYCM9+joB9Yln25+Q780DhynM/ktGqxbLhZQgfhagmDX6hKQmc/rkqrAvBZXUC2ql0rDwQO6i1vbgXTnaVxRqRrXJ6BIwcDYyKDCwy3rgWY1c1ghpjoFumX5KEQkXYHUbMG0gL+owRmgRLeEeTXIo/Qs2HTh6HEBgQ0cq0TzLodGdiFhkwY0+LeMBphm+ZJRVPpuvB4LByPojgvtggh0J2fPwEx6pk1LCnCqSli/SosAluiqnlTyjKQho7BMq6zbLTYHqYl+On5521HzIbWlr8y3wGkJUWOuLvnEvxuFNJs+LGxhABXwJHj8NXl8m721yQAqtN5FazX7IvlcKV4oYNBBVJnHXNrM49+XrS+fOE3mem+/Na552nkQlKXrkjdlJtYvyUFrSuEEHpSjFvDa8GTHGi8G0wLb6MOnAZ8wJthoj9yOCmAV9xDCPIOwxaBx6gPcbisSVxInCdn17cLGNAfJWOKkGwfnlGHiFJNqUr8NjaQeA9uUD1jNijFUr/YBtAwZbjJIjg00b5XX0fhGPiVxQXQFwG5F7ryXKJx1+2j6okXaWtM7yqn3AwV+SazmOQWPF1OTxlPF2+1R4VOsct1S4OhwCUJK3XIBcaU1QdGfBZo5Umwc5CoA/FyvGp4hiKE5i4NRHN0nYNTdO4P6o+yBHHXwj/P+qYUEHUIyZgXuBF76LynSgT1iAtOn3H6EJQlDm8e9w1rYku8YAu3dYfTo6OlZX2jiIf+MHFKQjbg6OvDuSAa/qAJAj3Ode3EMomdT1kogBCfTZUzcJSPJCrGpDZA2UDZMf5J2NNAzQCSKR6itq2fcdBuROdB4ZO9f7o982A6bk/tYFlaq0rq6zksPoCerydBlfebNzV1zr8gWUjNEGYJAn/5Us2B4OjdUeEicczXo1ZMlVG4WOKv+pBddQGpaByEBEfb9jc6rgXgYbSvDm2xy4en1ONGGWU8KGXZ6yhC52QNOdCSEw/U+EWdnkaXX956GYgWMmW5JamizxzmWB+J9yW+34uYWZFv6hG+MUOCoglAB+BfFJg1ayPbRfDUCtAcmV564HqbLYPtpTf2/U6El0YSj0LcTIQ93n3VliBpVBR1Lkkbu2RiDYXlhR5iJgOfBMRSjg5r5n7VcPgI0IK6lfqJm5IoCTCHGvT9T6QCNlT7hUzeT8O5A9ClTc4+AAIZGaSne3FTeDqOBB9qeqwepqbJq7PSZp5wkJZnPpdwm01DPxcjBGQjDcsn6VtWqhh6Al5onqUjQECv0aPLefw5qFEGq4gC1dtztL3AWkboy22pQv1TqTZ3i/SVO36WRx7Eg8bAv21RA6BLHRbhx6K2Mtv8xN6oP/cNdyBivkkgca6KU2KWgPk+lYRdzd6ED+FEJqm5caqxacdhXg8/7wy2eaz2sOSQ3QqsXUfnmM8VksHh1r//3BOPEDVK2gsbvw7r6S78uLhw7w6kAXeW9EUnvN+0qw+mAZMtZ9ZKLCKvf3cYMiPw0QI/XTf3ow906nammZU85ZTfQCy7ADYF9eWwOQJWANKhXU0L0raOhNwaW8Dv4Y1+yLBuy12UueLrj8en8RDZdmlbkiB84+8EChxSMQR619Yjb8XwLWGmvtK5p+NfXJWvm6PqAczOuDFM2emcfFxpyZOq/WiIXXdrImFiMLq+n+5wQ4wf36YCFSvPNUTkyalFrHGK8ZJ0K3LEXLlIrwwdhU3iLlA82jK7vCFhX2V+c9eetCi4kUx6PKbRVZ4ZRIp9eT6/KdtEnbLkIKM0b+KiC5xvEewK8vsD3s8HAQraHpUDrpmGdFX0pq1qKSIBsGgfGiicNGpeyxj4+Po2Vnive8NUnejAo4jNJwE9ey2/5+/GHb0KuED4OcCIQSKO+4xjMuywitPqBJlaEP4UJI/eiae3ao7yG7xytSzTLnMx7kSR/rFcR6CfJNh1CrxS90HNp69fZ1aOkwglBpkQI7pEAPFRRbDipbMm4We4JokfhH0EJ9uzopht22i0ZPR0mqmSY122Varqj0whWlrqhueHIY0WZRCQH64ejsdpKAxpiSo6lxoT1YaERc7UQJlkMFZ1bma1zwxd782dzWVP7T6I8+6n9kldqJM/NPBAu79SXvnGfztud+969RP0cgScTqML1JTXh6lo6BO7lTpivf8KoFyRtycn7W+YU0H1zXUCwZ+CAIUhjFsSKAt4akkAw1I6wGXlS2+kZ0+ObCnevyLuVdmf9L3Yaf7068q+QzRH1Bo6miAiuOgenhT+vYc7rezxoY+Lr3oIUtjDQ3emO+Tkst2GDL2R98LiJnVAg76BXBECOvE+SAJwDjknt7QJBzQwRRuO6Y8msyJef1S4Kz4dpz8RFAYGbLt6z4qKw2cATenIX7jkXh/v/gcx8c01nItUQdKEg6HnIDt0S+dvonxp0qxEQvUPeqPMg3CnpvcczVd2zCF3fNcouHp727bgwexEIzwz09mvkVVlVk/piOVxfUVFupk1Xn5daAtg4dSJczaQaTnztKGPj3UdvOq0mtSpTgsBlb17RQFYUtiocqaJP8fhtNnQzUPxG5R3PErFLbvHs9gkmrfUxQC9XWGKlpLlyBLuMzDwImuibqyH3xTxz/ABtZl3cjz3Jy+XOYHr57pzXBtG0r85qTmxoaE8rdtDRGvpHo5OiYa7OLapP+/wsCX9UTvHi8wdESZZb0QVuMin03/WIF/VCLzordhXKZqlhN8E1PFgAJ2cDptbchq5UlekDmzw1lYItbFzW/3RoRyMCD3NsDhK2UsW+x4QWs9oNMAOkFhmn79cY7qo652cAo=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -12900,146 +12930,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD608AFE-1870-4B20-B723-147A08F16BAE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCCFEFE4-32F4-4236-B4BF-32CCB475A244}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCCFEFE4-32F4-4236-B4BF-32CCB475A244}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADA9E5B3-D817-4E9E-A61B-19D73D2AAF3E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD608AFE-1870-4B20-B723-147A08F16BAE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89BB73FE-BB36-4434-A056-770C9D985BF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>5486</Words>
-  <Characters>31274</Characters>
+  <Words>5638</Words>
+  <Characters>31122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>260</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>576</Lines>
+  <Paragraphs>226</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36687</CharactersWithSpaces>
+  <CharactersWithSpaces>36534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gallicchio, Lauren - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5753e3e7-20eb-4200-8b3b-56572d84c77c</vt:lpwstr>
   </property>