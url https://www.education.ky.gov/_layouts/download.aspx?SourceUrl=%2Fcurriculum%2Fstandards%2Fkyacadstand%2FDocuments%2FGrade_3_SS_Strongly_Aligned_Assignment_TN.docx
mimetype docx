--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grade 3 Assignment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -554,65 +554,51 @@
     </w:p>
     <w:p w14:paraId="00000013" w14:textId="0AC20AEC" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">After reading a children’s text, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">How to Make an Apple Pie and See the World </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">by Marjorie </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">by Marjorie Priceman, </w:t>
       </w:r>
       <w:r w:rsidR="008001D4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">to introduce economic interdependence, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">students will research world regions to see how physical and cultural characteristics impact the goods a region can produce. Students demonstrate their knowledge of economic interdependence by constructing an argument to answer the compelling question: “How does where we live affect how we live?” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10695" w:type="dxa"/>
@@ -889,77 +875,77 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="100" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10710"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A6FCD" w14:paraId="3111A22E" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
-          <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00E77B57">
+          <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turn and </w:t>
               </w:r>
               <w:proofErr w:type="gramStart"/>
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Talk</w:t>
               </w:r>
               <w:proofErr w:type="gramEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00AA42D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a partner to answer the following question:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What are the characteristics of where we live in Kentucky?</w:t>
             </w:r>
@@ -1222,77 +1208,77 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="100" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10665"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A6FCD" w14:paraId="0C8782D3" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10665" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
-          <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00E77B57">
+          <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19">
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turn and </w:t>
               </w:r>
               <w:proofErr w:type="gramStart"/>
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Talk</w:t>
               </w:r>
               <w:proofErr w:type="gramEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00AA42D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a partner again, this time responding to the following question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>How do these characteristics of Kentucky affect</w:t>
             </w:r>
@@ -3233,77 +3219,77 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What does this book/source tell us about economic interdependence?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6FCD" w14:paraId="241E0DE0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00E77B57">
+          <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId31">
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>How to Make an Apple Pie and See the World</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00AA42D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000075" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
@@ -3311,67 +3297,67 @@
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6FCD" w14:paraId="30070EF0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00E77B57">
+          <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32">
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Chart showing the top U.S. agricultural exports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -3382,67 +3368,67 @@
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6FCD" w14:paraId="19D4C862" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000078" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00E77B57">
+          <w:p w14:paraId="00000078" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId33">
-              <w:r w:rsidR="00AA42D2">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Interactive map</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000079" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -5088,91 +5074,100 @@
               </w:rPr>
               <w:t>Source used</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000000A3" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Tweney</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, Dylan. (2013). </w:t>
+              <w:t xml:space="preserve">Tweney, Dylan. (2013). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Your iPhone: Made in China, Korea, Texas, Kentucky, and.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>..Inner</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mongolia?. </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mongolia?.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId34">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://venturebeat.com/2013/07/31/iphone-manufacturing-graphic/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="000000A4" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
       <w:pPr>
         <w:pBdr>
@@ -7006,51 +7001,50 @@
               <w:tblBorders>
                 <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="100" w:type="dxa"/>
                 <w:left w:w="100" w:type="dxa"/>
                 <w:bottom w:w="100" w:type="dxa"/>
                 <w:right w:w="100" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5300"/>
               <w:gridCol w:w="5300"/>
             </w:tblGrid>
             <w:tr w:rsidR="009A6FCD" w14:paraId="248F7F73" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5300" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="100" w:type="dxa"/>
                     <w:left w:w="100" w:type="dxa"/>
                     <w:bottom w:w="100" w:type="dxa"/>
                     <w:right w:w="100" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="000000E1" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7123,51 +7117,50 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="000000E5" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5300" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="100" w:type="dxa"/>
                     <w:left w:w="100" w:type="dxa"/>
                     <w:bottom w:w="100" w:type="dxa"/>
                     <w:right w:w="100" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="000000E6" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7256,51 +7249,50 @@
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="009A6FCD" w14:paraId="30192BE1" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="420"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10600" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="100" w:type="dxa"/>
                     <w:left w:w="100" w:type="dxa"/>
                     <w:bottom w:w="100" w:type="dxa"/>
                     <w:right w:w="100" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="000000EC" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:pBdr>
                       <w:top w:val="nil"/>
                       <w:left w:val="nil"/>
                       <w:bottom w:val="nil"/>
                       <w:right w:val="nil"/>
                       <w:between w:val="nil"/>
                     </w:pBdr>
                     <w:spacing w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8742,78 +8734,101 @@
       </w:tblGrid>
       <w:tr w:rsidR="009A6FCD" w14:paraId="2E205A44" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="00000127" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Task Aligned to the Compelling Question: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00000128" w14:textId="041A7183" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
+          <w:p w14:paraId="00000128" w14:textId="69145D40" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Part One: Construct an explanation to answer the following question: How does where we live affect how we live? </w:t>
             </w:r>
             <w:r w:rsidR="006352A9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Be sure to include </w:t>
             </w:r>
             <w:r w:rsidR="00E24E1C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>information about the interactions of diverse groups of people and use evidence and reasoning in your response.</w:t>
+              <w:t xml:space="preserve">information about the interactions of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E24E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82FCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>fferent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E24E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> groups of people and use evidence and reasoning in your response.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000129" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0000012B" w14:textId="032C4C11" w:rsidR="009A6FCD" w:rsidRPr="006352A9" w:rsidRDefault="00AA42D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Part Two: Using your knowledge of how where we live affects how we live, construct an explanation, using relevant information from the sources, to address a local, regional or global problem.</w:t>
             </w:r>
@@ -8890,83 +8905,83 @@
     </w:p>
     <w:p w14:paraId="0000012E" w14:textId="77777777" w:rsidR="009A6FCD" w:rsidRDefault="009A6FCD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A6FCD">
       <w:footerReference w:type="default" r:id="rId46"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="45829D8D" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2356CB8F" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="530B1DA0" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8975,112 +8990,112 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0000012F" w14:textId="21091049" w:rsidR="009A6FCD" w:rsidRDefault="00AA42D2">
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CB4F6C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B3F59B5" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4DF60AFE" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6045DEE4" w14:textId="77777777" w:rsidR="00604AB3" w:rsidRDefault="00604AB3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="103500BC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BFAE2940"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10863,52 +10878,52 @@
   <w:num w:numId="8" w16cid:durableId="1642004780">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="871114331">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="717900440">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1849515444">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="385227720">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="410933892">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1654144486">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A6FCD"/>
     <w:rsid w:val="00005AE3"/>
     <w:rsid w:val="00014D5A"/>
@@ -10916,75 +10931,77 @@
     <w:rsid w:val="00042AE5"/>
     <w:rsid w:val="000C15BA"/>
     <w:rsid w:val="000C3390"/>
     <w:rsid w:val="001856FE"/>
     <w:rsid w:val="001A6608"/>
     <w:rsid w:val="001C0F7F"/>
     <w:rsid w:val="001E4126"/>
     <w:rsid w:val="002825F4"/>
     <w:rsid w:val="002F03D2"/>
     <w:rsid w:val="00303B4C"/>
     <w:rsid w:val="003951C9"/>
     <w:rsid w:val="003B7777"/>
     <w:rsid w:val="004508DD"/>
     <w:rsid w:val="00467CFE"/>
     <w:rsid w:val="00472971"/>
     <w:rsid w:val="0048055D"/>
     <w:rsid w:val="00484081"/>
     <w:rsid w:val="00497E99"/>
     <w:rsid w:val="005507B5"/>
     <w:rsid w:val="00561870"/>
     <w:rsid w:val="00561BB0"/>
     <w:rsid w:val="00590195"/>
     <w:rsid w:val="005C144C"/>
     <w:rsid w:val="005E09FB"/>
     <w:rsid w:val="005E38FD"/>
+    <w:rsid w:val="005F50AC"/>
     <w:rsid w:val="00604AB3"/>
     <w:rsid w:val="006352A9"/>
     <w:rsid w:val="006754EC"/>
     <w:rsid w:val="006F443D"/>
     <w:rsid w:val="00704ECD"/>
     <w:rsid w:val="0075466C"/>
     <w:rsid w:val="007623E4"/>
     <w:rsid w:val="00763A80"/>
     <w:rsid w:val="00784600"/>
     <w:rsid w:val="00786313"/>
     <w:rsid w:val="007B590D"/>
     <w:rsid w:val="007C7512"/>
     <w:rsid w:val="007E657B"/>
     <w:rsid w:val="008001D4"/>
     <w:rsid w:val="00881C27"/>
     <w:rsid w:val="0088272E"/>
     <w:rsid w:val="008F1C44"/>
     <w:rsid w:val="009A6FCD"/>
     <w:rsid w:val="009B1C0D"/>
     <w:rsid w:val="009D1D85"/>
     <w:rsid w:val="009D6BD3"/>
     <w:rsid w:val="009D6BDE"/>
     <w:rsid w:val="00A358B4"/>
     <w:rsid w:val="00A35A93"/>
     <w:rsid w:val="00A56148"/>
+    <w:rsid w:val="00A82FCA"/>
     <w:rsid w:val="00AA42D2"/>
     <w:rsid w:val="00AC29E5"/>
     <w:rsid w:val="00AE5AD0"/>
     <w:rsid w:val="00AF055F"/>
     <w:rsid w:val="00B4465B"/>
     <w:rsid w:val="00B57692"/>
     <w:rsid w:val="00B726F5"/>
     <w:rsid w:val="00B85DAB"/>
     <w:rsid w:val="00BE4EBB"/>
     <w:rsid w:val="00C319EE"/>
     <w:rsid w:val="00CB4F6C"/>
     <w:rsid w:val="00CC733F"/>
     <w:rsid w:val="00CE3278"/>
     <w:rsid w:val="00D0350E"/>
     <w:rsid w:val="00D04401"/>
     <w:rsid w:val="00D34D3F"/>
     <w:rsid w:val="00D92433"/>
     <w:rsid w:val="00DD32E6"/>
     <w:rsid w:val="00E24E1C"/>
     <w:rsid w:val="00E2615D"/>
     <w:rsid w:val="00E77B57"/>
     <w:rsid w:val="00EA067D"/>
     <w:rsid w:val="00EB1DB7"/>
     <w:rsid w:val="00F14C1A"/>
     <w:rsid w:val="00F25D8D"/>
@@ -11036,51 +11053,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="06A5D91A"/>
   <w15:docId w15:val="{663ED19B-E93C-4DCB-A247-7810877DFE72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12375,51 +12392,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F332D4"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE3278"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Grade_3_SS_Assignment_Review_Protocol.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=NYJdQcQ1NWs" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://venturebeat.com/2013/07/31/iphone-manufacturing-graphic/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/resources/see-think-wonder" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/chart-gallery/gallery/chart-detail/?chartId=58374" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/chart-gallery/gallery/chart-detail/?chartId=58374" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kyfoodandfarm.info/wheat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ablconnect.harvard.edu/quick-write" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.legislature.ky.gov/law/statutes/statute.aspx?id=53054" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smithsonianmag.com/smart-news/heres-how-cinnamon-harvested-valley-indonesia-180955063/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=NYJdQcQ1NWs" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam11.safelinks.protection.outlook.com/?url=https%3A%2F%2Fapps.legislature.ky.gov%2Flaw%2Fstatutes%2Fstatute.aspx%3Fid%3D51319&amp;data=05%7C01%7Clauren.gallicchio%40education.ky.gov%7Cd7e4118aebe74301935d08da63f51820%7C9360c11f90e64706ad0025fcdc9e2ed1%7C0%7C0%7C637932201576774398%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=Nw%2BeZs0pD2iXofQylinAQ2JsFkBfkXtocfzyn8mip%2BM%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/chart-gallery/gallery/chart-detail/?chartId=58374" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businessinsider.com/map-of-global-shipping-interactive-2017-12" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mappr.co/largest-banana-producing-countries/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businessinsider.com/map-of-global-shipping-interactive-2017-12" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businessinsider.com/map-of-global-shipping-interactive-2017-12" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Claim%20Support%20Question_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12723,137 +12740,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion1">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh6dvA0vB2x6nlGZVHwwoeM0YHBVA==">AMUW2mWEssz63KWSorAmT9WX7HQwEFqykVbG//MBl6zzKK2M1NcKYUy0W/NRC/PZkTiST/EChVytBU6QAw7igHG/G1EgcWyuLO7ORJoqKCXYz77QDmIPxltY47J01vUmiYC4alvA+Y3ta+BsDNDnzMR3LfLBfqrtUhgvSgABcUmM7YkpIbDM5N5GZL9Fd+iUsMJuWLuWkyYdOuP5EKZmjCZrbiV1vmIVltBx1uspim7Dmc99XvbBp8lGWrTt4Iv0A0UZAqlRVO6FzAPF3BhvOxfv1Jaha2noJ4FB+qBP+vWhPxOGgqjpZpDyDFK4MGvcntFGVdqu7fO1da1qbiDhTYjW/pWVgvynnECbJCcMJUhtmPHtHs188OAN6NEuS96YEOmBgUt1ygNgq73I8mOO07RZYamtUvDSlRnFRbbY71EZWXpEMkopgYPZdXRMXp0IGe/wuIXfXXtXANca1iuJiBzFIURG4qgp23dOTbuL2ZYNrBX7FCvepSY6H1hV5tXyphNZoce1noXarsJI1z7I8LvWovlH8jqvuKJDiY8A5VhIbgX04NT2HIOGK1Zt/zebKTkUhitVvV/dxaLLPDLSen1z716v3/8b4qJw9Cs28wBOskV3sbz+q3cYWRZTcU38hYbizE5Ohk03H7X4CW+OVNSkyGq3XOqm72++jwxbwfIJE1SqdmARjA2ftKpD2BCqiNgbBWIC4SrfahsEhdRxBvOrl/xsr7bRj3cE43KdG/FlYkIwF/dVdu2oN2CpBTit/4VASHun26QOsSNpQYOX5kaZiZQrQc8jZA30AAHp+XFCpeweXEZR6i+7j/A52VnRN6Ew2bdwJJpkISemuMVAU7/6ku11qvDQwn1jVLXf0cDLUoGitVzru2WAsTE2wmI2O1JC7AZIT7D72CVfrOXBFhk4xKf/OgrbKTgESl/1Qsjy95pdmAQnH6e0nHq/9FoBiIlJOf2SKLc8bFGSr1KXgVwRPWcD7W0Xnoh9NFfooZxg2cV1YyLIyxomdV2O6rkqKspT22ChbEG58M428CEBeM41Q0Yb4CVExbDnrn6qW5LAtvNYX3qOsL1TyTbpojkcC0DvKs9Pu6fmLef2n7v4wrhE4r19QpCJhoS2zXoWLeMmLxzHikfqxhINlrzAnWN/Eq7eM8/yFzAt/8Bp6l/ynODIhGCxdck10an6FzpTWnRQ9DAxKZzwFrYS+LrQ1XiRc1VbAEtDObqTzIdg8mWxU1K0EIe/+/7PleYUx9/cYB7KfC+UzKdLyiC46Ss4bnrY3Oj+fNeJfkFQu45JF3b43/FffPWcmy/7xQLU0nIaTHczf5FkjX8HOznG8KNxXijSv/tQocQ815iH/qau65cXko9UuCXT1z+wo+x+Ab+zO+2Ko6WEy1XPg0ukNLEkWkCy5J4VJcAnCSM8uyZ4HE5nLEPEWT5aeZsNqpRLsVVc9epJc3VZDO5EKik9Pp8Hvz4cfuH2RKhw56TxghBLV3WFxcz8IAEujmzWBJ8T01j+LK3in1LV4KeSfSo93TwVwSYcsTANEZmG4WCya+C7X/lsCHvjjjspoa43xCf4vD6V1VkWz6kE/TvEIruBZ31YTtAcV2sp5fjW+PuWBC30kt0b9V3/j4bhxRauAZDqVzp8pvqYClBcRVPmdfX7c18iwNrmD9zSCU6whG/e7Gj7resI8ASgFHk6YwFYVG4QOuoMmaQEMwE1TgivTHPYI6LZFZmrZEej9lxVXRVE/+lRfCBY8Vqedn0W74Ri3xKY2UrQ5pPJcsc8rEu/qa6jywHXCgFHe2gl/189GoHawrlOSNmx04tPeGlUpn34/BYaEbKOiSeMAZeKWmNZ7YgxmfXInVRKFDIiv1bn1Cu4jqDHyjoACwmF8UU28tzEVGDDoCIU9V++I2Z94eup6xOBGtFE3MPABe4KoUMUJvX6c/VCF93xiq46W/mjJ5ldr4Q4gKXDr58U84+bQKbPAj+yg5gQONcFc+9czoB0b7+JqSVP1vk2N41c7sbssCbsW5P47PitTmDqvlS0cWoK+YC+EPD2rmR7+BuNCGX21Opf/4U/yfAHq/UL6Ui9hBQI/a7g5ZWcnBFXRvuBiKinw5FeLEM22mGlcQQAAXqytwnC8sfYm8jeNcc3wW+bb8CkWgB2yl7gEDW+j43Wxg3f2nZ2cnEED9WtnbvRQ878DTjxuKvis4aQsYeT1UyqcFc4jMa+iiakwAx3bU5iAMU8dAIpsMkPcQk1JGHgW97l9s4SJmb7EWS4qbmaizoRwowAcinKlGLYh6eG23xMTHShgavprWtC3NcdujI6bwSXgaI3iFd5N5vwla33UzbtoB7SLQIetI6UyhYXKGTJqYwt5wU=</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-08-27T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1010</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1010</Url>
       <Description>KYED-536-1010</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...53 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -13105,120 +13067,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA51520C-B1E2-4C94-8260-12FF7C41BE89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29C18D25-749C-4566-95DB-643806A462C6}">
-[...14 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2E3DCAE-F6AF-4543-BACE-1D0C6171AD92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95AC6C9F-CB65-46D0-9BD1-299D9FDEA466}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29C18D25-749C-4566-95DB-643806A462C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>4420</Words>
-  <Characters>25200</Characters>
+  <Words>4621</Words>
+  <Characters>25000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>520</Lines>
+  <Paragraphs>259</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29561</CharactersWithSpaces>
+  <CharactersWithSpaces>29362</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gallicchio, Lauren - Division of Academic Program Standards</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">