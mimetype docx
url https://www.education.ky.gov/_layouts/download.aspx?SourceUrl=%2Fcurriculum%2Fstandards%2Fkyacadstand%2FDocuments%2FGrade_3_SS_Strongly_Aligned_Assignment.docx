--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3C4CAA14" w14:textId="3B07630D" w:rsidR="003113F9" w:rsidRPr="00E50EC8" w:rsidRDefault="003113F9" w:rsidP="003113F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50EC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Grade 3 Social Studies Assignment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64259A5A" w14:textId="77777777" w:rsidR="003113F9" w:rsidRPr="00E50EC8" w:rsidRDefault="003113F9" w:rsidP="003113F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -236,59 +236,51 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50EC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Overview: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000006" w14:textId="514AC88F" w:rsidR="00B471B2" w:rsidRPr="00E50EC8" w:rsidRDefault="006C0157" w:rsidP="009E470D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E50EC8">
         <w:t xml:space="preserve">After reading a children’s text, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E50EC8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">How to Make an Apple Pie and See the World </w:t>
       </w:r>
       <w:r w:rsidRPr="00E50EC8">
-        <w:t xml:space="preserve">by Marjorie </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, to introduce economic interdependence, students will research world regions to see how physical and cultural characteristics impact the goods a region can produce. Students demonstrate their knowledge of economic interdependence by constructing an argument to answer the compelling question: “How does where we live affect how we live?” </w:t>
+        <w:t xml:space="preserve">by Marjorie Priceman, to introduce economic interdependence, students will research world regions to see how physical and cultural characteristics impact the goods a region can produce. Students demonstrate their knowledge of economic interdependence by constructing an argument to answer the compelling question: “How does where we live affect how we live?” </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10680" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="100" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10680"/>
@@ -1019,72 +1011,84 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="100" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10710"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F86F10" w14:paraId="4E9C9B2F" w14:textId="77777777" w:rsidTr="00C165A7">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D331141" w14:textId="77777777" w:rsidR="00F86F10" w:rsidRDefault="00F86F10" w:rsidP="00F86F10">
+          <w:p w14:paraId="0D331141" w14:textId="098D29A9" w:rsidR="00F86F10" w:rsidRDefault="00F86F10" w:rsidP="00F86F10">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F86F10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Part One</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: Construct an explanation to answer the following question: How does where we live affect how we live? Be sure to include information about the interactions of diverse groups of people and use evidence and reasoning in your response.</w:t>
+              <w:t xml:space="preserve">: Construct an explanation to answer the following question: How does where we live affect how we live? Be sure to include information about the interactions of </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0170">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">various </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>groups of people and use evidence and reasoning in your response.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B29A581" w14:textId="77777777" w:rsidR="00F86F10" w:rsidRDefault="00F86F10" w:rsidP="00F86F10">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07BF3D3A" w14:textId="77777777" w:rsidR="00F86F10" w:rsidRPr="006352A9" w:rsidRDefault="00F86F10" w:rsidP="00F86F10">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F86F10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -1110,76 +1114,76 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AF64F28" w14:textId="77777777" w:rsidR="007F07E6" w:rsidRPr="00122AA1" w:rsidRDefault="007F07E6" w:rsidP="003113F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007F07E6" w:rsidRPr="00122AA1">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DEB8D2B" w14:textId="77777777" w:rsidR="00664C7A" w:rsidRDefault="00664C7A">
+    <w:p w14:paraId="4DA241B6" w14:textId="77777777" w:rsidR="0087113D" w:rsidRDefault="0087113D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63FD4F2E" w14:textId="77777777" w:rsidR="00664C7A" w:rsidRDefault="00664C7A">
+    <w:p w14:paraId="28A46CFE" w14:textId="77777777" w:rsidR="0087113D" w:rsidRDefault="0087113D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1188,96 +1192,96 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00B471B2" w:rsidRDefault="00BC2D91">
     <w:pPr>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31944A24" w14:textId="77777777" w:rsidR="00664C7A" w:rsidRDefault="00664C7A">
+    <w:p w14:paraId="03FA2E2D" w14:textId="77777777" w:rsidR="0087113D" w:rsidRDefault="0087113D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FED18E5" w14:textId="77777777" w:rsidR="00664C7A" w:rsidRDefault="00664C7A">
+    <w:p w14:paraId="771F1593" w14:textId="77777777" w:rsidR="0087113D" w:rsidRDefault="0087113D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A41602E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E3037B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1738,141 +1742,145 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="686368357">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="936253643">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1532914179">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="644743196">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B471B2"/>
     <w:rsid w:val="000340BB"/>
     <w:rsid w:val="00070959"/>
     <w:rsid w:val="00122AA1"/>
     <w:rsid w:val="0014295A"/>
     <w:rsid w:val="0019386A"/>
     <w:rsid w:val="0023083E"/>
     <w:rsid w:val="0026356E"/>
     <w:rsid w:val="003066E3"/>
     <w:rsid w:val="003113F9"/>
     <w:rsid w:val="00325301"/>
     <w:rsid w:val="0036628A"/>
+    <w:rsid w:val="00485905"/>
     <w:rsid w:val="00492641"/>
     <w:rsid w:val="004E6F06"/>
     <w:rsid w:val="0062393A"/>
     <w:rsid w:val="00664C7A"/>
     <w:rsid w:val="006C0157"/>
     <w:rsid w:val="007636D8"/>
     <w:rsid w:val="007F07E6"/>
     <w:rsid w:val="008402BB"/>
+    <w:rsid w:val="0087113D"/>
     <w:rsid w:val="008B2B38"/>
     <w:rsid w:val="00905612"/>
     <w:rsid w:val="00907018"/>
     <w:rsid w:val="00973EE8"/>
+    <w:rsid w:val="009D0170"/>
     <w:rsid w:val="009E470D"/>
     <w:rsid w:val="00A377E5"/>
     <w:rsid w:val="00AD33CB"/>
     <w:rsid w:val="00B471B2"/>
     <w:rsid w:val="00BC2D91"/>
+    <w:rsid w:val="00D00CB0"/>
     <w:rsid w:val="00D54277"/>
     <w:rsid w:val="00DB725E"/>
     <w:rsid w:val="00DD2A4B"/>
     <w:rsid w:val="00DD43C0"/>
     <w:rsid w:val="00E50EC8"/>
     <w:rsid w:val="00E81C5E"/>
     <w:rsid w:val="00ED6CA0"/>
     <w:rsid w:val="00F86F10"/>
     <w:rsid w:val="3A48FD88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="73B18FC3"/>
   <w15:docId w15:val="{30918A10-20CB-4CC4-B55E-1AA03BC3FF92}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2553,51 +2561,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006A06C2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00936703"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="513035295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="662003425">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2880,102 +2888,76 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-02-03T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-752</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-752</Url>
+      <Description>KYED-536-752</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...44 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -3227,146 +3209,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...21 lines deleted...]
-</p:properties>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjOKa5unil268p3Am9moo+ttIOGNg==">AMUW2mXJ9PDsKykmuOq4os9YZ57qydk41eX/5rCjo/RSS3t70SxL0xBmiskbbme0hd64QxSFz4dkvELSmwKv4mjdyDhzLJZ4Ofq9WeHdH/z4BAp9kR4epEn8S9oPsMLU1qh6v1vRYEIM</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13F1883C-BD12-403B-8706-14CF0972DE10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64234A1B-494E-4038-9CE8-00CD120820A9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A46606B3-20E5-49EF-90C7-F10C600D5CE3}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1FE0B29-CF55-41D9-A1A8-0AA68E57B787}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A46606B3-20E5-49EF-90C7-F10C600D5CE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64234A1B-494E-4038-9CE8-00CD120820A9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>746</Words>
-  <Characters>4255</Characters>
+  <Words>643</Words>
+  <Characters>3796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4992</CharactersWithSpaces>
+  <CharactersWithSpaces>4422</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gallicchio, Lauren - Division of Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5d06f0ff-a025-48e5-94a0-fe13a8313220</vt:lpwstr>
   </property>