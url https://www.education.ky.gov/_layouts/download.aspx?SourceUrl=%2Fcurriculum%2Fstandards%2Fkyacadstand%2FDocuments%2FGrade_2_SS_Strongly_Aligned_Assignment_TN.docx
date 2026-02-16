--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6241CFE2" w14:textId="77777777" w:rsidR="00FB1D46" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="heading21"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000001" w14:textId="3131E598" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="heading21"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -405,90 +405,69 @@
         </w:rPr>
         <w:t>2.I.Q.2 Identify supporting questions that help answer compelling questions about communities found in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.G.HI.1 Compare the ways various cultural groups connect and interact within North America.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+    <w:p w14:paraId="0000000F" w14:textId="454E0946" w:rsidR="0029412C" w:rsidRPr="00886859" w:rsidRDefault="00FB1D46" w:rsidP="00886859">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.H.CH.1 Identify and compare the diverse North American cultural groups of the past and today.</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>2.I.UE.4 Construct responses to compelling and supporting questions, using reasoning, examples and details, about the diversity of communities in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.I.CC.1 Construct an explanation, using correct sequence and relevant information, to provide information on a community in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
@@ -562,63 +541,77 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Overview:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
-[...11 lines deleted...]
-        <w:t>Students will examine ancient and modern Mexico using a variety of texts, photos and videos to examine how various diverse cultural groups from the past and today influence the culture of Mexico.</w:t>
+    <w:p w14:paraId="00000015" w14:textId="66BF8B52" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students will examine ancient and modern Mexico using a variety of texts, photos and videos to examine how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>various  cultural</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> groups from the past and today influence the culture of Mexico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="41"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
@@ -648,56 +641,58 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Setting the Stage: Compelling Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="0029412C" w:rsidRPr="00726ED1" w:rsidRDefault="0029412C">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="40"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="0029412C" w14:paraId="239655D9" w14:textId="77777777" w:rsidTr="008D0D22">
         <w:trPr>
           <w:trHeight w:val="946"/>
           <w:tblHeader/>
@@ -791,58 +786,58 @@
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="bookmark=id.30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Compelling Questions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001E" w14:textId="4CB2EEDD" w:rsidR="0029412C" w:rsidRDefault="42860D7B">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Compelling questions are open-ended, enduring and center on significant unresolved issues. In this sample assignment the compelling question is provided because Grade 2 students are not required to ask compelling questions without </w:t>
+        <w:t xml:space="preserve">Compelling questions are open-ended, enduring and center on significant unresolved issues. In this sample assignment the compelling question is provided because Grade 2 students are not required to ask compelling questions without teacher support. Therefore, providing students with the compelling question does demonstrate standard alignment since the standard does not require students to develop the compelling question(s) on their own. For more information </w:t>
       </w:r>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">teacher support. Therefore, providing students with the compelling question does demonstrate standard alignment since the standard does not require students to develop the compelling question(s) on their own. For more information on compelling questions, visit Section B: “What are Compelling Questions and how do students ask them?” from the </w:t>
+        <w:t xml:space="preserve">on compelling questions, visit Section B: “What are Compelling Questions and how do students ask them?” from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="42860D7B">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0070C0"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Inquiry Practices of the </w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="42860D7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>KAS for Social Studies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1350,121 +1345,119 @@
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Once the discussion is complete, provide each student with a graphic organizer, such as the one below, that provides some characteristics of culture:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B73AD" w14:paraId="6846DE8E" w14:textId="77777777" w:rsidTr="009B73AD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E82100" w14:textId="32D64A5B" w:rsidR="009B73AD" w:rsidRPr="009B73AD" w:rsidRDefault="009B73AD" w:rsidP="009B73AD">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B73AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Characteristics of Culture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRPr="009B73AD" w:rsidRDefault="0029412C">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="37"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3645"/>
         <w:gridCol w:w="7155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0029412C" w14:paraId="0E62FDDF" w14:textId="77777777" w:rsidTr="008D0D22">
-[...40 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="50E5AB55" w14:textId="77777777" w:rsidTr="008D0D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3645" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -1842,59 +1835,51 @@
     </w:tbl>
     <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000003F" w14:textId="27FF8929" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Give students an opportunity to make personal connections between what they have learned about culture and their own lives. Ask them to identify characteristics of their own culture for each of the characteristics on the graphic </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">organizer, providing support as needed. When they are finished, ask students to create a poster that represents their culture. </w:t>
+        <w:t xml:space="preserve">Give students an opportunity to make personal connections between what they have learned about culture and their own lives. Ask them to identify characteristics of their own culture for each of the characteristics on the graphic organizer, providing support as needed. When they are finished, ask students to create a poster that represents their culture. </w:t>
       </w:r>
       <w:r w:rsidR="003E2710">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">You may also consider labeling each poster with </w:t>
       </w:r>
       <w:r w:rsidR="0022539D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00101F45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0022539D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2347,81 +2332,65 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>music and language in</w:t>
             </w:r>
             <w:r w:rsidRPr="32D7D588">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> common. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000004D" w14:textId="7C48153B" w:rsidR="0029412C" w:rsidRDefault="32D7D588">
+    <w:p w14:paraId="0000004D" w14:textId="5D50A506" w:rsidR="0029412C" w:rsidRDefault="32D7D588">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="32D7D588">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">This will provide </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> opportunity for all students to share their findings. Then, explain to students that they have had the opportunity to learn about the culture of their classmates, and that the many similarities and differences they observed among them demonstrate the diversity in their classroom. Ensure that students understand that our personal identities are shaped by our culture, which includes our lifestyles, customs and traditions; our culture makes us who we are. </w:t>
+        <w:t xml:space="preserve">This will provide the opportunity for all students to share their findings. Ensure that students understand that our personal identities are shaped by our culture, which includes our lifestyles, customs and traditions; our culture makes us who we are. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000004F" w14:textId="26020181" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2435,59 +2404,75 @@
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Therefore</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, culture shapes people. The culture of the people within a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>place shapes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that particular community”.  Together as a class, brainstorm and record what comes to </w:t>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>particular community</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”.  Together as a class, brainstorm and record what comes to mind when they think of the culture of their elementary school. Students may mention their school mascot and colors, their school song or motto, special celebrations, incentives and activities that are unique to their school, the sports and games they play, etc. Explain to students that the culture within the school is what shapes and defines the school. Inform students that they will be exploring and comparing cultural groups in one of the countries found in North America: Mexico. As you introduce the students' first investigation, show students a map of North America and highlight </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>mind when they think of the culture of their elementary school. Students may mention their school mascot and colors, their school song or motto, special celebrations, incentives and activities that are unique to their school, the sports and games they play, etc. Explain to students that the culture within the school is what shapes and defines the school. Inform students that they will be exploring and comparing cultural groups in one of the countries found in North America: Mexico. As you introduce the students' first investigation, show students a map of North America and highlight the location of Mexico. To provide students additional context, you may consider showing students where Mexico is in relation to Kentucky.</w:t>
+        <w:t>the location of Mexico. To provide students additional context, you may consider showing students where Mexico is in relation to Kentucky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="34"/>
         <w:tblW w:w="10830" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
@@ -2790,65 +2775,79 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10BBD710" w14:textId="5980AD8C" w:rsidR="000166C0" w:rsidRPr="000166C0" w:rsidRDefault="000166C0">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Considerations for Prior Learning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F1FB6E" w14:textId="0631E80F" w:rsidR="00C2683F" w:rsidRDefault="00C2683F" w:rsidP="00C2683F">
-[...13 lines deleted...]
-        <w:t>By this point, students should have some background knowledge on American Indians and indigenous groups from Kentucky. Activate their background knowledge about these cultural groups and how they connected and interacted in the past. Then, explain to students that just like the United States, Mexico contains many diverse indigenous groups that inhabited each region in the past and continue to live there today</w:t>
+    <w:p w14:paraId="06F1FB6E" w14:textId="3E666078" w:rsidR="00C2683F" w:rsidRDefault="00C2683F" w:rsidP="00C2683F">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>By this point, students should have some background knowledge on American Indians and indigenous groups from Kentucky. Activate their background knowledge about these cultural groups and how they connected and interacted in the past. Then, explain to students that just like the United States, Mexico contains many di</w:t>
+      </w:r>
+      <w:r w:rsidR="00726ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>fferent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indigenous groups that inhabited each region in the past and continue to live there today</w:t>
       </w:r>
       <w:r w:rsidR="006D3D0E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inform them that they will be investigating several supporting questions to learn about how </w:t>
       </w:r>
       <w:r w:rsidR="000D7545">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>these</w:t>
       </w:r>
       <w:r w:rsidR="009F0C54">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> indigenous</w:t>
       </w:r>
       <w:r w:rsidR="000D7545">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3183,117 +3182,111 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Discuss how things change over time from the distant past to the present. Toward the end of the book, there are illustrations depicting events from Mexico’s past in contrast to a similar event today. For example, </w:t>
       </w:r>
       <w:r w:rsidR="00A83957">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">a big </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A83957">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>modern day</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A83957">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> city </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A83957">
+        <w:t xml:space="preserve"> city in Mexico vs. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE15D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the ancient city of Tenochtitlan, students at their desk today vs. </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>factory workers on a production line, a shopping mall vs. street vendors selling flowers, and luch</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adores vs. </w:t>
+      </w:r>
+      <w:r w:rsidR="00940EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aztec warriors fighting the conquistadors. For each of these comparisons, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE72AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>discuss with students how and why these places</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, people and events have changed over time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679046D0" w14:textId="77777777" w:rsidR="000F23C7" w:rsidRDefault="000F23C7">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C13197" w14:textId="0FD8D47A" w:rsidR="000F23C7" w:rsidRDefault="000F23C7">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">in Mexico vs. </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Now that students have a general understanding of </w:t>
       </w:r>
       <w:r w:rsidR="00EB057E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the ways in which Mexico has changed from the past and today, explain that they will take a closer look at two different cultural groups in Mexico and how they connected and interacted in the past.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3905,111 +3898,125 @@
       <w:r w:rsidR="004152C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> cultural groups from Mexico’s past and will be responding to this question later by describing and comparing some of these groups. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B29E8D4" w14:textId="77777777" w:rsidR="00C2683F" w:rsidRDefault="00C2683F">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FF57E4C" w14:textId="264C8E83" w:rsidR="00E86236" w:rsidRDefault="00FB1D46">
+    <w:p w14:paraId="1FF57E4C" w14:textId="61565546" w:rsidR="00E86236" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">View the </w:t>
       </w:r>
       <w:hyperlink r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">infographic map </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>with students</w:t>
       </w:r>
       <w:r w:rsidR="002D73FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002A244D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The goal of viewing this infographic map is for students to have a glimpse at the diversity of Mexico and the number of different cultural groups that have inhabited this country. To support students in understanding the diversity of Mexico,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> The goal of viewing this infographic map is for students to have a glimpse at the number of different cultural groups that have inhabited </w:t>
+      </w:r>
+      <w:r w:rsidR="00726ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Mexico</w:t>
+      </w:r>
+      <w:r w:rsidR="002A244D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00726ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86236">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="002A244D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>students</w:t>
       </w:r>
       <w:r w:rsidR="00E86236">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> engage in a </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00E86236" w:rsidRPr="002E3C3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0070C0"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t>See, Think, Wonder Thinking Strategy</w:t>
         </w:r>
@@ -4231,59 +4238,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Inform students that one of the largest groups found in the Yucatan peninsula was the Maya and identify where they were located on the infographic map. Explain that they were an ancient indigenous group who lived a very long time ago, and their ancestors still live there today. Show students two video clips: </w:t>
       </w:r>
       <w:hyperlink r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Ancient Maya 101</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">, which discusses what </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">artifacts show about Maya lifestyle and culture, and </w:t>
+        <w:t xml:space="preserve">, which discusses what artifacts show about Maya lifestyle and culture, and </w:t>
       </w:r>
       <w:hyperlink r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Maya People</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>, which provides more information about Maya culture and how it is still seen among the descendants of Maya people today. Share the following questions to students before watching the videos so they can be looking for this information as they watch:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000006F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -4317,50 +4316,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000070" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>What types of structures did the Maya build?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000071" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What did we learn about their religion and traditions?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
@@ -4430,131 +4430,101 @@
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">After watching the video, </w:t>
       </w:r>
       <w:r w:rsidR="00BE707B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">conduct a whole group discussion where students answer these questions. As students are answering these questions, have them cite information from the videos to support their answers. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Record students’ responses so they are </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and students can refer to them throughout this investigation and the investigations that follow. </w:t>
+        <w:t xml:space="preserve"> Record students’ responses so they are visible and students can refer to them throughout this investigation and the investigations that follow. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D69C90A" w14:textId="77777777" w:rsidR="00483391" w:rsidRDefault="00483391">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000075" w14:textId="51A12087" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Next, place students </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">in small groups and ask them to create a </w:t>
       </w:r>
       <w:hyperlink r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>graffiti board</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> representing Maya culture. Each group can use a poster, chart paper, or whiteboard and collectively write words, phrases and sentences and draw pictures that represent Maya culture. The graffiti board strategy allows students to organize the information they learn from the sources about the Maya culture in text and images, allowing students to process their learning through both linguistic and non-linguistic means.  As students work, remind them of the different aspects of culture reviewed at the beginning of the lesson. Some examples of characteristics students may write </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or draw include, but are not limited to corn, woven clothing, bright colors and designs, pyramid temples, calendar, agriculture and hieroglyphics.</w:t>
+        <w:t xml:space="preserve"> representing Maya culture. Each group can use a poster, chart paper, or whiteboard and collectively write words, phrases and sentences and draw pictures that represent Maya culture. The graffiti board strategy allows students to organize the information they learn from the sources about the Maya culture in text and images, allowing students to process their learning through both linguistic and non-linguistic means.  As students work, remind them of the different aspects of culture reviewed at the beginning of the lesson. Some examples of characteristics students may write about or draw include, but are not limited to corn, woven clothing, bright colors and designs, pyramid temples, calendar, agriculture and hieroglyphics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
@@ -4658,51 +4628,50 @@
     </w:p>
     <w:p w14:paraId="3381D086" w14:textId="77777777" w:rsidR="003B3801" w:rsidRDefault="003B3801">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000007A" w14:textId="1266DA98" w:rsidR="0029412C" w:rsidRDefault="002D73FE">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Using the</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3C3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="002E3C3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0070C0"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t>infographic map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
@@ -4743,51 +4712,59 @@
         </w:rPr>
         <w:t>supports</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FB1D46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> while reading aloud may be necessary to ensure students’ understanding. Some strategies for supporting students include, but are not limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FB1D46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FB1D46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> clarifying challenging vocabulary, asking questions to students as you read to check for understanding and adapting or modifying the source to meet students’ needs. For more information on adapting sources, visit </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">clarifying challenging vocabulary, asking questions to students as you read to check for understanding and adapting or modifying the source to meet students’ needs. For more information on adapting sources, visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId45">
         <w:r w:rsidR="00FB1D46">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Adapting Primary Sources So All Students Benefit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FB1D46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. Ask students to underline information about Seri culture, including, but not limited to their food, fashion, holidays/celebrations, music and language as they read along.</w:t>
       </w:r>
       <w:r w:rsidR="00885F27">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inform students that they will use this information later when creating another graffiti board on the Seri. </w:t>
@@ -5132,59 +5109,51 @@
     </w:p>
     <w:p w14:paraId="00000088" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000089" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Then, read aloud the following excerpt about Seri housing. This source is also written above a Grade 2 level and may be challenging for students. As you read aloud, clarify challenging vocabulary and check for students’ understanding. You </w:t>
-[...7 lines deleted...]
-        <w:t>may also consider adapting the source to meet students’ needs. As you read, ask students to underline information about Seri culture, including, but not limited to, where and how they live.</w:t>
+        <w:t>Then, read aloud the following excerpt about Seri housing. This source is also written above a Grade 2 level and may be challenging for students. As you read aloud, clarify challenging vocabulary and check for students’ understanding. You may also consider adapting the source to meet students’ needs. As you read, ask students to underline information about Seri culture, including, but not limited to, where and how they live.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000008A" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="29"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -5228,105 +5197,92 @@
                 <w:b/>
               </w:rPr>
               <w:t>Settlements</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0000008C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Aboriginally, the Seri were nomadic. Their movements reflected both seasonal and fortuitous changes in the food supply and in the most critical commodity, fresh water. People moved among temporary camps as resources shifted. Camps were occupied for up to several weeks and might be composed of a single nuclear family or as many as fifteen families</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0000008D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0000008E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Most activities were conducted outdoors, and shelters served primarily as windbreaks and for storage. Houses were fabricated of ocotillo branches and resembled a Quonset hut or a simple rectangular box. They were covered with </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, seaweed, or anything handy. Housing today in the two villages is more substantial. </w:t>
+              <w:t xml:space="preserve">Most activities were conducted outdoors, and shelters served primarily as windbreaks and for storage. Houses were fabricated of ocotillo branches and resembled a Quonset hut or a simple rectangular box. They were covered with brush, seaweed, or anything handy. Housing today in the two villages is more substantial. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0000008F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000090" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -6191,51 +6147,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="4243388" cy="2333863"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000A8" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000000A9" w14:textId="2BA9EAF9" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+    <w:p w14:paraId="000000A9" w14:textId="4B5C353A" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Ask students to work in their groups to revisit their graffiti boards and any sources </w:t>
       </w:r>
       <w:r w:rsidR="005A0B09">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">or notes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6274,51 +6230,51 @@
       <w:r w:rsidR="00117641">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>, etc.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Students may write words and draw pictures in the Venn Diagram. As students are working, provide meaningful feedback to ensure students are acquiring the knowledge needed to meet the success criteria of this investigation, which is being able to </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3408">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>dentify and compare the diverse North American cultural groups of the past</w:t>
+        <w:t>dentify and compare North American cultural groups of the past</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. Some questions teachers may consider when providing feedback include, but are not limited to, the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000AA" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6414,65 +6370,79 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Then, facilitate a class discussion comparing the groups. Display a Venn Diagram visible for the class and record their responses during the class discussion. Ensure that students understand that while these two groups were from the same country and had many similarities, they also had characteristics that were unique to them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000B0" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000000B1" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
-[...13 lines deleted...]
-        <w:t>Explain to students that they are going to use what they have learned about diverse cultural groups from Mexico’s past to complete the task aligned to the supporting question.</w:t>
+    <w:p w14:paraId="000000B1" w14:textId="1F530503" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain to students that they are going to use what they have learned about </w:t>
+      </w:r>
+      <w:r w:rsidR="00726ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">different </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>cultural groups from Mexico’s past to complete the task aligned to the supporting question.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000B2" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000000B3" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6530,84 +6500,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> alignment: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000000B5" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.I.Q.2 Identify supporting questions that help answer compelling questions about communities found in North America.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000000B6" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+          <w:p w14:paraId="000000B7" w14:textId="19C83433" w:rsidR="0029412C" w:rsidRPr="00886859" w:rsidRDefault="00FB1D46" w:rsidP="00886859">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.H.CH.1 Identify and compare the diverse North American cultural groups of the past and today.</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>2.I.UE.4 Construct responses to compelling and supporting questions, using reasoning, examples and details, about the diversity of communities in North America.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="000000B8" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000000B9" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6667,66 +6619,78 @@
               <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000000BC" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> Create a(n) ___________________ (insert form of writing) that answers the supporting question, “How did cultural groups in Mexico connect and interact in the past?” Be sure to include Parts 1 and 2 in your response. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000000BD" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="000000BE" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+          <w:p w14:paraId="000000BE" w14:textId="772D7DC5" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Part One: Identify and describe two diverse cultural groups from Mexico’s past. </w:t>
+              <w:t>Part One: Identify and describe two di</w:t>
+            </w:r>
+            <w:r w:rsidR="00726ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>fferent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cultural groups from Mexico’s past. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000000BF" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="000000C0" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6767,79 +6731,107 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>assigning  this</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> task, determine the form students will use to respond. Consider a variety of response formats  such as posters that use a combination of images and text to convey a message, digital slides, short paragraphs, videos, </w:t>
       </w:r>
       <w:hyperlink r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>mind maps</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">  or voice recordings. Think about what, if any, instruction students will need </w:t>
+        <w:t xml:space="preserve">  or voice recordings. Think about what, if </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, instruction students will need </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> be successful composers of that form. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If  needed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">, reserve class time to teach students the assigned writing form  .  </w:t>
+        <w:t xml:space="preserve">, reserve class time to teach students the assigned writing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>form  .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000C3" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000000C4" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">To prepare students for completing this task, read the prompt together and discuss each part, clarifying challenging vocabulary. Provide students with the graphic organizer below to plan their responses. </w:t>
       </w:r>
@@ -10009,51 +10001,65 @@
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">After partners have had time to discuss, ask students to share with the class. Some student responses will likely be general to show that different aspects of their culture and daily living have changed over time. Responses may </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>include, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="42860D7B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are not limited to: the Maya dress differently today, they have modern technology today that they did not have in the past and they get food in different ways than in the past. Record student responses to this question on the T-chart.</w:t>
+        <w:t xml:space="preserve"> are not limited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="42860D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="42860D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Maya dress differently today, they have modern technology today that they did not have in the past and they get food in different ways than in the past. Record student responses to this question on the T-chart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000000FF" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000100" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Next, explain that the Seri are also still found in Mexico today. Read the following excerpts from </w:t>
       </w:r>
@@ -11189,84 +11195,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> alignment: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0000012B" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.I.Q.2 Identify supporting questions that help answer compelling questions about communities found in North America.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0000012C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+          <w:p w14:paraId="0000012D" w14:textId="7F50CADA" w:rsidR="0029412C" w:rsidRPr="00886859" w:rsidRDefault="00FB1D46" w:rsidP="00886859">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.H.CH.1 Identify and compare the diverse North American cultural groups of the past and today.</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>2.I.UE.4 Construct responses to compelling and supporting questions, using reasoning, examples and details, about the diversity of communities in North America.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0000012E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000012F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -11286,99 +11274,112 @@
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="0029412C" w14:paraId="5ADA28E3" w14:textId="77777777" w:rsidTr="007F1670">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="00000130" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000131" w14:textId="7B79E332" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Construct a response to the supporting question, “How do cultural groups interact</w:t>
             </w:r>
             <w:r w:rsidR="009D61D3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Mexico</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> today?”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000132" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00000133" w14:textId="660E58B2" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+          <w:p w14:paraId="00000133" w14:textId="2E136EB6" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>In your response, use reasoning, examples and details using what you have learned about diverse communities in Mexico</w:t>
+              <w:t>In your response, use reasoning, examples and details using what you have learned about di</w:t>
+            </w:r>
+            <w:r w:rsidR="00726ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>fferent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> communities in Mexico</w:t>
             </w:r>
             <w:r w:rsidR="006733C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00000134" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000135" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -11688,69 +11689,91 @@
       </w:r>
       <w:r w:rsidR="00BB6F29">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Student examples may </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BB6F29">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="007F5D92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007F5D92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are not limited to:</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> are not limited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007F5D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BB6F29">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="002D41DD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Maya</w:t>
       </w:r>
       <w:r w:rsidR="00373E69">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are now live all across Mexico</w:t>
+        <w:t xml:space="preserve"> are now live </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00373E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>all across</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00373E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mexico</w:t>
       </w:r>
       <w:r w:rsidR="00ED1284">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> interact with other cultural groups across the country every day</w:t>
       </w:r>
       <w:r w:rsidR="00D16ADC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">; the Seri </w:t>
       </w:r>
       <w:r w:rsidR="007F5D92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>go on fishing and foraging expeditions together.</w:t>
       </w:r>
       <w:r w:rsidR="002D41DD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11805,50 +11828,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Student Work Samples:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6B60DB" w14:textId="765177C1" w:rsidR="002306C7" w:rsidRDefault="002306C7" w:rsidP="002306C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Below are student work samples from Kentucky classrooms of the Task Aligned to the Supporting Question. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6F9356" w14:textId="77777777" w:rsidR="002306C7" w:rsidRDefault="002306C7" w:rsidP="002306C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02744C06" w14:textId="77777777" w:rsidR="002306C7" w:rsidRDefault="002306C7" w:rsidP="002306C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12281,51 +12305,50 @@
         </w:rPr>
         <w:t xml:space="preserve">. This video displays images and text that describe Mexican culture today. As students watch this clip, have them identify Mexican culture (cultural groups, language, religion, holidays, etc.). Consider stopping the video and discussing the text with students to check for understanding. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000147" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000148" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Inform students they will now examine a variety of sources to learn about the culture of Mexico today. Present them with the graphic organizer below to record evidence from each source:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000149" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="10"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -12339,50 +12362,51 @@
       <w:tr w:rsidR="0029412C" w14:paraId="34E5EA52" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000014A" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Source</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000014B" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12412,62 +12436,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>What does this source tell us about how cultural groups of the past and today shaped Mexico?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="1FDEE237" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0000014D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="006175CB">
+          <w:p w14:paraId="0000014D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId88">
-              <w:r w:rsidR="00FB1D46">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>The CIA Factbook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000014E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
@@ -12492,60 +12516,60 @@
           </w:tcPr>
           <w:p w14:paraId="0000014F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="4D73E33F" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000150" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="006175CB">
+          <w:p w14:paraId="00000150" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId89">
-              <w:r w:rsidR="00FB1D46">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Day of the Dead </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000151" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
@@ -12570,60 +12594,60 @@
           </w:tcPr>
           <w:p w14:paraId="00000152" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="2D2577A4" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000153" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="006175CB">
+          <w:p w14:paraId="00000153" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId90">
-              <w:r w:rsidR="00FB1D46">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>KAIA Kids Around the World: The Music of Mexico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000154" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
@@ -12648,60 +12672,60 @@
           </w:tcPr>
           <w:p w14:paraId="00000155" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="0378981E" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000156" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="006175CB">
+          <w:p w14:paraId="00000156" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId91">
-              <w:r w:rsidR="00FB1D46">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Spice Up Your Life: Discover Mexico’s 7 culinary Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00000157" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
@@ -12726,60 +12750,60 @@
           </w:tcPr>
           <w:p w14:paraId="00000158" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029412C" w14:paraId="57D2366A" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00000159" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="006175CB">
+          <w:p w14:paraId="00000159" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId92">
-              <w:r w:rsidR="00FB1D46">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Ancient Ball Game: Indigenous game Ulama is being practiced again</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000015A" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
@@ -13082,69 +13106,75 @@
         </w:rPr>
         <w:t>article aloud to students as they follow along. Clarify challenging vocabulary as you read and check for student understanding. Ask students to follow along and pay attention to what this article tells us about Mexican culture and how people connect and interact in Mexico today. After reading, discuss the questions on the graphic organizer with students. Ensure that students understand that the Day of the Dead combines the Aztec (an ancient indigenous group from Mexico) custom of celebrating ancestors with All Souls' Day, which was a holiday that Spanish invaders brought to Mexico. Therefore, the interactions with the Spanish in the 1500s influenced the creation of the Day of the Dead. This tradition is part of modern Mexico’s culture, as it is still maintained and celebrated in Mexico today. Work with students to add this information to the graphic organizer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000169" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000016A" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Show </w:t>
       </w:r>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>KAIA Kids Around the World: The Music of Mexico</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to students. This video discusses and demonstrates mariachi music. After watching, discuss the questions in the graphic organizer with students. Ensure that they understand that mariachi music is a traditional form of Mexican music that is still played today in Mexico and other parts of the world. Add to the graphic organizer together.</w:t>
+        <w:t xml:space="preserve"> to students. This video discusses and demonstrates mariachi music. After watching, discuss the questions in the graphic organizer with students. Ensure that they understand that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mariachi music is a traditional form of Mexican music that is still played today in Mexico and other parts of the world. Add to the graphic organizer together.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000016B" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000016C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Next, explore the excerpt below from </w:t>
       </w:r>
@@ -13438,51 +13468,50 @@
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00000176" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46" w:rsidP="00A65D51">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="650249DF" wp14:editId="3F30AF4E">
                   <wp:extent cx="4524817" cy="3018681"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="image8.png" descr="A photo of a tortilla burrito with rice, refried beans and cheese also on the plate."/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="image8.png" descr="A photo of a tortilla burrito with rice, refried beans and cheese also on the plate."/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId97"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4524817" cy="3018681"/>
                           </a:xfrm>
@@ -13491,50 +13520,51 @@
                           </a:prstGeom>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000177" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Northern Mexico: Burrito</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000178" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00000179" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13806,84 +13836,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> alignment: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00000185" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.I.Q.2 Identify supporting questions that help answer compelling questions about communities found in North America.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00000186" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
+          <w:p w14:paraId="00000187" w14:textId="41FF5042" w:rsidR="0029412C" w:rsidRPr="00886859" w:rsidRDefault="00FB1D46" w:rsidP="00886859">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.G.HI.1 Compare the ways various cultural groups connect and interact within North America.</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>2.I.UE.4 Construct responses to compelling and supporting questions, using reasoning, examples and details, about the diversity of communities in North America.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00000188" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000189" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -14282,51 +14294,50 @@
       <w:tr w:rsidR="0029412C" w14:paraId="609E2DE9" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000019C" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cultural characteristic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000019D" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
@@ -14348,50 +14359,51 @@
       <w:tr w:rsidR="0029412C" w14:paraId="4D9A3C76" w14:textId="77777777" w:rsidTr="007F1670">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000019E" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Holidays/Celebrations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0000019F" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
@@ -15485,80 +15497,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> alignment: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000001BA" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.I.Q.1 Ask compelling questions about communities found in North America.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D0599D" w14:textId="2FD94664" w:rsidR="007F784B" w:rsidRPr="00945379" w:rsidRDefault="007F784B" w:rsidP="00945379">
-[...28 lines deleted...]
-          </w:p>
           <w:p w14:paraId="000001BB" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2.I.CC.1 Construct an explanation, using correct sequence and relevant information, to provide information on a community in North America.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="000001BC" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
@@ -15730,76 +15712,76 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000001C6" w14:textId="77777777" w:rsidR="0029412C" w:rsidRDefault="0029412C">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0029412C">
       <w:footerReference w:type="default" r:id="rId104"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="36F4DE96" w14:textId="77777777" w:rsidR="008233F1" w:rsidRDefault="008233F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="443F1B25" w14:textId="77777777" w:rsidR="008233F1" w:rsidRDefault="008233F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -15822,106 +15804,106 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="000001C7" w14:textId="409A6F3B" w:rsidR="0029412C" w:rsidRDefault="00FB1D46">
     <w:pPr>
       <w:pStyle w:val="Normal1"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002A4019">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70BC1FE2" w14:textId="77777777" w:rsidR="008233F1" w:rsidRDefault="008233F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="75B375A3" w14:textId="77777777" w:rsidR="008233F1" w:rsidRDefault="008233F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0446758B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7B7EF064"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18113,52 +18095,52 @@
   <w:num w:numId="13" w16cid:durableId="1385373219">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1539196518">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1576551333">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2036073124">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1700471599">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1364014493">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1002007179">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="145"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0029412C"/>
     <w:rsid w:val="00006A14"/>
     <w:rsid w:val="00011AA0"/>
     <w:rsid w:val="00013FE0"/>
     <w:rsid w:val="000166C0"/>
@@ -18224,145 +18206,150 @@
     <w:rsid w:val="002B0406"/>
     <w:rsid w:val="002D12AD"/>
     <w:rsid w:val="002D1520"/>
     <w:rsid w:val="002D3AD5"/>
     <w:rsid w:val="002D41DD"/>
     <w:rsid w:val="002D73FE"/>
     <w:rsid w:val="002E3BEF"/>
     <w:rsid w:val="002E3C3C"/>
     <w:rsid w:val="002F5B27"/>
     <w:rsid w:val="0031762B"/>
     <w:rsid w:val="00345F3F"/>
     <w:rsid w:val="00373E69"/>
     <w:rsid w:val="00387926"/>
     <w:rsid w:val="0039077C"/>
     <w:rsid w:val="00394CD9"/>
     <w:rsid w:val="003B3801"/>
     <w:rsid w:val="003C63A7"/>
     <w:rsid w:val="003C7D74"/>
     <w:rsid w:val="003D3FD5"/>
     <w:rsid w:val="003E2710"/>
     <w:rsid w:val="003F45D0"/>
     <w:rsid w:val="004001CB"/>
     <w:rsid w:val="004038A4"/>
     <w:rsid w:val="004152C9"/>
     <w:rsid w:val="004171CE"/>
+    <w:rsid w:val="0046237F"/>
     <w:rsid w:val="004722B1"/>
     <w:rsid w:val="00473D75"/>
     <w:rsid w:val="004767E3"/>
     <w:rsid w:val="0048283F"/>
     <w:rsid w:val="00482C94"/>
     <w:rsid w:val="00483391"/>
     <w:rsid w:val="00487058"/>
     <w:rsid w:val="004939BF"/>
     <w:rsid w:val="004A5E64"/>
     <w:rsid w:val="004C0DCC"/>
     <w:rsid w:val="004C1D30"/>
     <w:rsid w:val="004C5A50"/>
     <w:rsid w:val="004C6BA8"/>
     <w:rsid w:val="004D433B"/>
     <w:rsid w:val="00514C0E"/>
     <w:rsid w:val="00516DD5"/>
     <w:rsid w:val="005174E5"/>
     <w:rsid w:val="00526453"/>
     <w:rsid w:val="00532A9D"/>
     <w:rsid w:val="0053324F"/>
     <w:rsid w:val="00540FFE"/>
     <w:rsid w:val="005435DF"/>
     <w:rsid w:val="00551AB2"/>
     <w:rsid w:val="00570225"/>
     <w:rsid w:val="005730FE"/>
     <w:rsid w:val="005766EB"/>
     <w:rsid w:val="00594012"/>
     <w:rsid w:val="00597478"/>
     <w:rsid w:val="005A0B09"/>
     <w:rsid w:val="005B03AD"/>
     <w:rsid w:val="005B17CB"/>
     <w:rsid w:val="005C6819"/>
     <w:rsid w:val="005D6035"/>
     <w:rsid w:val="005E7E53"/>
+    <w:rsid w:val="005F50AC"/>
     <w:rsid w:val="006114CF"/>
     <w:rsid w:val="006175CB"/>
     <w:rsid w:val="00630158"/>
     <w:rsid w:val="00635419"/>
     <w:rsid w:val="006733C3"/>
     <w:rsid w:val="006B6E2C"/>
     <w:rsid w:val="006C193A"/>
     <w:rsid w:val="006C26C0"/>
     <w:rsid w:val="006C7582"/>
     <w:rsid w:val="006D3D0E"/>
     <w:rsid w:val="006D5558"/>
     <w:rsid w:val="006D6B70"/>
     <w:rsid w:val="006D7E6B"/>
     <w:rsid w:val="006E114F"/>
     <w:rsid w:val="006F3C22"/>
     <w:rsid w:val="007022BA"/>
+    <w:rsid w:val="00726ED1"/>
     <w:rsid w:val="007322DE"/>
     <w:rsid w:val="007377EA"/>
     <w:rsid w:val="00754517"/>
     <w:rsid w:val="00760105"/>
     <w:rsid w:val="007802DE"/>
     <w:rsid w:val="00780EAF"/>
     <w:rsid w:val="007A0355"/>
     <w:rsid w:val="007A1AA0"/>
     <w:rsid w:val="007F1670"/>
     <w:rsid w:val="007F5D92"/>
     <w:rsid w:val="007F784B"/>
     <w:rsid w:val="008233F1"/>
     <w:rsid w:val="00826AC1"/>
     <w:rsid w:val="00832EBD"/>
     <w:rsid w:val="008358ED"/>
     <w:rsid w:val="00837D81"/>
     <w:rsid w:val="00844B50"/>
     <w:rsid w:val="0085054D"/>
     <w:rsid w:val="0085795D"/>
     <w:rsid w:val="00872B9A"/>
     <w:rsid w:val="00873326"/>
     <w:rsid w:val="00885F27"/>
+    <w:rsid w:val="00886859"/>
     <w:rsid w:val="00887017"/>
     <w:rsid w:val="008A0540"/>
     <w:rsid w:val="008B45DE"/>
     <w:rsid w:val="008C0C7B"/>
     <w:rsid w:val="008C633A"/>
     <w:rsid w:val="008D0B77"/>
     <w:rsid w:val="008D0D22"/>
     <w:rsid w:val="008E23B9"/>
     <w:rsid w:val="008F2F73"/>
     <w:rsid w:val="008F7D58"/>
     <w:rsid w:val="00906C6A"/>
     <w:rsid w:val="009262AC"/>
     <w:rsid w:val="00933C68"/>
     <w:rsid w:val="009379B0"/>
     <w:rsid w:val="00940EAF"/>
     <w:rsid w:val="00940EFC"/>
     <w:rsid w:val="00945379"/>
     <w:rsid w:val="00946EB0"/>
     <w:rsid w:val="009607AE"/>
     <w:rsid w:val="00963B19"/>
     <w:rsid w:val="0096431A"/>
     <w:rsid w:val="0098431A"/>
     <w:rsid w:val="009A41A2"/>
+    <w:rsid w:val="009B73AD"/>
     <w:rsid w:val="009C4A47"/>
     <w:rsid w:val="009D1FFD"/>
     <w:rsid w:val="009D5F17"/>
     <w:rsid w:val="009D61D3"/>
     <w:rsid w:val="009D7DB0"/>
     <w:rsid w:val="009E3D70"/>
     <w:rsid w:val="009F0C54"/>
     <w:rsid w:val="00A01AA4"/>
     <w:rsid w:val="00A07C80"/>
     <w:rsid w:val="00A123CD"/>
     <w:rsid w:val="00A20F22"/>
     <w:rsid w:val="00A22BF4"/>
     <w:rsid w:val="00A2480D"/>
     <w:rsid w:val="00A25F41"/>
     <w:rsid w:val="00A558D2"/>
     <w:rsid w:val="00A65D51"/>
     <w:rsid w:val="00A70FF1"/>
     <w:rsid w:val="00A83957"/>
     <w:rsid w:val="00A86F3E"/>
     <w:rsid w:val="00A927A8"/>
     <w:rsid w:val="00AA0803"/>
     <w:rsid w:val="00AD3408"/>
     <w:rsid w:val="00AF428E"/>
     <w:rsid w:val="00AF5BA5"/>
     <w:rsid w:val="00B0524F"/>
@@ -18467,51 +18454,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6B4770C8"/>
   <w15:docId w15:val="{32DDD93E-98B4-40BE-8D94-0B5589252920}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20570,51 +20557,51 @@
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00064A3A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aranob">
     <w:name w:val="aranob"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A927A8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Question%20Starts_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kids.britannica.com/kids/article/culture/399913" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2022/05/16/travel/comcaac-seri-people-mexico.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.nationalgeographic.org/resource/modern-day-maya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=SSZUOhCTNbM" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kids.nationalgeographic.com/explore/history/cinco-de-mayo/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.encyclopedia.com/humanities/encyclopedias-almanacs-transcripts-and-maps/seri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://noticiasmvsfotos.blob.core.windows.net/media/infografias/8a206f5d5c58f9e85b3774ff6fd05a2b.jpg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.historymuseum.ca/cmc/exhibitions/civil/maya/mmc08eng.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.historymuseum.ca/cmc/exhibitions/civil/maya/mmc08eng.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IKEDd9AQUns" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greatvaluevacations.com/travel-inspiration/discover-mexico-culinary-regions" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=QbVyWjuyiTA" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://noticiasmvsfotos.blob.core.windows.net/media/infografias/8a206f5d5c58f9e85b3774ff6fd05a2b.jpg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives.gov/files/education/lessons/worksheets/photo_analysis_worksheet.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kids.nationalgeographic.com/celebrations/article/day-of-the-dead" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Q6eBJjdca14" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/See%20Think%20Wonder_3.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cia.gov/the-world-factbook/countries/mexico/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/KAS_for_Social_Studies_Glossary_of_Terms.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/teaching-strategies/graffiti-boards" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xCyjFipytRE" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MXmo1yf6or4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/place/Mexico/Ethnic-groups" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cia.gov/the-world-factbook/countries/mexico/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greatvaluevacations.com/travel-inspiration/discover-mexico-culinary-regions" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.legislature.ky.gov/law/statutes/statute.aspx?id=53054" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pz.harvard.edu/sites/default/files/Gallery-Walk.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pz.harvard.edu/sites/default/files/Think%20Puzzle%20Explore_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2022/05/16/travel/comcaac-seri-people-mexico.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/Seri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/Seri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.PNG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/Seri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greatvaluevacations.com/travel-inspiration/discover-mexico-culinary-regions" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.nationalgeographic.org/resource/modern-day-maya" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IKEDd9AQUns" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Kentucky_Academic_Standards_for_Social_Studies.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/KAS_for_Social_Studies_Glossary_of_Terms.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Q6eBJjdca14" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://noticiasmvsfotos.blob.core.windows.net/media/infografias/8a206f5d5c58f9e85b3774ff6fd05a2b.jpg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/Seri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Jp0709-CnkY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maya.nmai.si.edu/the-maya/maya-people" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.litinfocus.com/adapting-primary-sources-so-all-students-benefit/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Jp0709-CnkY" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MXmo1yf6or4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/place/Mexico/Ethnic-groups" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/KAS_for_Social_Studies_Glossary_of_Terms.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam11.safelinks.protection.outlook.com/?url=https%3A%2F%2Fapps.legislature.ky.gov%2Flaw%2Fstatutes%2Fstatute.aspx%3Fid%3D51319&amp;data=05%7C01%7Clauren.gallicchio%40education.ky.gov%7Cd7e4118aebe74301935d08da63f51820%7C9360c11f90e64706ad0025fcdc9e2ed1%7C0%7C0%7C637932201576774398%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=Nw%2BeZs0pD2iXofQylinAQ2JsFkBfkXtocfzyn8mip%2BM%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/_layouts/download.aspx?SourceUrl=/curriculum/standards/kyacadstand/Documents/Inquiry_Practices_of_KAS_for_Social_Studies.pptx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maya.nmai.si.edu/the-maya/maya-people" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives.gov/files/education/lessons/worksheets/photo_analysis_worksheet.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bokcenter.harvard.edu/leading-discussions" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facinghistory.org/resource-library/teaching-strategies/graffiti-boards" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?safe=active&amp;rlz=1C1GCEJ_enUS1018US1018&amp;q=descent&amp;si=AMnBZoFHF1DJLZWpTBtQDK262RMpP_nMVUjyUWdjrAvYyNFWbCd047euGOdEGoC0LQDS0Q-kXHRWaOsah_V_SFce0o1wLh4z9Q%3D%3D&amp;expnd=1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kids.nationalgeographic.com/celebrations/article/day-of-the-dead" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Jp0709-CnkY" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theteachertoolkit.com/index.php/tool/turn-and-talk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IKEDd9AQUns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -20918,137 +20905,91 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...44 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-08-27T04:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1009</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1009</Url>
       <Description>KYED-536-1009</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjbvcdmOlO+9vjb2ZeXj5eeyL6rTw==">AMUW2mXFw/f72I9CpO3eiks8cE4hcCdsjnNaCMH5893qeacgI98BEa/OFxM13Vt4sylKxyPVQBsTl92ag0nOR0Uy2eTzIpuH14LBKm3Gw3pUTiamBK/McBYUjNV03SeSauhPMIfDqFZpmuF1Sk3KyPM/2yg/9fIoncJgCbURXeB4qHJVfjRtAUoEZjVxVqyMDlDX3E42VGrOvGvlGsWaa8UNKygZB01G1PX0xQBX6ZdmtfWvfEbGq4ZhDbNwkW5eoENBnJ5k/XyqyyEZtra2McsYcMMuPqgbaZzW20yYlkhH4PDvqmAaygYGP+oWztRl3ke45cugrj6U10PVbTXcTxkhn6M4+AJDiYky4sEhfpXMw8iclsNs5lUMWGDGG1mJitJobOlGQ3KN4/k9j4+yMV/jvDSMTmHkHRWHjoL3RzEAvujC9fn+c1QrhoAXVWYiROqs+vc7KmRiuShAVOLvK8VwzYZ04eit2MpGLJ9HN9kFaAOrsfuklgx7oBZwZlSEWEdPgMYlpFj3S743cLbZ4uQROpoFbImJyD8dDM2rr0kVFQaFDdtODCcT2to+BIOB0+KN1yUocLwlmpIFg5iE0cImXMT6Vv0bI+hClkcIDWtWd0ltDJnU9QnZAox8QCSKHdKFe9b4CV4TE2BOQjbs7D2k4VF8bPml+/Xcw70lPisZ2qz8Ej34+gwvZxrrKSlfhyUtz0LbTV/5T1Wt1wZNicOi5eU25nGX0n8yX29GXMPCMiXHqDSauSX+Cx1OzPhJh0lMyVAaXHwymi92QVJbLi0ocfwZm1MLlYeLoWxl3r52lExca1/f60LIct12lueKbD0pmKbc2E4J5rUpr5JdQD6yhdjzdoVF5HCS1A1Vguiqk+z+74yNZ1ENQe0aRWWpPopbv8WXxEZh0xKfHVDeYNTPctKIxJmLrKfdygrOAz3bvx9Riptq0OZCpX6XSW+kT4Kw9ALqVvmriGbDD/wZdMBI95Vw6e7P9scvDYOgpbrsyN1T3GLX0qqbgXmEMa2xgVMd3FFIs0Uz3zHfqd5lOQWCkHbqjkUs828VCC5I4zukvdkDQl1keQl6QXba13xiOrZFSNQEJVgud4fJbrW4XBwidFtqafAwyXHs9Rqlt81nrTHWJx7JdrDUUoLkEJIwpRIzCir1Bd8SJgvAyhxis62l5oVTcDU+fo7sgO8e5rC4BBpqF7XF1Ht0ZdtcAJODm4yVYnmcFP0gINd3zsvhXahVQAN8bHA2gp/b9lOJEG8zSsAfXxg7+EWA3/BOZN6umsmVqt16PIWGPB/kUkAaiQMd0P6wsDxXXbMlTP+0NgPaJTulDfCqyzn8H/8lAAU2TzSbPZq1BBUNFc87WsqmWRJD+v9CEDlWDOvOYh8zwZLBUrHhZWTDoJeKoZakbFLHKatRSqVf8lVhY2qiuRGPzNvZgaMHcwpwp6OEU1yuW/KG4l1+L+Uxy/UdLJ6KRJdxwedQ8ZiZ2eOe48SuG2b0eNZLDVqu6niw8MQaEyN4AA+hY9mrJZY+No9lbeNsygwE8gTs+9/mwRPpp9peginA6nPIWwMoXOOfUlaZ8WD1ZynPyjHmosqb0nDSrdkn5Pn8CZ8nUi3BatwB5rJ7xgTx+rsmXsqxgQeOWK39uHJFy694xAfEu6+nXh0gSv78FSz5HJIujOcm6IVH9muKQGUrJ+0yNCoCjpgiP50hTNdjWPojk6HJPSObqg3SuzRb9jQj+KvQPcvk51Ay+Rs5rDOP42ar+OIDLxoiBuNYeuyQ9rFiBtKkCFTt2C7gD4tncxzqOHZh9WFXaw+IFFlkXSipqfMHzJJlxVgqBTrM/JakPyvBeT5y7hf+GZYawDbNLJsmfvIjRG8KqiYNkUI9c3x6eHiErgdgB+tsjBu3SrQmvRCfHqEZrthPN6G+OEpN5JUmcbdE7onOp730Os59fHfB8ipiLkhftD8bPIedPxtHd1kqKFwLZFWHY4M/jGw6si+Ph7i7iKVWW593TqstlSiI6MSIhpv44J4lUEeoYM70Kaw1oQhkYVO21MnNOcE+AsjlXCTDITSJybodarRXCQbw7w7ux2F41Qfl2TjNWurrl5zSDJPvjMEVbTanJgQZ20YfFnJuQdI/ZQKHgYw5W8d1pEzhwQhoWoZXHA7hje/fHPAgVGRi7s31W2ThcSLHb5WVjFfjMsxkOWzW/WAsJrYgHQvLiWdRT4sSR9voU2xNGa0rkb+YLys7P11sJbzn9/OD5+dUvqBFDFvCPKlWpxtNmr6Z4zzMXzP0OqhKrUUPT4wHCnHO+W37e7yyD/HSgX6nxU8ckE34pddfz06YHsKcTfX38TsEwZ/CR/3EFW40kML7ALilTxavnO89oO6507BvdFLZwx3tXGN2/BKhMJrHTwXjsdhCXZZqRYUh7zJTkCBZhbuJk6gQV8bX3CcT0YJLvoHPKU0Y8Bbyxs73ey55vCtawn4IGoY8pF2RTSI2pSt2EGoljS6z5cK6VqxDuvBAjRPdHZf8vzccmqTQJn38di5SQVA3tjiSbluhv3HL6fo+3Ngi91C2W4zi7eSAZ7rDiPZS+jrKukEQlOZ+1fvNN6uWBN7iWvtLucTzTR1ISWIAzX4iCgx0Xg2w0bHAvqumZxhaxybmIB7aPogXyt1S5Q413RfkR2V6PpAz5EgP37KsoJYfm73bdpD/i/k6p++fIiYe2pCylJz8dkXfqr/HopOHFKQHS4DCc8CKkeevj+QCYc7dY2YvVJAP92ykIrdcQdhyku0oiIDXPP2iOkn+Ok8CYKUt+zLHYu5UBc4AtmKA80VEO3NHK42lCMYh/oiIGC8Z4IDODN4csHyLR7Vj4CP55gnwt58p22pTZq+kZ2TgHWwyPf78xnb2+Rlg81zXu9q5VRAoaEnMobafW1JnWkSEyEEECaHWeVR18vBu2+acq/OeluDn8bt60C5iAuR6wKs9hD/8JHIgUX3/sqloRS7cXQVDTCRODB+8DV8Vyl93ZKQvi61suU3ZRBatDGnsGC6KY/EyRGDQSQUtEliOYtdsT5c2TOV1Gk/tQyKUvu68vWBXMY7atdMYu33gm3E4bxR0JqpQwyskughvh+g4mE8e/SaKir1iRzbYhPDBh+xLzaiKFEAMovP1UV6qPaQfSJepSUs7qLJd2nHChr8kbfhCvYe+SobuAc4sP+q0uao3YVTC1NyuNuXZMDTmCsdAXGnUIn8trEuHT8HsR0Ks4fBjX/QnBBVVfQVZu6jZh/3hoTbrjFXcTF4qtHfb4UN7pISj+iN6mDaznNbRKQytB+ZOM0A7xyslUHLtZYZUCMFFtrJ5rhDlIAz0E+e2ufcD+thQwUYI2CXTeFgBajUo8Hrr6626gyAZRTaHPFh3fp3bPz/1YAWdICvJjD+eC/CtTKoRF8fF/Fp+JowHZH0PGgR3tHG9Y3zamZ79cZzGuJr+JKEIRlfPY4Go9jg/YHaitHdZIIpVFDlj8Bw1CrUCfaH0R+LoTK4Z+jV3lkOVWP0jZi5AhJhHYXn7qcfyXIqvDMEzD+lCKtPECLGsLYKxe2wK2VbG5dDCPNASmNLIfiVYDY4GCRl+LimtgtysPiSoHslTkNvGgX7DBtB0hkGfPS2USGYqjzAKBpyXqVPuB60AH7Ezhr4AgGEokI2mT6Hf0aZZBCL3kBbipKx1sTtVWfPxyZau8J1909Ozw6RHCkW0ZfzmoXjiPnl0CGTONov/2j/Rx9NEvHc8UDSseZchqW0xA+f2rULQ55DVW/SnglfeObZLSBThwaFdUeP571mXBCRuMdfNGiJ9PdUx1SOY8RSnMPpP8Jl8mgBdB3LvtG/UyiY4OyNb/eBRH+b+UtrLJtv7lVBX7bJTvUzFrzDxwRa7lZk9s3aDVK9I3dz1X9iwl3BKdOKPB1tQBupEjRmOQFwYNUD9vRP2/t4HwG2KbrHB5Wn0DROv4KmCcjuQDzAOnF1749yXju+fJ+ydLlL9sLYCs4wj0y7vyHRgoBE/hdrLEK+7R8FHhh10O+ZuOg4OpX3bbKHTA8Cq5yUYJz7IFxtZ3lwt5qp1uOxjJSg6HXlDskOmE8pGr/Uuhhqr0L6cV2nTUbVUC5NMHd7/FbFEjpbcjZeQ/mBWMRsmeBuAxP3uJWFNEwEccoJPtEwNBfqTqG65L8/MSgO0RbVA6nhoPa+UexhD3uSWBM+4TW9uE6MSYipIGlFETkEBJpYTYiJsORgZNPcUiIsHKiAabrk8M2np653elj/rzu671Z2DUwX6PdEprM23MqsOWloVA0kTdoDEDzi7a/goS0ZkS8FwX3H8z4uzMt1IuSPQh3TheVgb9gomIKPsIOst/8O+hA/eZ59RCVxilvT/3V65WHHf5HaMsyLjcO9c5Bi43hKknuu77Zet1TJv0F5f1ipFZMYEgLoIXeoVPVmnjkt819YReC3RydDAqZEVIj/YWxci/sLBr+8GTEiI1/JpvER5IFSPwq5s+fIVlKH8aVNiAiL8LabmYSQG9or7Bfx9ognw4R7BaTv7xlthyOhi5jPhjZFavXgh4o6zzOAnW3agwtyaAo7hmSOA4UixSe2PKyEYQDInSmAoCQuEfzAIkqkWQP5v/8z9jVhJA/2Dqj5Wg0DUmF2PL/YE5ru/qZh14M4B/uRE2cBjhqAwwR4iZ6YNYffMqihKfaaC2+SqWRu0HNQLxUHjg1YS3XIYSdwUKw1SOeLSKrnbXG3G775u9plddWOXW/adiHeQS4zBsgOv55qL2kH1DVZoNPopQ8bCHCOcPnwmpQEsFzQzWtFQQhsl+YzG3QlzvjB7nMCjvQkAiBc6c9rg03H+C1q4jthl9KG0kjXaiBluINJO8nmGIvCrLOq/xySwK/mPKpOieFk4Ymjymgknj/iYaXet9gHzSXxsieAmNy6DVy4qljo3Tuymkldg+kumWkmzVWVBmRuN4k4ShgPR2WnTNpJuk5B0NwXwYIGxTM5BUhWVVZ1dcY+VNdSm4FDny2QQMkr7SH/znHWSIIeha6EAYfA8mLkZqc+EGYgWsWwOyMCSrMgyTj3fqNVv8E4ji6gL68+qpD2qxCwmJp7imyhJYUuQY6f62cG76pMe6Lmg/o7aS+wJ83HCWbpR6BA87cTDthdmqYI8t/3oeS8aI09+mxqEvYKYvb0kJFDS6t203o+LZYixeL48FJRTEaTSpADwBDLYk2lbmtKJMaHfdq83pMUmqvJ+wAXOesAJIIG5+2pK723bA1+hpYHBymc1lqDeUX0dpftZbUDmHLEIkfqZoq2gDkaEbodV1OcQCCMPaZEnsQvGX1ulyxYjRv0NYwjifZ8Lwsr4x5M6TUMDT/pSTXfufS+RBMaPZZfA63Z7IQimJVEWQfnD6z9EUzZSLM4sEGQ+g0QNpocOOVgtEBQHGB4n1yLKJ3OYDd9Cz0f0uoi1Kj4rp4zv1L+HmjAs6gWlk68NpS68/JW7DIc1XMU9zABCQXk+nXX/wp3A56LDn81JfSDS1jbGcE0RfQTrejQmMUKjGpB/pdp+H81dFR1H1Hqicr9xDN69Q/5vqn8UXDwCNneww0ol84CW9mN2qr0cjTtVfc/I+e2trSIPzSA1j6khMpVME9CN/egTlJhCA2loEULyPYxJwvv+gwZIZkUaVsiduNL8wUU7Zoc1f6drWR+HB9kXv7s80lNXoPx73cwUfBUDJNjAk+E5X69u7g+8JqxX5W3y0GX5A6pMeP+cuEHTH7hu6f/wPgH+tqzK/Ay5Q8OmWV8GaEvqhNydpQfz94RnNKA05H/n7rnjrwTSyvYB63OYksJEV0c6CoRsxQG8yy2FFo/xUuwowAfSsH5OwL6xBbg/FW79IhGtPWeuTXpbP2H0/XJD7XnGzZPTMF04jU7oG5GynK03rOxqrr9P6BU9aaRf0kyVwRl30P/kAZWtluX0uUvUBuzAgkbJvA0y4HXTbECWy7iqfYArBlhPNWVil873QP/nhecEWXi09HDSk0lqaU4d1Ci3yM0K+qGcmYByXiGZI9c3B/en6PbI0jAfNDvhgj6YDg4TW8WfmPAc7bF5rJCI90ojKbIu6owqfFJZ1BVnNyMGh0awJ3N21BwAVCXmzzXThjzNYQ6X+ViHtlyVGgUsdS8vKOFOVrcP+usE1Wr0unBZGLAFWba8o8HcdDiRJ1BqPjWyvFTCvled90EcZNsvlKxi4ZAGrl3Fe+f+zVQP/alMQD0PbsBqM0alThpOOsII2p7jQhEggzBI95mkeoJjZetwWQiCPejs320lWAiNBKZa4Ii9SrW2RhiwzMvra4lNpFqBxrbcoXEgmvtENP2Su+CExe2upbOz5IYVCkf3I2jGVFSeyJcQ/BiK8JVhWyMP3/dx84DKLx1DD7aicf37D330MMQAAz7caE3joKrzZsI+xAV8TijYTKdFAua6HTbwtxlsyFdAeHtu/qLgy/cyluASM5j4q/QUbLpReXDGN+qtl0VM2RtB1p2C9aOM0hS0VIL7PB02gro68RyqlI+lkf8BlXR3JzqDEZ8rFMIamswFiBp78kILtPLumokP55V6FS4ntD4VjSJCBy7V0D5jlnW2Zpuaq5UIyrgnOdBy5l7N2UXVOuRL4zMjfZpwHV5TG6Lwr5B9HD3vDQpT2CPrXJO9mh/+1tRsQKfMi+YHWQghiW80PJiuc40CJjkObEizPfFS86KH8oOn7D71kXivsQrc+Oo56cXRb67NT0EfA93zMljmJIksh6CyFxaaMiuE8fzT6B30Rj5NLcvKqXM0TyZLI16aFop6rSo/EvummFBcW12vCEEkJR19fgH6hOIlWIlEI48mdsZgmOAb4BnBQimcyuXn4vdPl9fR8v5PEpOTJeaHa2AR27niZKC+F7K1yeHPe1rVdqLL2xTzyxY9EwtBUzb5MXalr357uHml3NjNrevqJM8IadWOTQc7kAMoFI868R8pPhm2Z6kRk2VXJKz09CykEOn08gu6livazYWf245quRhzx7dLA3kww/KO1MJxa1+/2mdSBcHzjanXrebaND3uAA4UzbPZVbOQZlAwOxdlM6sZh8VWtsmMmJ1Wz/ZfX6s6ktVpf/RB99XsmZmxH6iYxQwLEJOvhUcaXrwb/QfnYThgJxr/+3Cd4ZVI4yr//fP33Mu5CJ9BwAR9rMHgx1DJjHGoQUvsNiqI5Y4XYVYO97ICG8kJpjR5JS22HpUkQGc+XhhtwXXXcv//hxXkQtBt1pteuIM8BcixWRHhFY5VWNQyMdw4RzRw62EBd2pXZk6D4BJxsGT7IgYzvOa04YVgl+JJzaVvxMqVA7MN28ZMqhg8FFh91fzWYSr5I0FmjoOWQAZ85iKydx1YdPyPjBSYVjRfNfGZ1Sbnd8OomLpARnS7WW4Zgx7jznFhBa7CqzdpYnrCtlbEshfpfkZw53I9y+xD7DH4sA02alECiMoayGDamFc8RwirhkUlCVq4tDHDew4nCxQqWMIIsHr/fG51xUcaT+13O00LP81x9cJRATbAhYr+fNw7SJl/1sTpQRH2Z9EGR6+9o/6SRogB122j9Kf0BmwGxQGU/CfjZdqYHCj5qMKL9AAuIlNO1HlZYno9W7jVmUMrKoVXBQz0Ddi1o/wvTHctATz76y1a31vD0mwwqrHxkoDP2VkMLKDdZU4NoJu0YHBmvxjLq3re9nuu7rbl5w700p66GwQqYiNZ3N6mC+uJOPssbPZsf01uc8swn7Ad44hAao4t2NSnOSMSZCC0r2y6MBQKmqqKAd8nAThhL6Ky3kopS6akoF7yo6c1XAdipb7WNT7h8tSWq0JWqcAIXu0tUcdEGUOjZpXFdhi1zqRh+0Hsh6CXhQeWSrV1ibKSr7Fm9JEcq7N9G8XtNTwzgLpKUyUyd+8loslmyJln/JJXyq1hDlhbTXMrz4/jDEY12YITepPcYy+cvCvtQHeFvQ4LmBdoMM7E7lAgsBMfH/5Cs702Z3lbYPUlRrb2xFaGHp9F981lJYlAhHqAFoj1gSHNg5UrF9LUFebqpk64rd6t0l7PmGy2M+7ZAwNtFrn1qasqQZ7OWIu2v38yi/y11LC2Gv/5s/QTeo9gxzyQiBX7KZoInyE5WBZl/5Gp2gP2NF5+h8nQXfsUUTyWqU842MS3yg1w5a0ApNy/QTEJcD/AqAK4DWVmN/6fraJOyY0AMwvwiAdlkz9RYsdY1I4mUajEFmtmf8CzP/o+RvJnQU3/lIjBskYjhnXnpfDHH3LbYgpDFElDB6/HQLnvVEvBCjgvuG1pPjQCWoaaIyxvJqD1gZbNawnZrCb9oXsNrmx1zg+sAfpeGK/eKJ5wF0semlhvr7XrQvRuY3ZlWbfgbowXZAvIpZSUYkARZqMoV7C0URch70PeA2+FT/yqLtcVBCx25cIjqRrsTs/rF20RSg1Xt687pfd0IWOvXJDwc1atQUc1yUjkJd/pKSbBDN2YoQd1A/96Lt4mHKavK8Hlvn3JB6IsIo4UpVojpRkcBOS1mI3rQ2vq1mvyvilrhJ0o3AW0ExxtvknWZjiI5iibZAUl3KtoWaTUSHtezDGBsTM+p62R3uu2PD6pj8efXX9cmCt7pt5MhPHmrW0nVR2fqcn29HCv+MG28RqG3BZfEK5yipn0fd2Q75nEcFPxV+yreCcUQWKDrZj8xs35kkKcqcL00mPAZd7zQDCX8c6KRSIGlyt1f1NcX69DRfcpdBdlEmo1jOGbPrfzjFMHhEt575D1pCzmSV5b+WGXtNvMsR1RaHteAr3PNI0Wa1eTWz1TUYLRKQaQhvkS8/5XyzKoLWy047OSyxanchLyd5mu6SYgUTHUkQatuZW8xQakqTZ6rfRcWnZbATjnxqKnfdghRjFi0LeRMtt+5p+SnRrdnUgLdHgJt1uw9LlEatQqGALaaXU5cLfqndDMDuF7oVDKGYPyeCwGMF1YMEFnHWyO3s+MlBterGFw0mx71r09DXESLZA3UN8Mh2lrvFoDr3a+eLoN2zn6EUUvRsohDJnEljlUotcheJXTLicVzzYZEmur+AOaqcLTWOlHH78Wv/Z30AJQN719E2DRRxMn3lODmqlws2vQngJALm1v5CMnCl5j3eVHW6V86akqcddo1AhOtTksQv0wvqSKgc/mkF3oSQgOjbaY5ETOFccQ0v8XgsVsSPdS/Cf/V1F1AEXYmKOlVChnlQCBKZqcUIa8ZZTA4DUQ6LobdkHccy1cZ9pKSW7c6q/yBfv8flLBMi9YnzSbtjfHScnzNW5K7oSKJ9eVEPTySZ076hVoAsbzCL+nczk8qcV6BXGq9weGKOM/BQF7b52iZoN3xzsEydDBXodOKk5nUyo8D8vqWpvkesKKkkkkSDozl6K9fu+eHOY5ahEz1U6M8CbCuktK4uls44pKVGKaTiR1wh5iPR7vu/TfGfNyA6iMrFS6snALuTeWQT3Zt/XA+BASaLKxanxFouqS0nueAkLkoV/17WJ5Qv57BvVphHj8Xwat9Cl2F7lO9gxZrXO+uWaj/G6NHibliradnzXl6lZO1r6trLOhr0PBXS8l2nB8pjX0q9qXjmMz4wBl3pUyu/LDOyGiM9D0m/UUEZnov2DbZv8ugmciN43P0e0TZIAerQsjLSA8iyVy+964Z2cNgsfUSfe33qdzpVofKMbAFQBUjnBweA5UjhrOXfTb5QVK2sNfCvb2eCYH51aamRhCURDUml0JcGFMTFX2Z34X+j0hMAApsfp3Q9pQBxFQULw63UvwlK+G0IAOFwAIIDWh0cd5RakXzR/DU8MNFCcxnS4efxwbTMYCCYWMPK842vFjl2etm5ueuxtg/0RctfeIxxU75l8axvUD2bLC5plt9jNPseqy2lv1e0ArDO6bQ3S9TieHEdx+N9kWAl+aMCruikGZHtjycEjHjYuAc87sLT6fidqrYXehq/Ys27J+lerEsOgMC7BQ/HEDOv0TtdR/VD5MsbRM3dTwWXv8ToOyy4eTLXb9ORAw7MIytPubhh2UXf8U2OUQzk0Bq8vZz72oW7MAmwvyR0vsoOQIud2rriEBGIPk6bhvx9l5YPARoC94PVRMSuJPZnaVBe+AmIAVr236YC7HRnwwz0YWJzbj4nV8ghHu5Dmc4E1pHzNB1PnrP+kgaACzqbWliCBOFJYMFsvNkjKcKzIaMUPYJLKFlCeKDgdCGNI3qmkoc+LWexWr6LbendYLsXSCw7EcfbMSMggMQ0WNqRa4Ruv7ZZEYtRe+mQiwZDlY2E9BMD1k95xbREkvyBATDaBy+5amt+CCoqg5aRePYZKbuCMqtxuidJqtcdXJG9lfwoRuYQlvW/JuFFDwlsA2U9T7bKin3zoPXXe2ODuRx+9Yx3VqAZ/7/fW9Xstzn0QBc+QgQLEBWLOkxZHH8N0QOW4OB5WtGri0CJ/X+fPQLIQ6fbEJLZNj0/DCLGW4vY/x3pjpHF9YwNM44xdb1uWS+1eDaiIJCA35dlPoB46d2Cf03irFYmX58pgCwl1a6N/fC4s5kPpU2zqcnwkuvK8+HhpA+VrvF/wC6MMWlxFELECcUy/bWD8Ft13MPXaFKEXqjfQotH4fXqwj/lrt7XOvaHBxHDpnyU7P2Uc08BvbdQdFzRkVkK/RdFwIDynLT0NzCZGf/tvx+hZTXMfYlKbYIZA0ZyQW/jYHUqaIAQjEdi3sSNJ30cMYIKu/KwdF4deQ4arfhQFRhptNyXN//bcRR2P1YCihMY2wABddxY8VYgpjmjFiM3Sb+A88HGnseVxCsMNOmAejC5Mf5mW7TWD3JirKG6IIi7APJ6KMaPg2CFMw7Y31Os7yaX8KX4gStod6rqqgwq6TKaypxcrP72u6WW710Um7vtaAFPWrqlGXdOrF/BNbHx8oWHqVTlT70g0shC3Cfec1EgVyS25oC9he3beRvsLY9D8jYIZCUGjvbtGiHaNv/NURF/X5qXtmOlGWB3dRs5FN/zC9NQIyMDeDiq1Ewp4xESUK38nmB54tv3C3V7S879bBMbeSavS3Uye3FB/QQoykMUrZRd4tPAkGFt0DWi2Lmo+m6gLxz8nVwkyAI5W4WP6VIQUM7uR7a9eyBkfOqOO1VmlEEuTJkaICBIaCeTsej7jU9a5+Nk0AoPBo+U/0FQm3LswMvn3GwUwiPYiWvzPRVtsSVaN3NcNXhl3+4lvUMKGOBqphp05fh/WC6C8eM10KlZMSpIyFBo/iAw0lCziqnAFDLYh+3w1FdLlTxPrSvP4FusDWESGfGBD2ItDhwV7rF5vcGfN05ME5Liaqmi5vK8WzG2m9AyO8o7c8Fxj50UjKAy5aKbj0GOx0ng5Q/ABgs/TXjsX6ysC4sJX2tHiSMyFmcA2+UtZZSEUjZpCL7hBN90KckrhHYWhiMyExSKP5JeQ9RHTYV1aPVrbrh3n1JZBWT/gnJBUSLpvoEd9mnXymJgr4PiJXN8l4Zq2xUgKp05o/oXCU8NHtb89/6BMm/ogj1xX4Cix+E6/wxgl9IUnY/0t0aKScIlvgztPTsf+HE9LvJtFc1W+CX0bVIXEbwyk2CwDEVFudr8RtoZ/QCfEzmpN5v/qdWbl32v3ifJIgRSIFS86i0gAHHTrteyhxkiuDt5PdYHnlEe7MyW3nUqcxKHkAhLWp7fJBBZJFWZzjih/mmH8mdddrIGTsKm+R9IHV9uP8xzFA9r1pIrdqcvs6f2Y4aWIKd+EJBLPosIAVKlkE7pjX4gDWw2Q3CWiTF3mUMo8BQBqm7c4Px0GANiriGEptzaYBGQ6/OimprR4SZUiyHCzGBA87SQA104VkzlUtLOZPBqxQuS1j+sE5Y6RvmxhNuu+inTLE4Rh8RgRfYg+BvWVRjCKvt4Ik39aY8f0oO5ihr6wgl2PqG8H/u6QnWbDj2W8UgIFuZ3AwniC5rohsfQWdC/OL5ehG8w9M2tS094Mq60gx4p8S9Pl6coG1VBFBi2qYyO0VXgMZtZIn/gb2n2GQ/7SXuovZLKtQOWiNwKsuS6sOO0+b48JD4BO8UIRda8PBoHlgdIbFjQ3tzBhXvd7Ji8WkDj8CG4X85l+TIorIRYWVaG7He9+RC0r2VS+TMn7hCiQJbp7OsgHM5Lp4KTn87dXm8cUAFSc0f7Iz4SHaGLPaCHbMyx/hvWP8o1Phg4+qM6Bx9BRxp49+OtYO+bzDC7mOgdHwl8GS84uZgFnVAOxXz/WzwE5j6Cj/bNC1oLCEkujBg/q0qy4cSYe7YmEmujSdEb9m4vHLWTQjMyx/ymDanU4BfUAZeaGWdxmzm8+2V6dlU+KsMhqHBgZHASjDT/+FzgVW2fFxXoPhCI4bwOuaRf7vOezmeCcvALELTND/b/LjMZbxtUxxWhrKzVQwDudXX3kFV3ceWFGAhPeUfqe5cCad6M8mfxr211g/uoZQmbzpLSOmyPdknBOnNzcWrqbL5sThS6miEuK8cIA+Wzd7/C9N4vxBTxYFQaa7S4tNLwcA3nS1h5AAA9QVwtaRytq9Kr7s9lTWUK4hSPqv7DsiKlSPZ8yXvDXWcdqep5TBF77nQVz2Y3b5DMKr6nTwDq6Sswd1ql/hzL3j3OGkQHSR5VrBeW/jbIaDXn+MiOB+PYsNPwcYtafAEBwcZo2PpO39PIV7oaN3kVNTpNv4nAss4y7wNMgXqvjtTUJWpiQEaHvec3Q7SUOVReDoKU1AOeolTxPZt86ZARhaiQx+Lobw0NzeH+0WGNIeUNYjqztjdMgfMW1xW2moGZGuZyo/hcXVmCXV2jo+cO8uHqKfLyvPxlxKbxZZZOjkp5Jc9xk3k8E6hvbKJraKHcsyG4WLITIm5gxdlU8A9C2dWwRv7eezCTdpwrg+63/5D2WslNbJpgjxkr3GZRFxrQbhT/oX9lyM0kyZEpdONX3SC6bOeAvY85PbN8oFcxF1DSZpvAsTeJSTuZnGy17cTcMqVzwKgiLQGsMDinxcDeRPRHJYcRHRppxylOxrGQillfBU78GvQ9tI3Csz6KLONXqpS+DJVFP5Rt3nCo53wHGRxz00zAmSpHgzLcOuwz3TQ50rwSxgeJ/BwE5XgpU90AvhP3LL54NaKF40SewE7+ohTr6Blz/wYpZ1WvJFnKhq/WgFi1+CRGP/LVle83Jiyx1hCBy8CaZjO5179J9wJgUDGb7fOAwjU7NOVparEKdpf2sHKCQoMf1ExcLRMKGYyjguMj6CysE07cRKJRMQET8WNJ36+C8xWSBjq6iY5k+D76KwOm+44axoc/RtAAJCu8v9VhNseAz3zuaL9POXKSKuUw41rpQfN33qG53XjD1vAP8AF+KnDyKXc6UE8UBQlMDe/NTf/MkQ4/8wbzndQKDbrYxnNDxdpsoGQ/GlgHi2MMKrTD9Jse0DNL7HRyIU2ANoQBZo6kV8ZBB2demt4jB0AIY95Ww/eenYTVhFmAspBeGIt5RBo6djmUaCZQxPeUzNcK8YoYgdabRbN4SmpA0Q0vzfc0C2x85i5LrNAjHyK243ftjtI9ErvysyhbGdNXqwAd+pKwuhv2k72faml6bQZhbNxB+2VkMSBUMs0NDxfVhNciAOVR3X6rO8usei1twl/1BZE7CnK9ELUf5LGICggLa57GQuCQqoRv6pkgJMs9PLRs/AxDe6rI72r2hBlrkyjFiqkR82E+LGQrlT0SK1Bfnfk6qDpg1msaR4LheW82RRTjAOxhrt70cQUnRt1YDw0jvec7CBM6mvK+g4AnMPqJUrfAR0kVubuUUodxwtDBkwxmcwsRq2aiR/7jVG5SdP/2XAoS6yZnHoKWp4OrLQQPZ/jsezPKyZjwaqBZsBARFxdplWlYwgF/LAsfVcyaoa/Txq38wPBXs705Gz7lJqVNBJz53SaPN+Zlol5OTDYefB2uVSaFW34nPKODjuPbwWhzxJ1iADUgff6z2V0MD28zzVMaAIibUb6oUtuuCuBhYWTK8EiKJjSq8JC3D822qYJ2hJE+khpzfq3DuNWO6bdh9lKCDdX4J/wX5GFB02pGFV8kT6YzGVWO/74S3NAxj1Heu9+Wgz/h1X3RPi/e5VwlFZkNJ2USxT6Qx29uS1cA1XuRuxq+5r9Pzd5W0HkOmfsgATD/hAL0rKSerhgaF5O/Ut2/777SmKHLcN0STdudrk5rPeimbFTLKJVOIlqCzzBFJWxT9vdH8L2xYbUcLrO+7mvxPQfJXYhyUQVf4viJ0zp6729J2C+xZBFoyZ+TqLmfrA0jlgj6wbG09iOd9gYd+gBKo+oNL2Ot1kimaYZfy5uRHRpCltnEdexD+xPKehpwolu5D+MHPTsTrMQ1XtbF5jb/OUQXzFugeFBG8ylobxOD394D/xmxgpiK6OT7y4lOMwNqzeYiqCm8F0yCMmJHKR6GPAyiJa4tnAaZPOI2SFeGhMjSruqFsIE3HdTY2m5KsKMAVWWrQfBjD/yewXXb4fl48YvLMjPPV8ggPzRM718vPBJzehMKeGYZhc3lMVv2f70phyR+spkTQoY2JXj7G+FQlFs8v9ANhZz9K0AiS0xuPAkawu5POMY32He3+wVQ0KmuWc7Yg7YT7XkKlco7NWburBfrwpN7m0Hnn6qLw+lqF6waxhgpgs33SuigO4/mTykCPpg876vKWMG/Na9vDrLrqzQewrjvUg2EgcGAlJ+vS2ZYex46t5NSSaGWnsp5xTM1gWgfafFC55gWAZRzXE4x8ohMyiWJK1lH+E0bxA2FHbIItYdRsbMUAQhKVZU0/HeqbIFNRFdbFjjelJmQ8dM9ZD78zyxoI+xGelFn670rY05bbblvkCp3G/gNyuji9joyJ07BV3WN6TB13YKSeqWbBtuOMdHWtndOfIfKS1BngqQ+bE4Sq/DoIRV8nFHJUw6cQkezoZJmJo3IQENMjrjiSuv58M/DxLO0kf5TiEY996WeTAw6YfmYcvim8InPHEJi8MV2CzgANXramciFSb9IlgSubHvdknS2ZEy8DrC2PAn2dJlWY0dx65ckbpnyRB5+cRIP+RuIDTFgYWogv76uIMscEywKOV9vYHoscDd3S6RlBqzoIzpdNZ3HlnZkGN/JV9ZoWHXL6blSKAGX+RAlkXtvBYzzv/Ho0+hQvzswHYMCuN99sM3arhUdLovwASLJoLuOHT3/Njm9LTAh2KizZI659qzCdrYjRAmvn8zvygCLQmCpyL1vChQPnrqyPZxgn2K+3rH0n1k5Kf69JOQcH3vJB3DHxJdLT+/qFCt1E8VjiF3++Uxjy7uug4teluEKwwd5SSy/n3PW6s7nVSZ8b/6gTiLbC/9ScbbM6z6lXxYMEIBlCYduphzjjhTcxlzya3lt49VD+0g5PzWzJTUzr6gw3w/30glAh/wZfltghZqySgKehmURVuYMI7oqx6hPeZvl+CPd0g6R8PiQNoOqa+nFLMX33GmWPRs9xyn5Jo2eIbTxfhYGMecGvc166N1Af5/Y0kdJyTlMAmHtCVqX/8V/gXJYEViig5HRzDiRH+Okt/RJRBwDjH3GovXYIjiO7JuN+r6hD21U2KSk/4JmUFGsDukEGRqLTGypi8AfuiixofumtOi5g80Ff5ubKYdZTMK+LkClaPVQrkA2g+zHwqmJHknMRoRFq/h7YXhhowniMnpj807u3aCB5duuMiGRDs5+J/UP2Q/mIA2SiEsFR1KoqGRTkAX1bwIzVJKmfMaWBwyG7bU3XC0x5tYgoJoi2QMZIFnZE/vCxWYGl9bAy6Tg+JC3DkeSHNc01b6wosyM0fQmEnAOVOkm5tcY1TK+h7SvyBEXMpFVysY/CC1kk7QAh0BR87ae7SUR6bc+H/lpImQXCrU0FWf1ZWc8XaLjCdZXai6K/DfK83dnBZXYVHtZhiRgHn/G4+MyLz2FNdfxvhjSlpX5nhWtF8DY0Npm2VUNyWl+Vsl9se4xeAX7Swdk5T4JubtyayYYfitXgcGhCwO0a6/J1ICT+9mRilLoYZaWVSIFg0/xz8EYErk4iZ3R5eohET4YMBgjx/h3GoydM7URZ2CiGCdzPMK/2tStsUlWQK+iLgfUQfdWkelzDmM7Xb0FDwtN7qjyikrcXcdhhgvETV76zN5aH+9YQ0V7Bt1tLVUaBmuTKLbuGZAsJOswGcJ6XYLSElkju3d5ZHfocZDwWjIIMZem/uU3l4OyB2btCgjVpL8l/d72zYphFMYVV39+F4wdfDvRap0gU24YL1fUpTs5JacS/GpDDhBZWiAE2vPu04fIw9OFKKd0Lvx9T+QQ5M4T3UxqBuEOjpm8ReqdPyc6NMGemVODC4mV47UIN10BfwwA9oBjNjb6dgFhYAnz6paQpoYTvMpgyzIr1zHI/riAfjznRVDJnANOa+MOGsa7HEgnGQxOPbr3Y0YCwww2+59iBeq/KyBE+smdb6856P7sj8LN9lUDRlQDrNDsFXwz/Cp8G7F70UE+J2tIH3gItdece8R6FMAnRAS30uvpab+UHtXZ4mIR4jzCruLjGu8iJGd5aX5p32os/5cSQs94DFIB/uo2nD8d+M2TBvhpoSLaRlM8qugzJwjgz/1XbIQHWy3NOE/BbWgTfsEIw9hbXn3sT/vJDQtcOIBMYj1a4PJ4L1gCaExZCzoIs18NACtYOdRcGzmZ2HOKz5C97CjKltQNMA5l2Wg9iYvLAqN6V20lO5psqjr8QRcWpwzVoyBDzt/MFDo7VQEp9Q4cHaO8YfH81bXS5m+Agr2daHM0rlXJCo4+Ya6X5esBgFNPk33RuygT1mAW5SNUM+Eoeek+oQKQ3aRonT1HGO5978TtdBFme+Y54hFJ1KhDs+1O27h4ca5wLDIEdm4pt2AXkRo0s/XywnzpmasXG/EnJ2i2P1DXXIQPs6guTQ2F+X4+Hg64ZodsOEm8mp0ZIlSpxjvQfPlUSUPVDf99WvO/qmt70fa5QAx/43Wa5wRZhoP7ZCZEVEpCPW9DCNEG5dytVIc7BgJVh2kLAl60YGO38im6DHDc6eaV/fCnP4PfVbKNqijRaOX6ADTwdImGRJtfoFzrdUmimkteBPwSFRapSOLvUunflFmGe7+vZckncKtXYQf7xWQE3o2pTFtqbqIwxeK3i/BzEaHfpZjzFNpETg+owevifuQ6zgH50QUqqUTQhTLpU409tuzvGhHA2yR/qgofMx8DJzJMW/PG8VAPW1VajUGWK13RtNtTOhxEnNGCONAnk1twSknYZ0BvNjI9jaAXaw0XmuYoUl3G+C6aPLeqqLOD++L9JgTMhGfYzbeVM3UUIEnCyBdmQMz2cqf8psUOTZF9sSuCUlx6vq4P69VR/81mArc9NCxUYk+JIlBlCsBfrgI5WQJPMPC218K9Rv43N21Qb75DZLN8j+cC9ldA1Dtdg/1sJN7mhMr2qBNw7lNy/PQhRqlM0oAKfDFgZigY2hEu9MviEGeWQIWj+uLKNAbPkP+5Ahb5J6WcCPgN7dOae63fsyGpmXOCBU3zuXOQ6Of0cM+Qx5iTcpKEJikBp4MBlzX7KRF9r5A363CLm0zVXklHE1/W9vv2p2akXjgOJOVYgWy6orzRwIfzwuCri6WmKDp+svIWC2ngWpnX+DGEp4F9kPGSvkzqcJZEszyvl0zFqNJO/evkLhyFgCXZsQqWKsl5KsKvY79lwUgQnlS6NRapiNazs2LDj7jZo6Ifpv1RagSmBx2ZM8A170e/7BrfNnWi4EJghwNHl7RGirPyDlL93sXChRKiEj5dQImLW5zMPD6sOwSs4+0S+428NtRlUZZbbq2ZZdDiph/jgjlcM8SOuFbj7K+JtK/j2n2pR2AoMl00lve+fTv3pc9wxN9vY01Ax9KYDv/dF8lLFoNrROWMJjbfyHzlGqc9yp2A01QHOa9v1b6Zeu9CWqV2Q4St+C1gS/5iktplE7/Uv/Sj1n0Vf8ZHvC39AeuulGGhGwlTQt0PwJ8bNIef2KDEcRfrM6ypJjY1v2Xz2bJVlCuKvHq6wkul3vsvm43XiRrwylELKBQ/ZnpmGCib6tbxIBkkgnUBFyz25LZBbVDpPXMVpCDDjMEiZ6OwnmZTGJJM+QuvSL8h+cJZbEz/nM9aoh79bhaMFBfA7hfmeMq3P4Y1PvTCyMbECRir0EUZe/MHddD0efm/meW8CMrOxh5JPnd2fIRkj97zs3s8v5tP9me1vvvE7OoeJTD4ScBoRxOGbMgNkN6mQjaf2fO1EqajYFugQqjNive5svVYF5qgcuWolZoWParfexRcNKvwqc2xRIO5bxw4dBD/w8YAcMd0hzS8AVeiJQxPO9KTZVkm9cB5DTsr/IIQl8KOR322PUrW3cqbx7Jj1tqlkri4xD7EMXE+fMYBnNqeBYxb+ajnf3jtlidLC1ZA2rjZmfeF0Z0wjzG8gyAQiOBxK5dxg4tLkXkk9overw3bdUvtcYFHOpBMDw5RAFVG54HtwxgJE83mICVBXG3/znkeh9hllf1C15ut4afMldKoIkeeDgQ8jfsOcAKJSQ5IjgU1Q8RmlG9fWDqcJJLKItSWLM829OJS8PMADjZxBD5c+ij1RR5RqnBksKxo1uJbCfLNBq7dKq41qEcImoknDYjfeuirfkxzFTjI3+a374P6VJGbJ3jzcBh3Bf/Oxa2AdYr+B0AcQdfngLnKbe+2nsfWGWLv/jjKoOWKHuL1wlysXsopmbYXtmGzc12fflTdZGhs3xiEU7W1ooGhJNyHIJjhGiARubX+P9V+w09YSY/pRu3pl4QL4PgA42pkPQZDc4Ij1nzpEEP30HB47/s/9IY5aAYt+Mkq2GhIwq//xhmXbjxW1lsNycip8JQoDu37YgGgCbeNzvBd5qoAGnDiONfKQBkN8dPvrm+gW/BJfhHcU7IBuZJ+Y2MkFXu0gfdyaDFTpO6UC6buzJy79/Rqxf2DaKT32phsueH+MkmUUTBDbvZp5iCBwi2F32iOV5PcUE3NXgpuCD0pcWi9sDJGnaHb1Xf/Stm6bPg5f8dQu0VRDOvNjHt80ov5psVORhnwAGdu7L3cQvrcTR8fxbUwKy7yuaknS3+MfBh2WLdzPx963BrMrCMUaomwEZHuYumzwh0PTSO1Jp7XVmcfYgM7Xvdmk6VCd5HpyS3/eDvEyMNDK0idxyHflrP512QLPBasVle8pXT8X+xYoUB6DN91ZZzFwmIEqrC7dqVY9Zk4QvWKEozDH+UONQ2n1bRQWCOep4uNBU78pNt8IZIgaZN+Pse3BG0WfCB5vofYvGD50trh1+XjPsaCefWDJWF8q2hbV/5SND+/jE0eVJ/G9HLe6AdhoQSNvBPPugcnj622bosBAnVvq7SimrT0SgjCnEkWJ017FvgHgZH3ag6LcmeUePKKf7CcZdVchQER5GPvXkK+v1efaMy7+guvBwEn1dcGJzv59ijuLEsp1m/kIBvkS006QHJbp9iIt/lw6B503+XZmMXTGf36x3IsJgwRxAKtpsnhZJsc3UvtnxT5GU0DJMkvFROaCr+i9UZfqr6DcWD23Uj4KYv3HbJcJEoIhqJXhfKEUaISwIeyENWh/AEANObFWs21uavPbxeHrTHLNIW7cmAK+4vREWv5fyVvURJIKNP8XAqHxLDoGLtAf73PxmzBev5jEznr0D2JepqbXjEPk/6KxHAJIuBCfFJgbOkXODlpDoXylckJVNzBzshfizhgw9UUOGrwGNHPIjKXn4pBuc6I+xvRDALmPhAlOTc3InTlioC9cq/VcWfUF/Q0occ5AwK23lqoXbNxeSu7cLqIeIrFqsA3hWrDEScYXt14AHdWZf359Duk1+tvPxBm4ILt4qBWtWdyLpkKBmFobiJ7RuCXFNUd3h1syGFZF/TdO0kDiP5RgO1LQ27oZEfLHG6mCLp1QbBPTJf7xE/+WrIw9L+cKTvBVBzFr68o5QFiTsa35y9umZkEvOD7afpbCtsPa6d8prsZCXlZs8zp9vwNPE5B4bZVNr+HQ4gbRtSm+7gBxsx1h9E0D9Uz2ivuJJIZ14z2+JqozJAWAnVMzY2R9ItAYOOcv0plqqH1sR4ZGvnJ4y4qBo+yJnUYJdilwp3SvSvTiYcM2BVABDE2CkMgJGANJpFaMHY18LhPQ9Q/wgOj44ZKHhaIzieG6SjCE2BHMNq0R1Dhgz+LOzVk7LZPLJMLD37DKk/9G1WICTLyQlyHfc6QRNnTuJv2AX/Tr7C6yk6JB6d5sLfNOt0RQRPNJ0lXWDf7JHJTPNNqD9DYwdANqgL6yIHV6MvepfbiR8irrnI5iVu4gOvmhTerbrt0cE5PqqnAoaEQbl9skdmLhYg2PSmdWkGTklyzyATFqkDfx5HhH7+O/f9FcumW1Oe6wokDvBoBItmzdyrNGcYN+BIA3RbShGg8Zjt6OgnyibBeJ2gDRD9NvKDRoMEH7lF1EUfIKjUgHaCPSSWNAm4A6bXb0NsHqUYNJGF/I8S1ckEgtIIsnVmZlCWdfgAUQ1KSVk4/gogNuIyowOLu+w6n9ftd/QuqBPmG2hhaUofuencH3Td5yR6DHNsc+21WSPHo95bPMHDekmypm8FrHKhRTNwGzapmj43/YxSDWLfqiIho6yhCpL3hio7q3+X7egY0kipqK8+WfwpRuA9dCECe7zyBRVBrYq8q4DCNIio43v51wv3qPYKbWZTazR3jelUW1rC5Vz6nI/0rSL1fdBWlvKpPbQU1T4yPrC43ofe8mVtpMWba1bIlxDNCAU79LkEnbyMmCoahmZl5Ouno0VDKJnddKc3QN1wPblTQVWwhqYvmHqNJ3bMFLFallYyfUGnqiW+xm5X5MIjl/IXMKIh+TzAGOJoHkEgn5T/TUQpV/luIYX8nNCHRXYpfPZCnUnyw/Hc1VxLnOhJGFZHyONSwimdr2+EZOAQKmxkpwjehHOY3qigT4x9F9z8dPHWFqtGNDBBnoyLJ4elg1s8wvR684z8RpXkTtlkfNbrkKDy92o9yj2oj+Q7h8ZMjxwcljahWwH8O1gBd2EJ+npsCavgCOZghpHtvUf4wN4Xjb1FfgL8ez3r2NwhPPQgJLEmBo2vPYmG2hWgFKtk/B5E367erQHbNfZy0nhaw03Q6yTTu8SKVYgctgjckr3H8XPN5FXN48mRuWHiZZpO3xJeDWOn6wK6+Ez91coji6p3b4QAzxfpVIa93eaCiREzWem/LcOsqn/nq7CGRw+I3xTdfWaP3d/YEzRrbOy02Z3fWHT/91Hrl1pYlWBg4FEMoDEOeh2fGmK2mY67uI0lESRUApzbBB2oOcbJgEVApLJOcTywoRH/0y+Lk8xwlJDosB9Dgn39aP8xSFVv12Tydpvq+48suVkFev5rrdRg/n08L0uXi9W5oyn3zdRKmj0GgReBLFoY2FDBMfcJcyfLl2LZN9001kaor3rjPXM7pAOEdT/lGbtjLicbUPlv8Bw/olXIdHvORhqgaTVks0xxgxjTTDxKdgIJVp3aTC3Pmsb/x0n0ffT55Xf/lquQuPAA665ce7PQrG9hPaeiqyirPraYGU2PMmyCBk5I+BiM0BFsg5tGYIh6p4b4LelFguRhtEg5bORYxdhPm2WaABJZ5UtC7B1j15Du5qOKVH4hTJEC2bkox28OCQ/lekuGDc/Nn7ity9RK7NkJ1H/2s2gILyjN488AoS60PdVTADAb9Gi8t683Mso3sRpWex21LdkHa5O7qJYF7Bfzeix8c4pHmNMEfyud2QOxPbif+qSX7w0OWKOzlI0AyJKdbR9GeWAzu+8dPNDTdQjhAVLB/k8HLgkQkLELeC67ScBM6ub+EFlHV+m1MviUgCrfJp/5dbINZUkvqju4dzs8qNWSgpJ0Hl3bFw+iFVYFh0pEcIlX8CuVvZJO4RIQisTYKEQOOwtJNiU9cxHQrme1nkjU7NJDFCiyZ/I3TCMOCfQuYF6I5ckbUuo/vYmXr0Zq5Ng5JOqjNq7qyGT1E6ktsI423slMcwVqYoKj76hxvGapI4PdODlnALSwvPQ04javWX1vOeJ315vhGqyjX4vNJXTCsuIbIJaTmTqNtxwUf8XMLlzolSmvLLCZrMG/Jj2tXXD2wSVHz6Unzsh8CEoRIKqGV6gHD8vexP/7PwuGvvwv/Fe2YluD6/re2nbk7chI0Yqht6els+8lbWgdImCnI1roX+sVddTXQCEZjhakFzzIOtQmxURSmfiGF0vT5q2GhKGmnyhrT5sPgXBIhVrA6hnP0szh9Nar0eHqNytPhMbdEAjjSOX1pumkMg9x6Gl2B1j9OvlUHxzBKioo2uHbHWoymfxF378DjetA+5/DR7926DRHgXMQiND/sRV+Fr0WhxSy7AgE+BT6JywAQRcV5YhreSt988mPVvgx1EWdKBE+e9ZCk2uhj+i04U5i8XM3d40wPxjJ7PeUW/2JijWuhWa7WkdWVS95IcJISOL6foirRSAWnDHD5+3amQryeE8nm742qM/47NBDtH1BABFwe2RmkAJ7VMDdNTreQbOQSIFV6ZyTKfBcOr1gRU6mg0Fm5JMt/xY1cskqV9m6f6Xmw2kVz7uSd9N//YJAFLyitjpHvhEXCRB0kjda+7yZepfL6IqBvkeF94Th36T3awLB/RQMlmoMNRL4szpyf7X1CZRxEZOB3+KWwrDdUTG/6Iir9yrWT3iawJevnA2qQ4TPfQBmOQ4R0IqWN5po3sMuJMprqEM430v1bRLZbzDt56jegwn65Z2GkCAubwaZ6FVav8U4aT6wkscFfgzrsbka9hkmY6rmNC2f3194biWruq/Uxb6ThboLtOqr1X+TKA5fk3JKJwEA2h8GdopQYyAp+51yAZKT9IwH+p68QPPVLkWqGkN0K186IffL4+EjgdDRiUq5tJO9tChEcKGnvf5QVVDhjPy7m4ytfbh+G+SeA870eYIiTLpA+Rw/Gorq+b+gQIhRFocg3/998qux9vjBCH3Ahtp+Vw1/RSBmRwmHZndTjJZTc6gzYYvt9vwKGA9vZRbKnhgotDqBEZhKEIDO9a3oUr9OKO/HU/ya78fNeHvcQSOh3Z8956wPXMpdg5IHcis3tzLqi9lsDbOKTw0YvjTRrtDC8Iz2YyPunzE96171fJR/4U/w+L3j5pFDvvOKvhul5TinDZ6Mh2GahvutHxQ4b68Hi6A8Ueq7AZR2AKV8w6znRw4kqQiaUXSYO02pXff4augv5xkM4tn92l2QYTu65iF+bxMUTP7hLqfMh5Z4AW2a9uojeXt6ruh0hEXEVMQszkjt8o8u++oCtXR7b8pyQ6uqU9LudaTBB10h/hI9MCizsB0NgP+xTySCI7qJd9Cp+0PV2ne+w0gzjfWO2VlEiTlCoALjBAgD1+1bAE/9EjtgFmu5xo3jtv0/ldR16CpNiJZOWyY57FPGp9X13Fo9V0eX35L/to+UQ30+h4BlWYnd8Y6JQwri2Eiur0Jl5gHvSrl4+3ZQzDi1pjLozFgFlva66bWFkqf/0+c6kYnREpZ5Q6XCzgSAS1CRAXXQCrjkD8UaagAgy487FL3aUXo2L0Q0nlhO0dXn9x/iOEyl1lbHKwwHHXM/HAUpttH+sV53aIS6HwrGqmizLXz9HKJDo39KigWfTNSCXsd5kTNk73RwqOnsmEgzAXGDhBE72nGRB9tNlLzPOej7wLK3dxEw0Nvj0T84wo7F3eZzdoxCOokJdURyd6Cqkjhq4HLygLY5mQS2fRe8e6CKWbBn+1k/3c9cRxz1PiMnuthYcRZRfoAzIukFl+co6mKMIUn47FgnGT8jJUfeBwLz25FqP74CZ/SVg/zsVwOoC6rnJZQ4FpnqXjpY2TLrd08M8MABiknxAhI/uYo3G0pjggdfQVb+g5fv7t9RsMGeBQrcBnFczy36fBavM4AJaYXNKWlT1CNg9q6agYYUpxKU7qHTfv1PX9JQY5NV5ST/grSKsc0yg+/w1EFmoBEgCwDdpu8xe7MthK5Bn95E2iZ7myLGIEPNvO/rEdexWZq/z1Y6Pb5lmBvjdcMYAaYm27MuuxwqyzuVEJ/NEvy/wcJREWWv0Y6fMt/a2/7TJh3lfq2ayIvP3mS/rgugJRXckI9b6kAxc8CwN5WXRSkOoQo+5jKBzA0ctEUsQgNkmPFLSjH2+XBxIun9FXN3InWELFBArAkQowkeHFymFyH3TacfS9E3PQjBWY23rkELbNuZtu0O+b9BLT90MLJpCFCuXi4jJ+ej6cyHL/rxKOf11KrBhRN1cqEqVItcy3I02LT2NynKGdxeEovyTB5g1kAOwt61GqiYFAvQtZdKb53v1Wjks6y2Iwn3fgKokCbsMoO4IblEpSTr64l/os3XYDFvh71nPwCGzNewCY04rc/STgFUCjF80uzYeZ1rdnablJpfOqitcTKWABKwnCTwcmpn+71gY3m0EC+uS6WJoAsjmPDt7bFl+Q+qXizagxlh7gyCVpkbndA9jNdsTKzGfXBj5gkKcl99VM0rkU1CQW2LN1J6nvfmvGOucum/UD53/Dbw2ZZ8+LJlQsX4FlpawCcyALBtZnpGBe3IuZbxNfvy1zxmcIysalt4wt2DTIxC1xwxs6iQX8XEglQcYBaMQqcJjOYOblkiOo1dp+MVp59MK8P0a36DhaUrNSjw6vu+LtJbPq2oiKUh5NbjLk1eUCVgAPjtKJ4zWucX2kKcTHawXfggJox4TujtL0b6OBeYbJu4L7NsbY2sEAYc7HKFxIEKp/P1uukRucR+DxXTKffYy/3tEgg+mh/dj2kmUbAXx56Y7G7BPT1Uewg4LEXU4TBFw72F6Ha21zjKMNLd0QZS5Y0eUB/7o1CY+8JNPbnjynzNu9f1Y5t+TanBT0pnh2u4uG+GnhyQJpynuZR+MSM3Ptkjir7nmVzntAYWpOuwRayFcZDdXgM2g+EgLoskTNQm3vTGt9NAwiqJMCw+HrUq/fNngGxBKoilNkLlU9pAfeiQSbmbTM5Rwzvn6iX2MASHd/hoHHFkd36Pn2BykYfD7OZHX2A5Njz29rjaqvu8Pf/YEkIVbvtdfEyykmGxYBUoJgsQXEq3bLddMrlywKfZW5oWkRD3WtzH026HfgynI7g22MBAsfIGk40jS0ZARIkzmFgo145yT42dQFg93OexZzuR099sq/JXuVO7VVY+/wOCXr+4BzkGbAGKO85hntpmqJiVlGJS/ib+dWwHFalTlkb1gT04eVUsz803SQu+4jmutXcEvQ49SYA8LuN05bSedwzC9LUssnEnuFQxirn62ZeBoO7C2D1CAaS5KhToefrVGDV5j5Zbx8OrfvMwzhgS8JE7D5GDAU9AaeRRAlMHs0HIot6lXzkuAyYvgDlXJm51rrnledrX5W2/L9HBmAgG8pHiOJRhfR923TX/3o3+cUDDaIDmCqUymBf8xDUsA/9Ynp44sVwvnC+eSynGU8pKhqwsRMMscAi2rjZC69ps3lxh1ZY4xTwYAfA9gft5M2wE/STxsMqYw7G+de3LTWKOJ3m1oQkn+fx6iX4V4HrzQ8yu/gj8MWItrg15KDRpes23LNyjZ4S0ECWaPOsK4SkiJ7ad1VhaZieRfMhpcu33y9sRs5MY6/x65SG+KYbYyRH4J0QHHKLIhFLofCd+0GhypS+8iJ+7Km52v+YxzCL1Nm602CPfzT5o45iuG2OovSEC+RM3RZuQVWB0l4REBqMvw6qlCfvlFXWev7ZrD3BKlB6gATEZrM3wvriWN86OWUx3vx/S+hJyioBg9f5D9jzXPoroOuNh3LMM4keBIJ8dcZQm1lmX/3c3oNPqC7vQEFK8cun72ewKxHHAbn46/URx6ozxhnfgBDZLiTleaEzVb09kHAmzKJAEg44o91UP3DEkJaXLq6StIZAeq0MQa/E8Xze+HCNds2KIZ8Y1UUI5ncjDqdJYJKN5LgqI4UT0Qx3M1jRmgp3aR2XQbJHdPJdOJ+LM6tm25SefKWRwHmxTRM9/NCOaB4cSqp5F1y23B/ZXSnLrXdVMcLL8A7xVeJ8oCk7twT2/0vq0nAeZa+Znqml4ICsisMsgJTt/CoOfNnLdVJsBiGi/4M+IxP31hNF/AvCu+vDlTxizDqk/hQg1A==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -21300,120 +21241,166 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F5FC386-6EF4-4681-ADA6-74314F8CBF30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785DE24D-2D57-4751-B9C0-47C149C8974F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BB0F35-5A4A-4CF3-8062-4E82C8AD9AF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F5FC386-6EF4-4681-ADA6-74314F8CBF30}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2FEAB7F-E984-4B24-A5E1-E7C87F793560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785DE24D-2D57-4751-B9C0-47C149C8974F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>9545</Words>
-  <Characters>54413</Characters>
+  <Words>9724</Words>
+  <Characters>53095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>453</Lines>
-  <Paragraphs>127</Paragraphs>
+  <Lines>1041</Lines>
+  <Paragraphs>424</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>63831</CharactersWithSpaces>
+  <CharactersWithSpaces>62395</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gallicchio, Lauren - Division of Academic Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>