--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -6,115 +6,124 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="424825AB" w14:textId="32CA585C" w:rsidR="00384579" w:rsidRPr="00455DB0" w:rsidRDefault="00384579" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455DB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grade 2 Social Studies Assignment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D9E87C" w14:textId="77777777" w:rsidR="00384579" w:rsidRPr="00455DB0" w:rsidRDefault="00384579" w:rsidP="002226FB">
+    <w:p w14:paraId="64D9E87C" w14:textId="77777777" w:rsidR="00384579" w:rsidRPr="00455DB0" w:rsidRDefault="54E2B6E6" w:rsidP="54E2B6E6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00455DB0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="54E2B6E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This assignment is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00455DB0">
+      <w:r w:rsidRPr="54E2B6E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>strongly</w:t>
       </w:r>
-      <w:r w:rsidRPr="00455DB0">
+      <w:r w:rsidRPr="54E2B6E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> aligned to the standards. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B8D54F" w14:textId="77777777" w:rsidR="00384579" w:rsidRPr="00455DB0" w:rsidRDefault="00384579" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDBFFA1" w14:textId="53876975" w:rsidR="00384579" w:rsidRPr="00514383" w:rsidRDefault="54A49FB2" w:rsidP="54A49FB2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -158,71 +167,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">While the Kentucky Department of Education (KDE) is responsible for the development of high-quality academic standards, state law assigns each local district the authority to develop the school’s curriculum and determine appropriate instructional resources based on language found in </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="00514383">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Kentucky Revised Statute (KRS) 160.345</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00514383">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. It is under the discretion of the superintendent to determine the local curriculum, including the evaluation and selection of instructional resources. The KDE does not adopt or </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> recommend specific curricula for coursework. Per KRS 160.345(g), “the local superintendent shall determine which curriculum, textbooks, instructional materials, and student support services shall be provided in the school after consulting with the local board of education, the school principal, and the school council and after a reasonable review and response period for stakeholders in accordance with local board of education policy.”</w:t>
+        <w:t>. It is under the discretion of the superintendent to determine the local curriculum, including the evaluation and selection of instructional resources. The KDE does not adopt or select recommend specific curricula for coursework. Per KRS 160.345(g), “the local superintendent shall determine which curriculum, textbooks, instructional materials, and student support services shall be provided in the school after consulting with the local board of education, the school principal, and the school council and after a reasonable review and response period for stakeholders in accordance with local board of education policy.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A0C580" w14:textId="77777777" w:rsidR="00655D42" w:rsidRPr="00CA1D74" w:rsidRDefault="00655D42" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11B865E1" w14:textId="1CEF49D7" w:rsidR="00655D42" w:rsidRPr="00CA1D74" w:rsidRDefault="00655D42" w:rsidP="00655D42">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">To examine why this assignment is strongly aligned to the </w:t>
@@ -276,64 +265,64 @@
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="231143E0" w14:textId="77777777" w:rsidR="00455DB0" w:rsidRPr="00CA1D74" w:rsidRDefault="003A5DFB" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Overview:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000003" w14:textId="6865A703" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="54A49FB2" w:rsidP="54A49FB2">
+    <w:p w14:paraId="00000003" w14:textId="2F407F70" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="54A49FB2" w:rsidP="54A49FB2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="54A49FB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Students will examine the culture of Mexico using literature, informational text, photos and video to examine how various diverse cultural groups from the past and today influence the culture of modern Mexico.</w:t>
+        <w:t>Students will examine the culture of Mexico using literature, informational text, photos and video to examine how various cultural groups from the past and today influence the culture of modern Mexico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="00A827AD" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="40"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
@@ -378,51 +367,71 @@
     <w:p w14:paraId="3FB637A0" w14:textId="77777777" w:rsidR="00455DB0" w:rsidRPr="00CA1D74" w:rsidRDefault="00455DB0" w:rsidP="00455DB0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000006" w14:textId="0D9246E3" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="54A49FB2" w:rsidP="54A49FB2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="54A49FB2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Note: Compelling questions are used here to show the alignment between a compelling question, supporting questions and assignments. In this example, one supporting question is provided that is aligned to a compelling question. However, students may need to engage with more than one supporting question in order to fully engage with a compelling question.</w:t>
+        <w:t xml:space="preserve">Note: Compelling questions are used here to show the alignment between a compelling question, supporting questions and assignments. In this example, one supporting question is provided that is aligned to a compelling question. However, students may need to engage with more than one supporting question </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="54A49FB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="54A49FB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fully engage with a compelling question.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="00A827AD" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="33"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -596,70 +605,50 @@
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2.G.HI.1 Compare the ways various cultural groups connect and interact within North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="003A5DFB" w:rsidP="002226FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2.H.CH.1 Identify and compare the diverse North American cultural groups of the past and today.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="54A49FB2" w:rsidP="54A49FB2">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="003A5DFB" w:rsidP="002226FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2.I.CC.1 Construct an explanation, using correct sequence and relevant information, to provide information on a community in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRPr="00CA1D74" w:rsidRDefault="00A827AD" w:rsidP="002226FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -763,51 +752,50 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sources:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C36837E" w14:textId="77777777" w:rsidR="00926D48" w:rsidRPr="00CA1D74" w:rsidRDefault="00926D48" w:rsidP="00926D48">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Britannica, T. Editors of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Encyclopaedia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. (2017, July 20).</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seri</w:t>
@@ -834,50 +822,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525F7A79" w14:textId="77777777" w:rsidR="00926D48" w:rsidRPr="00CA1D74" w:rsidRDefault="00926D48" w:rsidP="00926D48">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Encyclopedia.com. (n.d.). </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Seri</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1D74">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="00CA1D74">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="1155CC"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -1739,66 +1728,78 @@
               <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E20AC92" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> Create a(n) ___________________ (insert form of writing) that answers the supporting question, “How did cultural groups in Mexico connect and interact in the past?” Be sure to include Parts 1 and 2 in your response. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16891277" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23962644" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="003C5E9F">
+          <w:p w14:paraId="23962644" w14:textId="37278799" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="003C5E9F">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Part One: Identify and describe two diverse cultural groups from Mexico’s past. </w:t>
+              <w:t>Part One: Identify and describe two di</w:t>
+            </w:r>
+            <w:r w:rsidR="00405ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>fferent</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cultural groups from Mexico’s past. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5246B9AC" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E4DD372" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F" w:rsidP="003C5E9F">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1860,62 +1861,74 @@
               <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="118C9BFF" w14:textId="77777777" w:rsidR="00B375E5" w:rsidRPr="00CA1D74" w:rsidRDefault="00B375E5" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Construct a response to the supporting question, “How do cultural groups interact in Mexico today?”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A49518A" w14:textId="77777777" w:rsidR="00B375E5" w:rsidRPr="00CA1D74" w:rsidRDefault="00B375E5" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="49C9F50C" w14:textId="77777777" w:rsidR="00B375E5" w:rsidRPr="00CA1D74" w:rsidRDefault="00B375E5" w:rsidP="00C165A7">
+          <w:p w14:paraId="49C9F50C" w14:textId="2364D500" w:rsidR="00B375E5" w:rsidRPr="00CA1D74" w:rsidRDefault="00B375E5" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>In your response, use reasoning, examples and details using what you have learned about diverse communities in Mexico.</w:t>
+              <w:t>In your response, use reasoning, examples and details using what you have learned about</w:t>
+            </w:r>
+            <w:r w:rsidR="00405ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> various</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> communities in Mexico.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10D46D5C" w14:textId="77777777" w:rsidR="003C5E9F" w:rsidRPr="00CA1D74" w:rsidRDefault="003C5E9F">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="6"/>
         <w:tblW w:w="10710" w:type="dxa"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
@@ -1929,51 +1942,50 @@
       <w:tr w:rsidR="00FE223E" w:rsidRPr="00CA1D74" w14:paraId="01188EC2" w14:textId="77777777" w:rsidTr="00C165A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78B55BBB" w14:textId="77777777" w:rsidR="00FE223E" w:rsidRPr="00CA1D74" w:rsidRDefault="00FE223E" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Task Aligned to the Supporting Question: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="608D1B0E" w14:textId="77777777" w:rsidR="00FE223E" w:rsidRPr="00CA1D74" w:rsidRDefault="00FE223E" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Using your understanding of the characteristics of culture, answer the supporting question:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2053C752" w14:textId="77777777" w:rsidR="00FE223E" w:rsidRPr="00CA1D74" w:rsidRDefault="00FE223E" w:rsidP="00C165A7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2159,76 +2171,76 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1195ECEA" w14:textId="77777777" w:rsidR="00FE223E" w:rsidRPr="00455DB0" w:rsidRDefault="00FE223E">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE223E" w:rsidRPr="00455DB0" w:rsidSect="007C5427">
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4EC74301" w14:textId="77777777" w:rsidR="007C5427" w:rsidRDefault="007C5427">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4F22E9CC" w14:textId="77777777" w:rsidR="007C5427" w:rsidRDefault="007C5427">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2251,105 +2263,105 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00A827AD" w:rsidRDefault="003A5DFB">
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E774B1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="144DB9E9" w14:textId="77777777" w:rsidR="007C5427" w:rsidRDefault="007C5427">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="666A3E10" w14:textId="77777777" w:rsidR="007C5427" w:rsidRDefault="007C5427">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03062593"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="79C88D20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3712,159 +3724,165 @@
   <w:num w:numId="5" w16cid:durableId="1764646983">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="699859346">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1657340161">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1812209488">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1814446721">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="267201675">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="281234084">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="183"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A827AD"/>
     <w:rsid w:val="0000761C"/>
     <w:rsid w:val="000172A8"/>
     <w:rsid w:val="0002123F"/>
     <w:rsid w:val="00037D80"/>
     <w:rsid w:val="000900AA"/>
+    <w:rsid w:val="000A1A31"/>
     <w:rsid w:val="00100510"/>
+    <w:rsid w:val="001012E2"/>
     <w:rsid w:val="00162B9E"/>
     <w:rsid w:val="002226FB"/>
     <w:rsid w:val="002C2CA9"/>
     <w:rsid w:val="0032166A"/>
     <w:rsid w:val="00325301"/>
     <w:rsid w:val="003305D9"/>
     <w:rsid w:val="00384579"/>
     <w:rsid w:val="003940D4"/>
     <w:rsid w:val="003A5DFB"/>
     <w:rsid w:val="003C5E9F"/>
+    <w:rsid w:val="00405ED4"/>
     <w:rsid w:val="00444DD4"/>
     <w:rsid w:val="00455DB0"/>
+    <w:rsid w:val="0046237F"/>
     <w:rsid w:val="004E6B57"/>
     <w:rsid w:val="00501E5E"/>
     <w:rsid w:val="00514383"/>
     <w:rsid w:val="00531748"/>
     <w:rsid w:val="0057766C"/>
     <w:rsid w:val="005A3FAA"/>
     <w:rsid w:val="00655D42"/>
+    <w:rsid w:val="006E128B"/>
     <w:rsid w:val="00772084"/>
     <w:rsid w:val="00781A32"/>
     <w:rsid w:val="007859E2"/>
     <w:rsid w:val="007C5427"/>
     <w:rsid w:val="008E6326"/>
     <w:rsid w:val="00926D48"/>
     <w:rsid w:val="00973EE8"/>
     <w:rsid w:val="00A827AD"/>
     <w:rsid w:val="00AE0399"/>
     <w:rsid w:val="00AF6A4C"/>
     <w:rsid w:val="00B165ED"/>
     <w:rsid w:val="00B31AC6"/>
     <w:rsid w:val="00B375E5"/>
     <w:rsid w:val="00BF0B0B"/>
     <w:rsid w:val="00C11872"/>
     <w:rsid w:val="00C63725"/>
     <w:rsid w:val="00C925A8"/>
     <w:rsid w:val="00CA1D74"/>
     <w:rsid w:val="00CE0750"/>
     <w:rsid w:val="00CE118E"/>
     <w:rsid w:val="00D2565D"/>
     <w:rsid w:val="00D50D2F"/>
     <w:rsid w:val="00DA225A"/>
     <w:rsid w:val="00E774B1"/>
     <w:rsid w:val="00F56110"/>
     <w:rsid w:val="00F84A12"/>
     <w:rsid w:val="00F97DA3"/>
     <w:rsid w:val="00FA798C"/>
     <w:rsid w:val="00FE223E"/>
     <w:rsid w:val="54A49FB2"/>
+    <w:rsid w:val="54E2B6E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="350F3281"/>
   <w15:docId w15:val="{7F34F5CB-4C7B-4E26-8615-75940DF82401}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4537,51 +4555,51 @@
   <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00F97DA3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="393047642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="519004972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4923,76 +4941,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -5244,166 +5236,207 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-02-03T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-751</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-751</Url>
+      <Description>KYED-536-751</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E734095-762F-4051-B5F2-D9C690E09434}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCB0EFF2-D072-469A-B058-64A3DB951A23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CED897D-117B-4D7B-9F47-A8114A34F257}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60D66C7A-9BDC-4B3E-9BD4-74D6EF8E89D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1298</Words>
-  <Characters>7403</Characters>
+  <Words>948</Words>
+  <Characters>7586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>1517</Lines>
+  <Paragraphs>501</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Kentucky Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8684</CharactersWithSpaces>
+  <CharactersWithSpaces>8033</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Ransom, Heather - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>1ff09ed0-90eb-4e27-8520-a62bcc059a94</vt:lpwstr>
   </property>