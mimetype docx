--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,419 +1,389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B6ECA53" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="13468668" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="13468668" w14:textId="77777777" w:rsidTr="20ABF773">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
           <w:p w14:paraId="1454C3D2" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="1rkxj0u9ktnq" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="1" w:name="_1fxov4jm44p3" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEACHER GOALS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12E917E6" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="12E917E6" w14:textId="3DD05B35" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20ABF773">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>While implementing these look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="20ABF773">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="20ABF773">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, teachers will reflect on patterns between their planning and practice and student outcomes</w:t>
+            </w:r>
+            <w:r w:rsidR="011146E7" w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n service of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="20ABF773">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> students meeting the student goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="587FC29B" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="587FC29B" w14:textId="77777777" w:rsidTr="20ABF773">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="139F11EF" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Planning and Practice Look-</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Planning and Practice Look-Fors</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="468A9926" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="468A9926" w14:textId="77777777" w:rsidTr="20ABF773">
         <w:trPr>
           <w:trHeight w:val="1120"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3859AAC5" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="3859AAC5" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="62F92812" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions and tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F92812" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g. text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B8338F2" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary </w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="442C5FCD" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+              <w:t>Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442C5FCD" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="7592991D">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ver the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="756404AD" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19144C73" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
@@ -600,575 +570,534 @@
     </w:p>
     <w:p w14:paraId="45412C2A" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="704822BE" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7200"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="1D9B4D8D" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="1D9B4D8D" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
           <w:p w14:paraId="1A69CAE9" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="d45f3bazjlw5" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="3" w:name="_fyjiqvn3ga6" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>SELF-REFLECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="679A1818" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="679A1818" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Review the look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> below and reflect on how you would rate your current planning and instruction.  Then, prioritize the look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> that you want to focus on most deeply during the upcoming weeks with an accountability partner and determine what data or evidence you will collect to measure progress towards your goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="5938B517" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="5938B517" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69FAE539" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In my classroom planning and practice:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="51C3B541" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="5A0C1B7C" w14:paraId="03162357" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F881715" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="38C708D8" w14:textId="77777777" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="52EA77C4" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions and tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3E8DA5" w14:textId="3601537C" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="17C3D7AE" wp14:editId="2E0B5015">
-[...6 lines deleted...]
-                      </wp:positionV>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59B7CB27" wp14:editId="40ED57EA">
                       <wp:extent cx="3213100" cy="25400"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                      <wp:wrapNone/>
-                      <wp:docPr id="3" name="Straight Arrow Connector 3">
+                      <wp:docPr id="1379200959" name="Straight Arrow Connector 3">
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                             <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                           </a:ext>
                         </a:extLst>
                       </wp:docPr>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...9 lines deleted...]
-                </mc:Fallback>
+                <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08016CDA" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="28A5B037" w14:textId="0BCF0BF4" w:rsidR="5A0C1B7C" w:rsidRDefault="5A0C1B7C" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="604BBE66" w14:textId="2EE31A39" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39B9A815" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="1A6799E9" w14:textId="77777777" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...41 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g. text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C3BC74E" w14:textId="7D5343A4" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="62CF1B35" wp14:editId="030BF16D">
-[...6 lines deleted...]
-                      </wp:positionV>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41805BBE" wp14:editId="0C30D62F">
                       <wp:extent cx="3213100" cy="25400"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                      <wp:wrapNone/>
-                      <wp:docPr id="2" name="Straight Arrow Connector 2">
+                      <wp:docPr id="110284284" name="Straight Arrow Connector 3">
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                             <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                           </a:ext>
                         </a:extLst>
                       </wp:docPr>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...5 lines deleted...]
-                </mc:Fallback>
+                <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </mc:AlternateContent>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="5A0C1B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE59CD6" w14:textId="575D2F29" w:rsidR="5A0C1B7C" w:rsidRDefault="5A0C1B7C" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="434962B9" w14:textId="571E35A6" w:rsidR="7486B799" w:rsidRDefault="7486B799" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rarely                   Sometimes               Frequently                Alway</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="1D0C2472" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="1D0C2472" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C0D602B" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary words</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="082F3E7F" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="177D3EB1" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1204,142 +1133,128 @@
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="293B4BBF" id="Straight Arrow Connector 4" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:47.25pt;margin-top:6.75pt;width:253pt;height:2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvNIku6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k83mQtsomyoklBcE&#10;kQofMLG9u5Z809jNJn/P2ElTaF8QYh+8Y3su55wZL++P1rCDwqi9a3g9GnOmnPBSu67hP388fLjl&#10;LCZwEox3quEnFfn96v275RAWauJ7b6RCRklcXAyh4X1KYVFVUfTKQhz5oBxdth4tJNpiV0mEgbJb&#10;U03G44/V4FEG9ELFSKfb8yVflfxtq0T63rZRJWYaTthSWbGs+7xWqyUsOoTQa3GBAf+AwoJ2VPSa&#10;agsJ2BPqN6msFuijb9NIeFv5ttVCFQ7Eph6/YvPYQ1CFC4kTw1Wm+P/Sim+HHTItGz7jzIGlFj0m&#10;BN31ia0R/cA23jmS0SObZbWGEBcUtHE7vOxi2GGmfmzR5j+RYseGT2+md7M5aX7K9u2YvrPa6piY&#10;yA6TelrTIRPkUe6qlyQBY/qivGXZaHi8YLqCqYvacPgaE8GgwOeAjMD5B21Maa1xbGj43XwypzpA&#10;A9YaSGTaQJSj60qa6I2WOSQHR+z2G4PsADQys/XN9tM646YSf7jleluI/dmvXJ3poX9ystTuFcjP&#10;TrJ0CiRrQg2uM4pnQFZJzoyiJ5Ot4p1Am7/1JjDGEabcjLP82dp7eSpdKec0MAX1ZbjzRP6+L9Ev&#10;T3D1CwAA//8DAFBLAwQUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;wU7DMAy9I/EPkZG4IJYw6IDSdJqAnQfbDhzdxrQVjVM12Vb+HnOCk+33nt57LpaT79WRxtgFtnAz&#10;M6CI6+A6bizsd+vrB1AxITvsA5OFb4qwLM/PCsxdOPE7HbepUWLCMUcLbUpDrnWsW/IYZ2EgFu4z&#10;jB6TnGOj3YgnMfe9nhuz0B47loQWB3puqf7aHryFVZa9uLf5x1WDFaGbwutGr421lxfT6glUoin9&#10;ieG3vlSHUjpV4cAuqt7C410mSsFvZQq/MEaWSoD7DHRZ6P8PlD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbzSJLusBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#4a7dba">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
+                  <w:pict w14:anchorId="64A058DB">
+                    <v:shape id="Straight Arrow Connector 4" style="position:absolute;margin-left:47.25pt;margin-top:6.75pt;width:253pt;height:2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4a7dba" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvNIku6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k83mQtsomyoklBcE&#10;kQofMLG9u5Z809jNJn/P2ElTaF8QYh+8Y3su55wZL++P1rCDwqi9a3g9GnOmnPBSu67hP388fLjl&#10;LCZwEox3quEnFfn96v275RAWauJ7b6RCRklcXAyh4X1KYVFVUfTKQhz5oBxdth4tJNpiV0mEgbJb&#10;U03G44/V4FEG9ELFSKfb8yVflfxtq0T63rZRJWYaTthSWbGs+7xWqyUsOoTQa3GBAf+AwoJ2VPSa&#10;agsJ2BPqN6msFuijb9NIeFv5ttVCFQ7Eph6/YvPYQ1CFC4kTw1Wm+P/Sim+HHTItGz7jzIGlFj0m&#10;BN31ia0R/cA23jmS0SObZbWGEBcUtHE7vOxi2GGmfmzR5j+RYseGT2+md7M5aX7K9u2YvrPa6piY&#10;yA6TelrTIRPkUe6qlyQBY/qivGXZaHi8YLqCqYvacPgaE8GgwOeAjMD5B21Maa1xbGj43XwypzpA&#10;A9YaSGTaQJSj60qa6I2WOSQHR+z2G4PsADQys/XN9tM646YSf7jleluI/dmvXJ3poX9ystTuFcjP&#10;TrJ0CiRrQg2uM4pnQFZJzoyiJ5Ot4p1Am7/1JjDGEabcjLP82dp7eSpdKec0MAX1ZbjzRP6+L9Ev&#10;T3D1CwAA//8DAFBLAwQUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;wU7DMAy9I/EPkZG4IJYw6IDSdJqAnQfbDhzdxrQVjVM12Vb+HnOCk+33nt57LpaT79WRxtgFtnAz&#10;M6CI6+A6bizsd+vrB1AxITvsA5OFb4qwLM/PCsxdOPE7HbepUWLCMUcLbUpDrnWsW/IYZ2EgFu4z&#10;jB6TnGOj3YgnMfe9nhuz0B47loQWB3puqf7aHryFVZa9uLf5x1WDFaGbwutGr421lxfT6glUoin9&#10;ieG3vlSHUjpV4cAuqt7C410mSsFvZQq/MEaWSoD7DHRZ6P8PlD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbzSJLusBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" w14:anchorId="293B4BBF">
                       <v:stroke startarrow="block" endarrow="block"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ADADAC0" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7906D868" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="7906D868" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ver the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A8F3C3" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A9C3B8E" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -1382,170 +1297,168 @@
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="480F0CEA" id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:44pt;margin-top:6pt;width:253pt;height:2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+H3sc6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOmrUN4hRZsu5l&#10;2AJ0+wBGkm0BuoFS4+TvRylpusvLMMwPMiWRh4eH1PLhaA07KIzau5Y3k5oz5YSX2vUt//7t8d0d&#10;ZzGBk2C8Uy0/qcgfVm/fLMewUFM/eCMVMgJxcTGGlg8phUVVRTEoC3Hig3J02Xm0kGiLfSURRkK3&#10;pprW9ftq9CgDeqFipNPt+ZKvCn7XKZG+dl1UiZmWE7dUVizrPq/VagmLHiEMWlxowD+wsKAdJb1C&#10;bSEBe0b9B5TVAn30XZoIbyvfdVqoUgNV09S/VfM0QFClFhInhqtM8f/Bii+HHTItqXecObDUoqeE&#10;oPshsTWiH9nGO0cyemRNVmsMcUFBG7fDyy6GHebSjx3a/Kei2LHls9vZ/c2cND9l+66m76y2OiYm&#10;ssO0mTV0yAR5lLvqFSRgTJ+UtywbLY8XTlcyTVEbDp9jIhoU+BKQGTj/qI0prTWOjS2/n0/nlAdo&#10;wDoDiUwbqOTo+gITvdEyh+TgiP1+Y5AdgEbmZn27/bDOvCnFL2453xbicPYrV+fy0D87WXIPCuRH&#10;J1k6BZI1oQbXG8UzIaskZ0bRk8lW8U6gzd96ExnjiFNuxln+bO29PJWulHMamML6Mtx5In/el+jX&#10;J7j6AQAA//8DAFBLAwQUAAYACAAAACEAHkNAadkAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;TU/DMAy9I/EfIiNxQSyholMpTacJ2BkYHDi6jWkrGqdqsq38e8wJTrbfs95HtVn8qI40xyGwhZuV&#10;AUXcBjdwZ+H9bXddgIoJ2eEYmCx8U4RNfX5WYenCiV/puE+dEhGOJVroU5pKrWPbk8e4ChOxcJ9h&#10;9pjknDvtZjyJuB91ZsxaexxYHHqc6KGn9mt/8Ba2ef7oXrKPqw4bQreEp2e9M9ZeXizbe1CJlvT3&#10;DL/xJTrUkqkJB3ZRjRaKQqokwTOZwud3t7I0AqwN6LrS/wvUPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD+H3sc6wEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAeQ0Bp2QAAAAgBAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" strokecolor="#4a7dba">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
+                  <w:pict w14:anchorId="38986831">
+                    <v:shape id="Straight Arrow Connector 1" style="position:absolute;margin-left:44pt;margin-top:6pt;width:253pt;height:2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4a7dba" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+H3sc6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOmrUN4hRZsu5l&#10;2AJ0+wBGkm0BuoFS4+TvRylpusvLMMwPMiWRh4eH1PLhaA07KIzau5Y3k5oz5YSX2vUt//7t8d0d&#10;ZzGBk2C8Uy0/qcgfVm/fLMewUFM/eCMVMgJxcTGGlg8phUVVRTEoC3Hig3J02Xm0kGiLfSURRkK3&#10;pprW9ftq9CgDeqFipNPt+ZKvCn7XKZG+dl1UiZmWE7dUVizrPq/VagmLHiEMWlxowD+wsKAdJb1C&#10;bSEBe0b9B5TVAn30XZoIbyvfdVqoUgNV09S/VfM0QFClFhInhqtM8f/Bii+HHTItqXecObDUoqeE&#10;oPshsTWiH9nGO0cyemRNVmsMcUFBG7fDyy6GHebSjx3a/Kei2LHls9vZ/c2cND9l+66m76y2OiYm&#10;ssO0mTV0yAR5lLvqFSRgTJ+UtywbLY8XTlcyTVEbDp9jIhoU+BKQGTj/qI0prTWOjS2/n0/nlAdo&#10;wDoDiUwbqOTo+gITvdEyh+TgiP1+Y5AdgEbmZn27/bDOvCnFL2453xbicPYrV+fy0D87WXIPCuRH&#10;J1k6BZI1oQbXG8UzIaskZ0bRk8lW8U6gzd96ExnjiFNuxln+bO29PJWulHMamML6Mtx5In/el+jX&#10;J7j6AQAA//8DAFBLAwQUAAYACAAAACEAHkNAadkAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;TU/DMAy9I/EfIiNxQSyholMpTacJ2BkYHDi6jWkrGqdqsq38e8wJTrbfs95HtVn8qI40xyGwhZuV&#10;AUXcBjdwZ+H9bXddgIoJ2eEYmCx8U4RNfX5WYenCiV/puE+dEhGOJVroU5pKrWPbk8e4ChOxcJ9h&#10;9pjknDvtZjyJuB91ZsxaexxYHHqc6KGn9mt/8Ba2ef7oXrKPqw4bQreEp2e9M9ZeXizbe1CJlvT3&#10;DL/xJTrUkqkJB3ZRjRaKQqokwTOZwud3t7I0AqwN6LrS/wvUPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD+H3sc6wEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAeQ0Bp2QAAAAgBAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" w14:anchorId="480F0CEA">
                       <v:stroke startarrow="block" endarrow="block"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="06A5ADE0" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="1D19197C" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="1D19197C" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75DEFA7C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>My Focus Look-</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>My Focus Look-Fors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063C556C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What are 1-2 look </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Fors</w:t>
+            <w:r w:rsidRPr="7592991D">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...28 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> that you will prioritize in your planning and practice?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53A5B2C7" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1562,58 +1475,58 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="16C84C05" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What data will you collect to measure progress toward your goal?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="4E97A013" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="4E97A013" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66F37054" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24292EE5" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -1665,51 +1578,51 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="018A711B" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3721BF19" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1836,299 +1749,266 @@
     <w:p w14:paraId="4A93B18C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F0F31E3" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a1"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7200"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="36B967E5" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="5A0C1B7C" w14:paraId="2713A397" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
-          <w:p w14:paraId="24F985C4" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="35891372" w14:textId="77777777" w:rsidR="77B79A23" w:rsidRDefault="77B79A23" w:rsidP="5A0C1B7C">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...8 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="FFFFFF"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>STUDENT GOALS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="138D81CE" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3DCA3F7B" w14:textId="2DDC6AAF" w:rsidR="77B79A23" w:rsidRDefault="77B79A23" w:rsidP="5A0C1B7C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">These goals are for </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="5A0C1B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="5A0C1B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> students, including subgroups of students considering race, gender, language, learning needs, and socioeconomic status.</w:t>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="2C100F83" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="2C100F83" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
           </w:tcPr>
           <w:p w14:paraId="01D38E8B" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_e2yt5h8k1kpj" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkStart w:id="4" w:name="_e2yt5h8k1kpj" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Student Look-</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Student Look-Fors</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="37CE09F5" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="37CE09F5" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F2FE416" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="7F2FE416" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Possible goals:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B4E2C7B" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students average 80% on unit/domain/module vocabulary </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Students average 80% on unit/domain/module vocabulary assessment</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="310D5AB4" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students average 80% on unit/domain/module assessment or a prioritized culminating </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Students average 80% on unit/domain/module assessment or a prioritized culminating activity</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="685D7425" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Students average 1 point of growth on a prioritized unit/domain/module writing task (using curriculum or school rubric)</w:t>
             </w:r>
@@ -2183,83 +2063,84 @@
           </w:p>
           <w:p w14:paraId="13C07F86" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AE900BC" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="4EC58B81" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="4EC58B81" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7660D7CA" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Focus Students</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C434DC6" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Use the criteria below to select 6 students who will anchor your progress monitoring throughout the Content Cycle.</w:t>
             </w:r>
           </w:p>
@@ -2296,117 +2177,142 @@
               <w:t>Data and Evidence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03EA4E2B" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What data will you collect to measure your students’ progress toward the goals?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A50F9D" w14:paraId="457CE0C3" w14:textId="77777777" w:rsidTr="00E428A4">
+      <w:tr w:rsidR="00A50F9D" w14:paraId="457CE0C3" w14:textId="77777777" w:rsidTr="5A0C1B7C">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B85C36F" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="0B85C36F" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="7592991D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7592991D">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Selected students currently reflect a range of proficiency levels (high, medium, low)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25A73E8F" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
+          <w:p w14:paraId="25A73E8F" w14:textId="74DE909A" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7" w:rsidP="20ABF773">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Selected students reflect the overall class demographic</w:t>
+            </w:r>
+            <w:r w:rsidR="4ECB0AEA" w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...11 lines deleted...]
-              </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="20ABF773">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C17C77F" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="574D1AEB" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2455,51 +2361,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="408013DE" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C871154" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
@@ -2529,62 +2434,52 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vocabulary assessment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="739D7FBE" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exit tickets or other written </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Exit tickets or other written responses</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7C3A7F13" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance Tasks </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B2A0133" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
@@ -2604,202 +2499,218 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62C76D95" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A50F9D">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="242227DC" w14:textId="77777777" w:rsidR="00A85FE9" w:rsidRDefault="00A85FE9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="72ECDEFD" w14:textId="77777777" w:rsidR="00A85FE9" w:rsidRDefault="00A85FE9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E666F46" w14:textId="77777777" w:rsidR="00AE4BCE" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="588B6E5C" w14:textId="77777777" w:rsidR="00AE4BCE" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="049451BB" w14:textId="77777777" w:rsidR="00AE4BCE" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3A050734" w14:textId="77777777" w:rsidR="00A85FE9" w:rsidRDefault="00A85FE9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E8B5133" w14:textId="77777777" w:rsidR="00A85FE9" w:rsidRDefault="00A85FE9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3305AA68" w14:textId="77777777" w:rsidR="00AE4BCE" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16930DB7" w14:textId="342FC87F" w:rsidR="00A50F9D" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
@@ -3021,65 +2932,62 @@
       <w:ind w:left="720" w:firstLine="270"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve">Goal Setting for Planning and Instruction </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E6972C3" w14:textId="7BB796BC" w:rsidR="00A50F9D" w:rsidRPr="00AE4BCE" w:rsidRDefault="00AE4BCE" w:rsidP="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Heading7"/>
       <w:rPr>
-        <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AE4BCE">
       <w:rPr>
-        <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve">Session 8:  </w:t>
     </w:r>
     <w:r w:rsidR="00DE55B7" w:rsidRPr="00AE4BCE">
       <w:rPr>
-        <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t>Vocabulary Instruction</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5E649D6C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A50F9D">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1260"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
         <w:i/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
@@ -3161,192 +3069,192 @@
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Cycle Overview</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2865" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="3C3A839C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A85FE9">
+        <w:p w14:paraId="3C3A839C" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="1rkxj0u9ktnq">
-            <w:r w:rsidR="00DE55B7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Teacher </w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00DE55B7">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Goals</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2925" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="2BD7BF01" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A85FE9">
+        <w:p w14:paraId="2BD7BF01" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="d45f3bazjlw5">
-            <w:r w:rsidR="00DE55B7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Self-Reflect</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00DE55B7">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>ion</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3000" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="0EC76035" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A85FE9">
+        <w:p w14:paraId="0EC76035" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00DE55B7">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="F3F3F3"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="6b7zym67mmm3">
-            <w:r w:rsidR="00DE55B7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Student Goals</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="716A4913" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00A85FE9">
+  <w:p w14:paraId="716A4913" w14:textId="77777777" w:rsidR="00A50F9D" w:rsidRDefault="00B47FCE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1260"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:pict w14:anchorId="4B7557BF">
         <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FA57102" w14:textId="77777777" w:rsidR="00AE4BCE" w:rsidRDefault="00AE4BCE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="072832CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A4B4F7D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3755,129 +3663,143 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="100152077">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1145973413">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="368846642">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="226913483">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A50F9D"/>
+    <w:rsid w:val="00096DA4"/>
+    <w:rsid w:val="001B7ABD"/>
+    <w:rsid w:val="00823DA2"/>
     <w:rsid w:val="009933C4"/>
     <w:rsid w:val="00A50F9D"/>
     <w:rsid w:val="00A85FE9"/>
     <w:rsid w:val="00AE4BCE"/>
+    <w:rsid w:val="00B47FCE"/>
     <w:rsid w:val="00DE55B7"/>
     <w:rsid w:val="00E428A4"/>
+    <w:rsid w:val="011146E7"/>
+    <w:rsid w:val="20ABF773"/>
+    <w:rsid w:val="353365BE"/>
+    <w:rsid w:val="4ECB0AEA"/>
+    <w:rsid w:val="51479334"/>
+    <w:rsid w:val="5A0C1B7C"/>
+    <w:rsid w:val="72A6C6B1"/>
+    <w:rsid w:val="7486B799"/>
+    <w:rsid w:val="7592991D"/>
+    <w:rsid w:val="77B79A23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C44B20C"/>
   <w15:docId w15:val="{15846B1E-904B-41EC-9484-7846670C189E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4591,55 +4513,55 @@
     <w:rsid w:val="00AE4BCE"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AE4BCE"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4939,50 +4861,85 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-01-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1176</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1176</Url>
+      <Description>KYED-536-1176</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -5234,163 +5191,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE27D7B3-6670-4EA3-B0CF-9AB1B90726E3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB8049DC-1897-4F5F-B4CA-088680BE492D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB8049DC-1897-4F5F-B4CA-088680BE492D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88C490A3-65E7-4CD9-8B96-FF6AE6CE0EA0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88C490A3-65E7-4CD9-8B96-FF6AE6CE0EA0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E00A125-6E34-4AD5-A3BC-6EEB2C30F62F}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96064284-A74B-46EC-A702-BD1AF8FFFDDB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AAE4846-99A0-4799-A9BC-470A6DBE4EEE}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3398</Characters>
+  <Pages>4</Pages>
+  <Words>590</Words>
+  <Characters>3080</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>192</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3986</CharactersWithSpaces>
+  <CharactersWithSpaces>3591</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T19:13:22Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>9547a7a4-4ffb-48b8-a452-be880de58ff8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>7c2f27d1-e0e9-4b91-b93f-95700b90ed14</vt:lpwstr>
   </property>
 </Properties>
 </file>