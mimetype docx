--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,95 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4F4010F6" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D78196" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="519337A0" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+    <w:p w14:paraId="519337A0" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="2C3E8F7D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Do Now: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Think of a student you know who has learned a ton about a particular topic. What is the impact of that knowledge for that student? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C9D0B1" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3457C86E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26B0EB4B" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -136,90 +140,108 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the following excerpt from the Kentucky Academic Standards (p. 319). Highlight key words and phrases that communicate the importance of text sets. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D1BDD5" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E6C5B43" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF5ECBC" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+    <w:p w14:paraId="5DF5ECBC" w14:textId="356108B1" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="402B6047">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">READING (RL AND RI) K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 9-12, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from diverse cultures, time periods and disciplines, including all content areas. By analyzing and critiquing assigned and self-selected texts, students synthesize ideas to evaluate themselves and the world around them. Through skilled application of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners. Students continue to develop the habit of reading closely as they encounter increasingly difficult texts during grades 9-12. Students are expected to read closely to analyze authors’ choices. They must cite relevant and thorough evidence to support analysis of how themes, central ideas, elements, etc., are developed over the course of texts. Students also analyze how authors create and use effects, such as word choice, structure, point of view and perspective and rhetoric, within texts </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">READING (RL AND RI) K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 9-12, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from </w:t>
+      </w:r>
+      <w:r w:rsidR="3005C4C9" w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>various</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cultures, time periods and disciplines, including all content areas. By analyzing and critiquing assigned and self-selected texts, students synthesize ideas to evaluate themselves and the world around them. Through skilled application of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners. Students continue to develop the habit of reading closely as they encounter increasingly difficult texts during grades 9-12. Students are expected to read closely to analyze authors’ choices. They must cite relevant and thorough evidence to support analysis of how themes, central ideas, elements, etc., are developed over the course of texts. Students also analyze how authors create and use effects, such as word choice, structure, point of view and perspective and rhetoric, within texts </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> impact the reader/audience. A critical focus is on the domain of evaluation. Students must be equipped to evaluate text structures, diverse media interpretations and accounts of subjects as well as arguments, claims, </w:t>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impact the reader/audience. A critical focus is on the domain of evaluation. Students must be equipped to evaluate text structures, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:t>evidence</w:t>
+      <w:r w:rsidR="4C61A57A" w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>various</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> and reasoning. The linear progression of the standards promotes the spiraling of foundational content and concepts from year to year. Within the grade level, alignment between standards is also present and should be addressed in multiple grade-level appropriate texts. Students must be exposed to and taught from grade-level appropriate, complex texts.</w:t>
+      <w:r w:rsidRPr="2C3E8F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media interpretations and accounts of subjects as well as arguments, claims, evidence and reasoning. The linear progression of the standards promotes the spiraling of foundational content and concepts from year to year. Within the grade level, alignment between standards is also present and should be addressed in multiple grade-level appropriate texts. Students must be exposed to and taught from grade-level appropriate, complex texts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E87C881" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A23DF64" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D3DFA0F" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -320,79 +342,67 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FD2F730" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
         <w:t>Pre-reading Reflection: 3-2-1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B61B3B2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E378389" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="5E378389" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3AAC31EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AAC31EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 Take-Aways </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12BE10BD" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2094E0B4" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
@@ -809,1615 +819,1623 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10365" w:type="dxa"/>
         <w:tblInd w:w="-585" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="30" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3030"/>
         <w:gridCol w:w="885"/>
         <w:gridCol w:w="1035"/>
         <w:gridCol w:w="795"/>
         <w:gridCol w:w="4620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009469FA" w14:paraId="33A63CDB" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="33A63CDB" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40CF3244" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67C825DB" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Genre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04612385" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lexile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D9C5A71" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Source</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12467293" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Background knowledge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="03D8A3A6" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="03D8A3A6" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B797408" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The Book of Unknown Americans</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D64FB8C" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3612FCE1" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HL 760 (high interest, low level)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="117C2779" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ISBN-10: 0061962791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6302F75D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+          <w:p w14:paraId="6302F75D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3D2EDB8A">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personal experiences of Central and South Americans immigrating to the United States and related push-pull factors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="6A68BBD0" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="6A68BBD0" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="290ACA42" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="290ACA42" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId7">
-              <w:r w:rsidR="0036604B">
+            <w:hyperlink r:id="rId10">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Issue Overview: Immigration Reform"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DFE0D3C" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="364E86AC" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>580L-1200L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D914015" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+          <w:p w14:paraId="7D914015" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="3D2EDB8A">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Newslea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48547065" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Summary of past and current immigration reform efforts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="336B8130" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="336B8130" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EFA14B2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="4EFA14B2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8">
-              <w:r w:rsidR="0036604B">
+            <w:hyperlink r:id="rId11">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Surges and slips: Immigration in America over 200 years"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6AF8CD59" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonfiction </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65EAC39E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>570L-1140L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A5F8100" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+          <w:p w14:paraId="7A5F8100" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="3D2EDB8A">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Newslea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CE4DFD3" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>History of United States immigration policy and related push-pull factors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="204A6329" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="204A6329" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E47D89E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="3E47D89E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9">
-              <w:r w:rsidR="0036604B">
+            <w:hyperlink r:id="rId12">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Interviews with Today's Immigrants"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="654DF87E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interviews</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B42E478" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Various</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5043C29C" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Library of Congress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="528DAD9E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+          <w:p w14:paraId="528DAD9E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3D2EDB8A">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personal experiences of immigrants from around the world</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="1D22443B" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="1D22443B" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60CAF0C9" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="60CAF0C9" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10">
-              <w:r w:rsidR="0036604B">
+            <w:hyperlink r:id="rId13">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Comparing Jewish Refugees of the 1930s With Syrian Refugees Today"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64844781" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41B7FCB3" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1100L-1200L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A663AE4" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>New York Times</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EEE0AD4" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Push-pull factors for and United States reaction to immigration during World War II and today</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="314A14A9" w14:textId="77777777" w:rsidTr="008A16D5">
+      <w:tr w:rsidR="009469FA" w14:paraId="314A14A9" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46A03D69" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="46A03D69" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11">
-              <w:r w:rsidR="0036604B">
+            <w:hyperlink r:id="rId14">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Why So Many Central Americans Are Seeking Asylum in the U.S."</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C60C4E8" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction cartoon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="776EB100" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1000L-1100L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C893A18" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6786968A" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2430,51 +2448,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Push-pull factors for current immigration from Central America to the United States</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="020759C9" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://iowareadingresearch.org/blog/text-sets-background-knowledge</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F0C24F2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FF24935" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
@@ -2635,260 +2653,260 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="372765BD" w14:textId="77777777" w:rsidR="008A16D5" w:rsidRDefault="008A16D5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C732EDD" w14:textId="76EB2CED" w:rsidR="009469FA" w:rsidRPr="008A16D5" w:rsidRDefault="0036604B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="40C1AC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A16D5">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Text Set Analysis &amp; Adaptation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D9AB93" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9817B2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
-[...8 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="2E9817B2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D2EDB8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Review the following example text sets and reflect on strengths and possible adjustments to each. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD1D3B8" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BB3FB54" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2330"/>
         <w:gridCol w:w="3145"/>
         <w:gridCol w:w="3885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009469FA" w14:paraId="3D725EA5" w14:textId="77777777" w:rsidTr="00D524AD">
+      <w:tr w:rsidR="009469FA" w14:paraId="3D725EA5" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22BDBC47" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63ECC5CF" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Strengths </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D6D841F" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Possible Adjustments </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="4F97A2DB" w14:textId="77777777" w:rsidTr="00D524AD">
+      <w:tr w:rsidR="009469FA" w14:paraId="4F97A2DB" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67A5C16C" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Library of Congress Primary Source Sets</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CFA3223" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00705B00" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="5CFA3223" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00705B00" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="0036604B" w:rsidRPr="00705B00">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="00705B00">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.loc.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="056243C2" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25CE1131" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -2896,51 +2914,50 @@
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D76429D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6CE67B9E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61213C88" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -2993,123 +3010,121 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41CAADB7" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17771CC6" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="41DE786C" w14:textId="77777777" w:rsidTr="00D524AD">
+      <w:tr w:rsidR="009469FA" w14:paraId="41DE786C" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="074F9DFA" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Newsela</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="146C4150" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00705B00" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="146C4150" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00705B00" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="0036604B" w:rsidRPr="00705B00">
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="00705B00">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.newsela.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1812441A" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FCB491A" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -3138,51 +3153,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="478E21DE" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32B6278D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11182744" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -3286,143 +3300,140 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2DB7C248" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7DA519DF" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D524AD" w:rsidRPr="00D524AD" w14:paraId="1B163F58" w14:textId="77777777" w:rsidTr="00D524AD">
+      <w:tr w:rsidR="00D524AD" w:rsidRPr="00D524AD" w14:paraId="1B163F58" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EBE9D2E" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D524AD">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pro/Con.org</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A0AE4D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="41A0AE4D" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="0036604B" w:rsidRPr="00705B00">
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="00705B00">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.procon.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C4B897A" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
@@ -3523,51 +3534,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="421F3FAB" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43DA5AA3" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
@@ -3666,98 +3676,99 @@
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23F8CE7C" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009469FA" w14:paraId="1079EA79" w14:textId="77777777" w:rsidTr="00D524AD">
+      <w:tr w:rsidR="009469FA" w14:paraId="1079EA79" w14:textId="77777777" w:rsidTr="3D2EDB8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F88D3B5" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B">
+          <w:p w14:paraId="3F88D3B5" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="0036604B" w:rsidP="3D2EDB8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="3D2EDB8A">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ReadWorks</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="7F2E9E31" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="004F78CB">
+          <w:p w14:paraId="7F2E9E31" w14:textId="77777777" w:rsidR="009469FA" w:rsidRPr="00D524AD" w:rsidRDefault="0036604B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16">
-              <w:r w:rsidR="0036604B" w:rsidRPr="00705B00">
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="00705B00">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.readworks.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3A77BD08" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E9B9FDE" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -3786,51 +3797,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12968520" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="337DE0E3" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F292A25" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
@@ -3917,189 +3927,204 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7727ED95" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51D26BAF" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3024EBE4" w14:textId="77777777" w:rsidR="009469FA" w:rsidRDefault="009469FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009469FA">
-      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="431" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="090E1713" w14:textId="77777777" w:rsidR="004F78CB" w:rsidRDefault="004F78CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6969535C" w14:textId="77777777" w:rsidR="004F78CB" w:rsidRDefault="004F78CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="60BB6F87" w14:textId="77777777" w:rsidR="004F78CB" w:rsidRDefault="004F78CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="04819831" w14:textId="77777777" w:rsidR="004F78CB" w:rsidRDefault="004F78CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59725B88" w14:textId="4BCAE854" w:rsidR="009469FA" w:rsidRDefault="00EC181F" w:rsidP="00EC181F">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A16D5">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="423FB37C" wp14:editId="2998F697">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="leftMargin">
             <wp:align>right</wp:align>
@@ -4449,51 +4474,51 @@
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date: </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A275655"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69042C28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4789,128 +4814,139 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1193685526">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="535855022">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="64114500">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009469FA"/>
+    <w:rsid w:val="00026EDF"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="0036604B"/>
     <w:rsid w:val="004F78CB"/>
+    <w:rsid w:val="0052096E"/>
+    <w:rsid w:val="00611887"/>
     <w:rsid w:val="00705B00"/>
     <w:rsid w:val="008A16D5"/>
+    <w:rsid w:val="008C76C8"/>
     <w:rsid w:val="009469FA"/>
     <w:rsid w:val="00D524AD"/>
     <w:rsid w:val="00DF4968"/>
     <w:rsid w:val="00EC181F"/>
+    <w:rsid w:val="2C3E8F7D"/>
+    <w:rsid w:val="3005C4C9"/>
+    <w:rsid w:val="3AAC31EE"/>
+    <w:rsid w:val="3D2EDB8A"/>
+    <w:rsid w:val="402B6047"/>
+    <w:rsid w:val="4C61A57A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6AC6F205"/>
   <w15:docId w15:val="{BC9FE2BE-0ED0-4002-8C4A-C25B024795EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5552,55 +5588,55 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EC181F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00EC181F"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="40C1AC"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/immigration-primer/id/26265/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/overview-immigration-reform/id/20157/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowareadingresearch.org/blog/text-sets-background-knowledge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readworks.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pbslearningmedia.org/resource/central-americans-seeking-asylum/the-lowdown-why-are-so-many-central-americans-seeking-asylum/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.procon.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2017/01/04/learning/lesson-plans/text-to-text-comparing-jewish-refugees-of-the-1930s-with-syrian-refugees-today.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov/teachers/classroommaterials/presentationsandactivities/presentations/immigration/interv/toc.php" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newsela.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2017/01/04/learning/lesson-plans/text-to-text-comparing-jewish-refugees-of-the-1930s-with-syrian-refugees-today.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.procon.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov/teachers/classroommaterials/presentationsandactivities/presentations/immigration/interv/toc.php" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newsela.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/immigration-primer/id/26265/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowareadingresearch.org/blog/text-sets-background-knowledge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/overview-immigration-reform/id/20157/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readworks.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pbslearningmedia.org/resource/central-americans-seeking-asylum/the-lowdown-why-are-so-many-central-americans-seeking-asylum/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5900,50 +5936,76 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-01-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1174</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1174</Url>
+      <Description>KYED-536-1174</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -6195,178 +6257,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...24 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{639075A7-49E7-47CC-BB5A-7BB1CCC9F474}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B7C715F-5F66-4CEA-A4DF-A7A60F171B65}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DF2B50D-A1ED-4FFB-988B-2B6DB809AF47}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5430565-F458-4C24-93D4-F02E7DC3D263}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B7C715F-5F66-4CEA-A4DF-A7A60F171B65}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DF2B50D-A1ED-4FFB-988B-2B6DB809AF47}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{280A8080-BF2F-47B7-89C2-B085724EBDD0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E51D4853-69A6-434B-8A99-C101E5DDC86E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4139</Characters>
+  <Pages>6</Pages>
+  <Words>763</Words>
+  <Characters>4092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4856</CharactersWithSpaces>
+  <CharactersWithSpaces>4784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T19:12:30Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>12786a5d-98f1-4ccc-ae31-29fc269dc5ba</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>24c4fa94-5420-4e77-a363-1eee03dd54b5</vt:lpwstr>
   </property>
 </Properties>
 </file>