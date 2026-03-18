--- v0 (2025-11-19)
+++ v1 (2026-03-18)
@@ -9,51 +9,51 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="52A7B094" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -98,400 +98,449 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00E007CC">
         <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2134"/>
         <w:gridCol w:w="12246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="00C85E87">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE0C247" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B14ABA" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="178CB5A3" w14:textId="11190C21" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 9-12</w:t>
             </w:r>
             <w:r w:rsidR="00CE03D2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6692DD0C" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B36F39F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
+          <w:p w14:paraId="2B36F39F" w14:textId="578606B6" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="7F1EC182" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762CE191" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BF3B8F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515CBF1B" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>comprehension, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>less</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1C46B2" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
@@ -549,106 +598,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321088A1" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F56531E" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -667,51 +716,71 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Learning: </w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+              <w:t xml:space="preserve">Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6615CD05" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -913,51 +982,75 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A21DA57" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC21991" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -1117,51 +1210,71 @@
               <w:t>text.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D84487" w14:textId="7A9471A9" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
+              <w:t>Lessons broaden students</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>’ word</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
             </w:r>
             <w:r w:rsidR="0012545E" w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>reading.</w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C9D013" w14:textId="2BD96A0A" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
@@ -2011,134 +2124,144 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005014B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="49A0BE98" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00870F8C" w:rsidP="00462964">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="49A0BE98" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00462964">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005014B8" w:rsidRPr="001E3758">
+        <w:r w:rsidRPr="001E3758">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="001E3758">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="58EA0698" w:rsidR="00617037" w:rsidRPr="0052427B" w:rsidRDefault="00870F8C" w:rsidP="4967D107">
+    <w:p w14:paraId="0802629F" w14:textId="58EA0698" w:rsidR="00617037" w:rsidRPr="0052427B" w:rsidRDefault="00617037" w:rsidP="4967D107">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="4967D107">
+        <w:r w:rsidRPr="4967D107">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22C17CC9" w14:textId="0DFE45C5" w:rsidR="0052427B" w:rsidRPr="005014B8" w:rsidRDefault="00870F8C" w:rsidP="00462964">
+    <w:p w14:paraId="22C17CC9" w14:textId="0DFE45C5" w:rsidR="0052427B" w:rsidRPr="005014B8" w:rsidRDefault="00271B3B" w:rsidP="00462964">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00271B3B" w:rsidRPr="00271B3B">
+        <w:r w:rsidRPr="00271B3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">Prework: </w:t>
         </w:r>
-        <w:r w:rsidR="00271B3B" w:rsidRPr="00271B3B">
+        <w:r w:rsidRPr="00271B3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>It’s Time for a Reading Reset</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E2007FB" w14:textId="23704AC7" w:rsidR="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3071D372" w14:textId="19C9949B" w:rsidR="005640D8" w:rsidRDefault="005640D8" w:rsidP="002E15F8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
@@ -2221,151 +2344,151 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4589"/>
         <w:gridCol w:w="9791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="57144EF7" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="57144EF7" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F381F43" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Session 7: Shared Learning: Text Sets </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="5A5CCC73" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="5A5CCC73" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41263CDC" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
             </w:pPr>
             <w:r w:rsidRPr="002E15F8">
               <w:t>Pre-Work</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F9A9AC" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6EEF1EF2" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="00870F8C" w:rsidP="002E15F8">
+          <w:p w14:paraId="6EEF1EF2" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="002E15F8" w:rsidRPr="002E15F8">
+              <w:r w:rsidRPr="002E15F8">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://iowareadingresearch.org/blog/text-sets-background-knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
@@ -2405,73 +2528,91 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>It’s Time for a Reading Reset</w:t>
               </w:r>
               <w:r w:rsidRPr="002E15F8">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> (Knowledge Matters Campaign)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and capture thinking in response to the following questions: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="506F5898" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="00462964">
+          <w:p w14:paraId="506F5898" w14:textId="659E1042" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E15F8">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>How does background knowledge connect to equity? </w:t>
+              <w:t xml:space="preserve">How does background knowledge connect to </w:t>
+            </w:r>
+            <w:r w:rsidR="40FD5C8D" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="25282A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="25282A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AA69D54" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What are some ways to build students’ background knowledge? </w:t>
@@ -2507,51 +2648,51 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How do you address background knowledge in your current practice? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="75DBD955" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="75DBD955" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="351C40FA" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
@@ -2699,51 +2840,51 @@
             <w:r w:rsidR="00FC24C4" w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>on slides</w:t>
             </w:r>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> are approximate, and may be adjusted to meet the needs and schedule of the individual PLC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="713BB73D" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="713BB73D" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E2D801A" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
@@ -2814,98 +2955,98 @@
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> HYPERLINK "https://education.ky.gov/curriculum/standards/kyacadstand/Documents/AV_9-12_S7_Participant_Handout.docx" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="4967D107">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="1155CC"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="4967D107">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="1155CC"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="674D8225" w14:textId="58EA0698" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="00870F8C" w:rsidP="4967D107">
+          <w:p w14:paraId="674D8225" w14:textId="58EA0698" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="55C83E92" w:rsidP="4967D107">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="55C83E92" w:rsidRPr="4967D107">
+              <w:r w:rsidRPr="4967D107">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="21205A7A" w14:textId="7032B74F" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="001E3758" w:rsidP="4967D107">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4967D107">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="1155CC"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="59465670" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="59465670" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AF1837E" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2948,51 +3089,51 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E4E34A4" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E15F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Facilitation Guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="5F99E912" w14:textId="77777777" w:rsidTr="4967D107">
+      <w:tr w:rsidR="002E15F8" w:rsidRPr="002E15F8" w14:paraId="5F99E912" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:trPr>
           <w:trHeight w:val="1440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A6EDEE0" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
@@ -3114,94 +3255,134 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CDD4481" w14:textId="062C1D6D" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
+          <w:p w14:paraId="4CDD4481" w14:textId="53BC18FB" w:rsidR="002E15F8" w:rsidRPr="002E15F8" w:rsidRDefault="002E15F8" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">In this session, teachers will explore how to leverage text sets to build knowledge and vocabulary simultaneously. Participants discuss the importance of background knowledge to students’ reading success and the implications for equity. Teachers use the Kentucky Academic Standards and </w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002E15F8">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this session, teachers will explore how to leverage text sets to build knowledge and vocabulary simultaneously. Participants discuss the importance of background knowledge to students’ reading success and the implications for </w:t>
+            </w:r>
+            <w:r w:rsidR="3E777114" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Teachers use the Kentucky Academic Standards and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>exemplar</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002E15F8">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> text sets to unpack what makes a strong text set. From there, the session includes time to analyze existing text sets to identify strengths and possible adaptations. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BB73BE1" w14:textId="77777777" w:rsidR="002E15F8" w:rsidRPr="005014B8" w:rsidRDefault="002E15F8" w:rsidP="002E15F8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="607CADC4" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
@@ -3249,100 +3430,100 @@
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E00CC9" w14:textId="77777777" w:rsidR="008C3AE3" w:rsidRPr="002F1CF1" w:rsidRDefault="008C3AE3" w:rsidP="00160C0E">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="56174064" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002452B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:lastRenderedPageBreak/>
               <w:t>Facilitator</w:t>
             </w:r>
             <w:r w:rsidR="00C85E87">
               <w:t>’s</w:t>
             </w:r>
             <w:r w:rsidRPr="002F1CF1">
               <w:t xml:space="preserve"> Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="61EC0783" w:rsidR="00A16BA9" w:rsidRPr="002452B3" w:rsidRDefault="00EF11DE" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="542B1257" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
@@ -3542,51 +3723,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1620520"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="2236CB73" w14:textId="138A3434" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 2:</w:t>
             </w:r>
           </w:p>
@@ -3890,51 +4071,83 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Participants are sharing a story about a student who was </w:t>
             </w:r>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>excited</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> about a particular topic. Participants share out about what the student would read, how they would talk about the topic, etc.</w:t>
+              <w:t xml:space="preserve"> about a particular topic. Participants </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about what the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> would read, how they would talk about the topic, etc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E09CEB1" w14:textId="77777777" w:rsidR="00302DFF" w:rsidRPr="002452B3" w:rsidRDefault="00302DFF" w:rsidP="00462964">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Facilitators should listen to be sure that participants are talking about a topic (e.g., sharks, sea mammals, hurricanes, etc.) and not a series or author (</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -4008,51 +4221,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1637665"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="066C6FCE" w14:textId="45937B94" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -4210,51 +4423,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1620520"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0714D629" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
@@ -4509,51 +4722,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="737DFE3A" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 5:</w:t>
             </w:r>
           </w:p>
@@ -4960,51 +5173,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -5299,51 +5512,71 @@
               <w:t xml:space="preserve">3 take-aways -- what stuck with you? What did you learn? What key understandings were reinforced for you? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E2108C3" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 wonderings -- what questions do you have about the case for background knowledge? What questions do you have about how it impacts your instruction? </w:t>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>wonderings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -- what questions do you have about the case for background knowledge? What questions do you have about how it impacts your instruction? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2459C675" w14:textId="6CC29341" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 connection to current practice around teaching to build background knowledge-- </w:t>
@@ -5479,106 +5712,124 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Participants stand up and find partner to share 3-2-1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="226AB3AC" w14:textId="0ADE35A6" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
+          <w:p w14:paraId="226AB3AC" w14:textId="0BDAD335" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
-            <w:r w:rsidR="001F46DB" w:rsidRPr="002452B3">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="001F46DB" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
-            <w:r w:rsidRPr="002452B3">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="002452B3">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Facilitate small group or table share: Why is background knowledge an equity issue? </w:t>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Facilitate small group or table share: Why is background knowledge </w:t>
+            </w:r>
+            <w:r w:rsidR="716FA8C6" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>critical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="727B98A2" w14:textId="7C493F01" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5616,150 +5867,150 @@
               </w:rPr>
               <w:t xml:space="preserve"> Facilitate whole group share: What is the role of text sets in building background knowledge? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A9B862D" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B7721A0" w14:textId="3BBF9748" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="001F46DB" w:rsidP="00462964">
+          <w:p w14:paraId="0B7721A0" w14:textId="56D10337" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="001F46DB" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Background knowledge</w:t>
             </w:r>
-            <w:r w:rsidR="00442D35" w:rsidRPr="002452B3">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> and equity: </w:t>
+            <w:r w:rsidR="00442D35" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7451B038" w14:textId="1C8D7A26" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Knowledge begets </w:t>
             </w:r>
             <w:r w:rsidR="00271B3B" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>knowledge.</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CE23DEA" w14:textId="7A93BE2C" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Our most vulnerable students must have opportunities to build background knowledge at school</w:t>
             </w:r>
             <w:r w:rsidR="00271B3B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E6E37AA" w14:textId="420AA267" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
@@ -5993,51 +6244,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3948F67D" w14:textId="76940A9A" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="785CED1E" w14:textId="299EB1BA" w:rsidR="003306DE" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -6258,51 +6509,75 @@
           </w:p>
           <w:p w14:paraId="10C5F518" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">What do you notice about the kinds of texts? </w:t>
+              <w:t xml:space="preserve">What do you notice about </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kinds of texts? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1558664C" w14:textId="3961FAE6" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6600,97 +6875,87 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What will students learn? </w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">From unit description: </w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immigration patterns of various groups in United States history (e.g., Irish, Chinese, Syrians), previous immigration policies and related reforms, previous push-pull factors, personal experiences of </w:t>
-[...10 lines deleted...]
-              <w:t>immigrants, current events that influence push-pull factors (e.g., gang violence in El Salvador</w:t>
+              <w:t>Immigration patterns of various groups in United States history (e.g., Irish, Chinese, Syrians), previous immigration policies and related reforms, previous push-pull factors, personal experiences of immigrants, current events that influence push-pull factors (e.g., gang violence in El Salvador</w:t>
             </w:r>
             <w:r w:rsidR="00271B3B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19F11444" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="00271B3B" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Kinds of texts: </w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fiction, informational types -- articles, interviews, cartoons</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D6BE858" w14:textId="77777777" w:rsidR="00271B3B" w:rsidRDefault="00271B3B" w:rsidP="00271B3B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28B6D4E3" w14:textId="77777777" w:rsidR="00271B3B" w:rsidRDefault="00271B3B" w:rsidP="00271B3B">
             <w:pPr>
@@ -6782,51 +7047,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="31904000" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -6869,60 +7134,73 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: KAS Connection </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CCE8DE0" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002452B3">
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Framing/Directions: </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Framing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Directions: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B25BB12" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">We just saw an example of a text set that includes a variety of text genres. </w:t>
@@ -6972,51 +7250,71 @@
               <w:t xml:space="preserve">! </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A8C3FB5" w14:textId="7D6B67A0" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consider your classroom: When and how have you used non print texts? Briefly share with a partner. </w:t>
+              <w:t xml:space="preserve">Consider your classroom: When and how have you used non print </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? Briefly share with a partner. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AACFE26" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="001F46DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="6F4E0288" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -7071,51 +7369,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624965"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
@@ -7158,60 +7456,73 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: Research connections</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="405A6943" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002452B3">
-[...8 lines deleted...]
-              <w:t>Framing/Directions:</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Framing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/Directions:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6784FED6" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="994"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Let’s connect our learning and the KAS back to research. </w:t>
@@ -7417,51 +7728,50 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Whole group share out </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38AD9565" w14:textId="04A693AB" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Additional probe if it </w:t>
             </w:r>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>does not</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> come out explicitly: What are implications for teaching? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7649089F" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -7482,50 +7792,51 @@
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ADCC028" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">When organizing texts by topic, students acquire vocabulary in two ways: 1) There is overlap of content-specific words across the texts on that topic, and 2) As they build knowledge about the topic, they have stronger context through which to make inferences about the meaning of unknown words. (Share dolphin examples from marine </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>animals</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> text set.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31C4BD3C" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
@@ -7742,51 +8053,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB69211" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
@@ -7952,51 +8263,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624965"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="076FFD90" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -8006,51 +8317,50 @@
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="535C9A3B" w14:textId="7445A39E" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4 min</w:t>
             </w:r>
             <w:r w:rsidR="00F13B2F" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2295A1A0" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
@@ -8063,50 +8373,51 @@
               <w:t xml:space="preserve">Framing: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="616648F2" w14:textId="52AD4EF5" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">While there is no set way to create a text set, </w:t>
             </w:r>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> helpful for us to have some steps in mind as we think about the process. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C09533E" w14:textId="200B6A14" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -8419,51 +8730,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 12:</w:t>
             </w:r>
@@ -8575,51 +8886,71 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Let’s take a look at a text set example from an </w:t>
+              <w:t xml:space="preserve"> Let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a text set example from an </w:t>
             </w:r>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>open-source</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> curriculum </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -8959,51 +9290,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621790"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2D142B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 13:</w:t>
             </w:r>
           </w:p>
@@ -9053,99 +9384,99 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: Analyzing and Adapting a Text Set </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC7145D" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Direct participants to select a text set.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32650C47" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6994C71F" w14:textId="09ED72D3" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 min</w:t>
             </w:r>
             <w:r w:rsidR="00D20174" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
@@ -9280,73 +9611,91 @@
               </w:rPr>
               <w:t xml:space="preserve">: Group share: What are strengths? What adaptations could you make? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A00A9AD" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067A5DD1" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
+          <w:p w14:paraId="067A5DD1" w14:textId="1325F198" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Strengths: Diversity of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strengths: </w:t>
+            </w:r>
+            <w:r w:rsidR="42EB7443" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variety </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F6DDA18" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Possible adaptations: </w:t>
@@ -9409,51 +9758,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1620520"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31D24FFF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 14:</w:t>
             </w:r>
@@ -9679,91 +10028,109 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Text sets are groups of texts (print and </w:t>
             </w:r>
             <w:r w:rsidR="00160C0E" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>non-print</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) that support knowledge building around a specific topic or concept. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E21F3FF" w14:textId="575C1CE4" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
+          <w:p w14:paraId="1E21F3FF" w14:textId="74F6FDED" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="3B34B2CA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Text sets allow students to build coherence, to have repeated access to critical vocabulary and background knowledge. </w:t>
             </w:r>
-            <w:r w:rsidR="002452B3" w:rsidRPr="002452B3">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="002452B3" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Background knowledge</w:t>
             </w:r>
-            <w:r w:rsidRPr="002452B3">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> is critical to equity. </w:t>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is critical to </w:t>
+            </w:r>
+            <w:r w:rsidR="6BB4819F" w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B34B2CA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C53C892" w14:textId="77A253C6" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Strong text sets connect to a topic/concept, align to a task, include a variety of text, and may be sequenced from less to more rigorous. </w:t>
@@ -9814,51 +10181,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA43A61" w14:textId="31AB3747" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="25A8B007">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="3B34B2CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FE3042B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002452B3" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 15:</w:t>
             </w:r>
@@ -9967,202 +10334,242 @@
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and where we go next</w:t>
             </w:r>
             <w:r w:rsidR="00E66F45">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Take 2 minutes to reflect.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Take</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 minutes to reflect.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C3C49DF" w14:textId="57FDE0CA" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00D20174" w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>: Stand up, find someone you have not talked with yet today, and share out your reflections.</w:t>
+              <w:t xml:space="preserve">: Stand up, find someone you have not talked with yet today, and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your reflections.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FEAD3AA" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EC710EE" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00462964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participants reflect on a specific student and </w:t>
+              <w:t>Participants reflect on a specific student and next step.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E12ACA" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For next session: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A33674B" w14:textId="77777777" w:rsidR="00442D35" w:rsidRPr="002452B3" w:rsidRDefault="00442D35" w:rsidP="00442D35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002452B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remind participants to bring an existing text set or to bring a topic and some possible resources. Share with participants kentuckytextsets.weebly.com - a state-specific site with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>next</w:t>
+              <w:t>text set</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002452B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> step.</w:t>
-[...37 lines deleted...]
-              <w:t>Remind participants to bring an existing text set or to bring a topic and some possible resources. Share with participants kentuckytextsets.weebly.com - a state-specific site with text set ideas.</w:t>
+              <w:t xml:space="preserve"> ideas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4323EAFE" w14:textId="1EB8FA6E" w:rsidR="003306DE" w:rsidRPr="002452B3" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53FAF866" w14:textId="2132BDA9" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="00FC24C4" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10207,90 +10614,90 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1850FF" w14:textId="17CE26C7" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00870F8C" w:rsidRDefault="00870F8C"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00A3049D" w:rsidRDefault="00A3049D"/>
     <w:sectPr w:rsidR="00A3049D" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7274E0C1" w14:textId="77777777" w:rsidR="00B2226F" w:rsidRDefault="00B2226F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="79B90E95" w14:textId="77777777" w:rsidR="00B2226F" w:rsidRDefault="00B2226F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10321,51 +10728,51 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4800"/>
       <w:gridCol w:w="4800"/>
       <w:gridCol w:w="4800"/>
     </w:tblGrid>
     <w:tr w:rsidR="25A8B007" w14:paraId="2EC60C01" w14:textId="77777777" w:rsidTr="25A8B007">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4800" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E16CDE7" w14:textId="43909686" w:rsidR="25A8B007" w:rsidRDefault="25A8B007" w:rsidP="25A8B007">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
@@ -10379,209 +10786,209 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4800" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="20D88614" w14:textId="4EFA30F8" w:rsidR="25A8B007" w:rsidRDefault="25A8B007" w:rsidP="25A8B007">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="18A41A18" w14:textId="55D77221" w:rsidR="25A8B007" w:rsidRDefault="25A8B007" w:rsidP="25A8B007">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E8787E1" w14:textId="77777777" w:rsidR="00B2226F" w:rsidRDefault="00B2226F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="341DB1A5" w14:textId="77777777" w:rsidR="00B2226F" w:rsidRDefault="00B2226F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00870F8C" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00A3049D" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4517DFBE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="1" name="image1.png">
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1" name="image1.png" descr="logo Kentucky Department of Education">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1319213" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="086BBB37" wp14:editId="00DC9D99">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="086BBB37" wp14:editId="64863D54">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-266700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-381000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="914400" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="2" name="Picture 2" descr="A picture containing food, holding, sign, blue&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="2" name="Picture 2" descr="logo Kentucky Department of Education"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="32" name="KDELogo.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00870F8C" w:rsidRDefault="00870F8C">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00A3049D" w:rsidRDefault="00A3049D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03F45765"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2CC1B30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -15467,163 +15874,174 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1933003498">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="110516127">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1706754502">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2143689735">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1551918429">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="30427448">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="000A1208"/>
     <w:rsid w:val="0012545E"/>
     <w:rsid w:val="00160C0E"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="001E3758"/>
     <w:rsid w:val="001F46DB"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="002452B3"/>
     <w:rsid w:val="00265850"/>
     <w:rsid w:val="00271B3B"/>
     <w:rsid w:val="002E15F8"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="00302DFF"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="00442D35"/>
     <w:rsid w:val="00462964"/>
+    <w:rsid w:val="004949A0"/>
     <w:rsid w:val="005014B8"/>
     <w:rsid w:val="0052427B"/>
     <w:rsid w:val="005640D8"/>
     <w:rsid w:val="005A26A5"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="006021EF"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="006922C0"/>
     <w:rsid w:val="007A4EBE"/>
     <w:rsid w:val="008571DD"/>
-    <w:rsid w:val="00870F8C"/>
     <w:rsid w:val="008C3AE3"/>
     <w:rsid w:val="008D185F"/>
     <w:rsid w:val="00945220"/>
     <w:rsid w:val="00A16BA9"/>
+    <w:rsid w:val="00A3049D"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B2226F"/>
     <w:rsid w:val="00B906CD"/>
     <w:rsid w:val="00B93F5E"/>
     <w:rsid w:val="00C250B8"/>
     <w:rsid w:val="00C85E87"/>
     <w:rsid w:val="00CC00EB"/>
     <w:rsid w:val="00CE03D2"/>
     <w:rsid w:val="00D20174"/>
-    <w:rsid w:val="00D361F8"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E007CC"/>
     <w:rsid w:val="00E069FB"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E2306A"/>
     <w:rsid w:val="00E66F45"/>
     <w:rsid w:val="00EF11DE"/>
     <w:rsid w:val="00F13B2F"/>
     <w:rsid w:val="00F6000A"/>
     <w:rsid w:val="00FC24C4"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FD1923"/>
     <w:rsid w:val="12B97FA9"/>
+    <w:rsid w:val="14FC12C5"/>
+    <w:rsid w:val="1CC0467C"/>
     <w:rsid w:val="25A8B007"/>
+    <w:rsid w:val="3B34B2CA"/>
+    <w:rsid w:val="3E777114"/>
+    <w:rsid w:val="40FD5C8D"/>
+    <w:rsid w:val="42EB7443"/>
     <w:rsid w:val="4967D107"/>
     <w:rsid w:val="55C83E92"/>
+    <w:rsid w:val="63B59D04"/>
+    <w:rsid w:val="6BB4819F"/>
+    <w:rsid w:val="716FA8C6"/>
+    <w:rsid w:val="7F1EC182"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16310,51 +16728,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E3758"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002452B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="21789678">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="774710462">
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -19325,51 +19743,51 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-23T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1246</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1246</Url>
       <Description>KYED-536-1246</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -19703,72 +20121,72 @@
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB196677-2D63-4766-92A2-B5AFCF7C2D28}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAD4A17A-F26D-4371-BAB0-5484F6D296FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6ABB551-D19C-4D56-A552-443D294A7238}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E45E0712-9C0D-491E-A2BF-77C289125B33}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE952E05-C2E8-4E85-B078-904FA47C6B79}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77F214F2-49BE-4206-BFB9-AE148EEAE382}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>2763</Words>
-  <Characters>15752</Characters>
+  <Words>2751</Words>
+  <Characters>14753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>440</Lines>
+  <Paragraphs>217</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18479</CharactersWithSpaces>
+  <CharactersWithSpaces>17429</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>