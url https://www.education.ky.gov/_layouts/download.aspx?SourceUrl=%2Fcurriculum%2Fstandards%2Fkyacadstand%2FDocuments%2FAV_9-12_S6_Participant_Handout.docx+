--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1B6ABACF" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5BBD9AA7" wp14:editId="58F53497">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4330700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2540000" cy="821203"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
@@ -113,80 +113,80 @@
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="471CC5BC" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Date:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="5BBD9AA7" id="Rectangle 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:341pt;margin-top:0;width:200pt;height:64.65pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp3Ll2NgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01y23W2jpiu0pQhp&#10;BRULHzB1nMbCN2y3Sf+esVO2XUBCQrw4M/Fk5pwzM1neD0qSI3deGF3TYpJTwjUzjdD7mn79snkz&#10;p8QH0A1Io3lNT9zT+9XrV8veVrw0nZENdwSTaF/1tqZdCLbKMs86rsBPjOUaL1vjFAR03T5rHPSY&#10;XcmszPPbrDeusc4w7j2+XY+XdJXyty1n4VPbeh6IrCliC+l06dzFM1stodo7sJ1gZxjwDygUCI1F&#10;n1OtIQA5OPFbKiWYM960YcKMykzbCsYTB2RT5L+weerA8sQFxfH2WSb//9Kyj8etI6KpaUmJBoUt&#10;+oyigd5LTsooT299hVFPduvOnkczch1ap+ITWZChptN8Pr/LUeRTTW9u7haL2VlePgTCMKCcFdPb&#10;GMAwYp4j3xSQXTJZ58N7bhSJRk0dIkmqwvHRB6yOoT9DYmFvpGg2QsrkxJHhD9KRI2CzZSgievzi&#10;RZTUpMc5LRNQBjhxrYSAkJRFDbzep3ovPkmzeEncfPtj4ohrDb4bq6cE43ApEXDCpVCJcz5yhqrj&#10;0LzTDQkni5prXA4akXlFieS4SmggfKgCCPn3OKQpNbKNzRrbE60w7IZzz3amOWGjvWUbgUgfwYct&#10;OBz1Asvi+GPB7wdwCEJ+0Dhfi2JaznBfkjOdJbnc9c3u+gY06wxuFQo5mg8h7VgkoM3bQzCtSP2L&#10;qEYoZ7A41qlJ5xWMe3Ptp6jLj2L1AwAA//8DAFBLAwQUAAYACAAAACEA21ARQdwAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P9B6NBb6vTFEKbxSmlY7uUMdJtdzfW4rBYDrHTpv++&#10;6i7bRejxxNP3is3kOnHCIbSeFCzmCQik2puWGgWfHy+PKxAhajK684QKLhhgU97fFTo3/kwVng6x&#10;ERxCIdcKbIx9LmWoLTod5r5HYu/bD05HlkMjzaDPHO46mSZJJp1uiT9Y3ePOYv1zGJ2Ciuq3Pdmw&#10;2y+2z9lX9Z6G9fiq1Oxh2j6BiDjFv2O44TM6lMx09COZIDoF2SrlLlEBz5ud/Oojb+l6CbIs5P8G&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCp3Ll2NgIAAHAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDbUBFB3AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 2" style="position:absolute;margin-left:341pt;margin-top:0;width:200pt;height:64.65pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="5BBD9AA7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp3Ll2NgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01y23W2jpiu0pQhp&#10;BRULHzB1nMbCN2y3Sf+esVO2XUBCQrw4M/Fk5pwzM1neD0qSI3deGF3TYpJTwjUzjdD7mn79snkz&#10;p8QH0A1Io3lNT9zT+9XrV8veVrw0nZENdwSTaF/1tqZdCLbKMs86rsBPjOUaL1vjFAR03T5rHPSY&#10;XcmszPPbrDeusc4w7j2+XY+XdJXyty1n4VPbeh6IrCliC+l06dzFM1stodo7sJ1gZxjwDygUCI1F&#10;n1OtIQA5OPFbKiWYM960YcKMykzbCsYTB2RT5L+weerA8sQFxfH2WSb//9Kyj8etI6KpaUmJBoUt&#10;+oyigd5LTsooT299hVFPduvOnkczch1ap+ITWZChptN8Pr/LUeRTTW9u7haL2VlePgTCMKCcFdPb&#10;GMAwYp4j3xSQXTJZ58N7bhSJRk0dIkmqwvHRB6yOoT9DYmFvpGg2QsrkxJHhD9KRI2CzZSgievzi&#10;RZTUpMc5LRNQBjhxrYSAkJRFDbzep3ovPkmzeEncfPtj4ohrDb4bq6cE43ApEXDCpVCJcz5yhqrj&#10;0LzTDQkni5prXA4akXlFieS4SmggfKgCCPn3OKQpNbKNzRrbE60w7IZzz3amOWGjvWUbgUgfwYct&#10;OBz1Asvi+GPB7wdwCEJ+0Dhfi2JaznBfkjOdJbnc9c3u+gY06wxuFQo5mg8h7VgkoM3bQzCtSP2L&#10;qEYoZ7A41qlJ5xWMe3Ptp6jLj2L1AwAA//8DAFBLAwQUAAYACAAAACEA21ARQdwAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P9B6NBb6vTFEKbxSmlY7uUMdJtdzfW4rBYDrHTpv++&#10;6i7bRejxxNP3is3kOnHCIbSeFCzmCQik2puWGgWfHy+PKxAhajK684QKLhhgU97fFTo3/kwVng6x&#10;ERxCIdcKbIx9LmWoLTod5r5HYu/bD05HlkMjzaDPHO46mSZJJp1uiT9Y3ePOYv1zGJ2Ciuq3Pdmw&#10;2y+2z9lX9Z6G9fiq1Oxh2j6BiDjFv2O44TM6lMx09COZIDoF2SrlLlEBz5ud/Oojb+l6CbIs5P8G&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCp3Ll2NgIAAHAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDbUBFB3AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="7BAD35C4" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00986F5A" w14:paraId="7BAD35C4" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Name:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3EF48EF3" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00705BD0" w14:paraId="3EF48EF3" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="471CC5BC" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00986F5A" w14:paraId="471CC5BC" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Date:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="688D602D" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -260,57 +260,57 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2015722C" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="02D492D2" id="Rectangle 1" o:spid="_x0000_s1027" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpLyIvNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEH1wPcn0zDlzZrq675UkJ+68MLqi41FOCdfM1EIfKvr1y/bN&#10;ghIfQNcgjeYVPXNP79evX606W/LCtEbW3BEE0b7sbEXbEGyZZZ61XIEfGcs1vmyMUxAwdIesdtAh&#10;upJZkefzrDOuts4w7j0+3Qwv6TrhNw1n4VPTeB6IrChyC+l06dzHM1uvoDw4sK1gFxrwDywUCI1F&#10;n6E2EIAcnfgNSgnmjDdNGDGjMtM0gvGkAdWM81/UPLVgedKCzfH2uU3+/8Gyj6edI6JG7yjRoNCi&#10;z9g00AfJyTi2p7O+xKwnu3OXyOM1au0bp+I3qiA9AizuFsscm3yuaDGf3C1nk6G9vA+EYcJ8OZmi&#10;Z5SwmFEspvlyFjOyK5R1PrznRpF4qahDKqmtcHr0YUj9mRIreyNFvRVSpiDODH+QjpwA3ZYh0Ufw&#10;F1lSkw65FneJCODINRICclIWm+D1IdV78ZM0jFfg+tsfgSOvDfh2qJ4ABvlKBBxxKVRFF3n8DI9b&#10;DvU7XZNwtth0jdtBIzOvKJEcdwkvKBjKAEL+PQ9lSo2tjG4N/sRb6Pf9xdyLd3tTn9Fwb9lWIOFH&#10;8GEHDkce7e9wDbDu9yM45CI/aJyz5XhazHBvbgN3G+xvA9CsNbhdLDhKhuAhpG2LSrR5ewymEcnI&#10;SG8gc2GNA55G4bKMcYNu45R1/ctY/wAAAP//AwBQSwMEFAAGAAgAAAAhAKZ29ujcAAAACAEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSBVCdlUCITEBQlKkThu4yUOxOsodtvw&#10;97gnOI5mNPOmWk2+V3seYxcEYT4zoFiaYDtpETZvjxdLUDGRWOqDMMIPR1jVpycVlTYc5JX369Sq&#10;XCKxJASX0lBqHRvHnuIsDCzZ+wyjp5Tl2Go70iGX+15fGrPQnjrJC44GvnfcfK93HiEtnxYv4opn&#10;92U+Ng/vjuZUEOL52XR3CyrxlP7CcMTP6FBnpm3YiY2qR8hHEkLeAHV0zU1RgNoiXBfmCnRd6f8H&#10;6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaS8iLzcCAAB6BAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApnb26NwAAAAIAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 1" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1027" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="02D492D2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpLyIvNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEH1wPcn0zDlzZrq675UkJ+68MLqi41FOCdfM1EIfKvr1y/bN&#10;ghIfQNcgjeYVPXNP79evX606W/LCtEbW3BEE0b7sbEXbEGyZZZ61XIEfGcs1vmyMUxAwdIesdtAh&#10;upJZkefzrDOuts4w7j0+3Qwv6TrhNw1n4VPTeB6IrChyC+l06dzHM1uvoDw4sK1gFxrwDywUCI1F&#10;n6E2EIAcnfgNSgnmjDdNGDGjMtM0gvGkAdWM81/UPLVgedKCzfH2uU3+/8Gyj6edI6JG7yjRoNCi&#10;z9g00AfJyTi2p7O+xKwnu3OXyOM1au0bp+I3qiA9AizuFsscm3yuaDGf3C1nk6G9vA+EYcJ8OZmi&#10;Z5SwmFEspvlyFjOyK5R1PrznRpF4qahDKqmtcHr0YUj9mRIreyNFvRVSpiDODH+QjpwA3ZYh0Ufw&#10;F1lSkw65FneJCODINRICclIWm+D1IdV78ZM0jFfg+tsfgSOvDfh2qJ4ABvlKBBxxKVRFF3n8DI9b&#10;DvU7XZNwtth0jdtBIzOvKJEcdwkvKBjKAEL+PQ9lSo2tjG4N/sRb6Pf9xdyLd3tTn9Fwb9lWIOFH&#10;8GEHDkce7e9wDbDu9yM45CI/aJyz5XhazHBvbgN3G+xvA9CsNbhdLDhKhuAhpG2LSrR5ewymEcnI&#10;SG8gc2GNA55G4bKMcYNu45R1/ctY/wAAAP//AwBQSwMEFAAGAAgAAAAhAKZ29ujcAAAACAEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSBVCdlUCITEBQlKkThu4yUOxOsodtvw&#10;97gnOI5mNPOmWk2+V3seYxcEYT4zoFiaYDtpETZvjxdLUDGRWOqDMMIPR1jVpycVlTYc5JX369Sq&#10;XCKxJASX0lBqHRvHnuIsDCzZ+wyjp5Tl2Go70iGX+15fGrPQnjrJC44GvnfcfK93HiEtnxYv4opn&#10;92U+Ng/vjuZUEOL52XR3CyrxlP7CcMTP6FBnpm3YiY2qR8hHEkLeAHV0zU1RgNoiXBfmCnRd6f8H&#10;6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaS8iLzcCAAB6BAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApnb26NwAAAAIAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="2015722C" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00705BD0" w14:paraId="2015722C" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E99E53" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6BC32D" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:rPr>
@@ -459,50 +459,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5E63A494" w14:textId="77777777" w:rsidR="00770813" w:rsidRDefault="00770813" w:rsidP="00770813">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD6ABB6" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1F6250B7" wp14:editId="55D99618">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-88899</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6956425" cy="2103438"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
                 <wp:docPr id="4" name="Rectangle 4">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -524,57 +525,57 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="627F9ED2" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="1F6250B7" id="Rectangle 4" o:spid="_x0000_s1028" alt="&quot;&quot;" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvwo+hNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPPbkzJkzM1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaLxvjFAQ03SGrHXSI&#10;rmRW5Pk864yrrTOMe4+nm+GSrhN+03AWPjWN54HIiiK3kFaX1n1cs/UKyoMD2wp2oQH/wEKB0Bj0&#10;GWoDAcjRid+glGDOeNOEETMqM00jGE85YDbj/JdsnlqwPOWC4nj7LJP/f7Ds42nniKgrOqVEg8IS&#10;fUbRQB8kJ9MoT2d9iV5PduculsdtzLVvnIpvzIL0WPzF3WKZo8jnihbzyd1yNhnk5X0gDB3my8kU&#10;a0YJix7FYpovZ9Eju0JZ58N7bhSJm4o6pJJkhdOjD4PrT5cY2Rsp6q2QMhmxZ/iDdOQEWG0Zxhfw&#10;F15Skw65FneJCGDLNRICclIWRfD6kOK9+CQ14xW4/vZH4MhrA74doieAIX0lAra4FKqiizw+w3HL&#10;oX6naxLOFkXXOB00MvOKEslxlnCDCUMZQMi/+6GGUqOUsVpDfeIu9Ps+FbeIWPFkb+ozFtxbthVI&#10;+BF82IHDlh9jdBwDjPv9CA65yA8a+2w5nhYznJtbw90a+1sDNGsNThcLjpLBeAhp2mIm2rw9BtOI&#10;VMgrmQtrbPDUCpdhjBN0ayev6y9j/QMAAP//AwBQSwMEFAAGAAgAAAAhADeyKUXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7G2NKiJkUUQQvgtYKHqfZNRvNzobsto3/&#10;3u3JXh4Mb3jve/V6doM4mCn0nhGypQJhuPW65w5h+/60KEGESKxp8GwQfk2AdXN5UVOl/ZHfzGET&#10;O5FCOFSEYGMcKylDa42jsPSj4eR9+clRTOfUST3RMYW7Qd4otZKOek4NlkbzYE37s9k7hFg+r17Z&#10;Fi/2W31uHz8sZVQQ4vXVfH8HIpo5/j/DCT+hQ5OYdn7POogBYZHdpi0RIenJVmVWgNgh5HmWg2xq&#10;eb6g+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvwo+hNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3silF3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 4" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1028" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="1F6250B7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvwo+hNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPPbkzJkzM1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaLxvjFAQ03SGrHXSI&#10;rmRW5Pk864yrrTOMe4+nm+GSrhN+03AWPjWN54HIiiK3kFaX1n1cs/UKyoMD2wp2oQH/wEKB0Bj0&#10;GWoDAcjRid+glGDOeNOEETMqM00jGE85YDbj/JdsnlqwPOWC4nj7LJP/f7Ds42nniKgrOqVEg8IS&#10;fUbRQB8kJ9MoT2d9iV5PduculsdtzLVvnIpvzIL0WPzF3WKZo8jnihbzyd1yNhnk5X0gDB3my8kU&#10;a0YJix7FYpovZ9Eju0JZ58N7bhSJm4o6pJJkhdOjD4PrT5cY2Rsp6q2QMhmxZ/iDdOQEWG0Zxhfw&#10;F15Skw65FneJCGDLNRICclIWRfD6kOK9+CQ14xW4/vZH4MhrA74doieAIX0lAra4FKqiizw+w3HL&#10;oX6naxLOFkXXOB00MvOKEslxlnCDCUMZQMi/+6GGUqOUsVpDfeIu9Ps+FbeIWPFkb+ozFtxbthVI&#10;+BF82IHDlh9jdBwDjPv9CA65yA8a+2w5nhYznJtbw90a+1sDNGsNThcLjpLBeAhp2mIm2rw9BtOI&#10;VMgrmQtrbPDUCpdhjBN0ayev6y9j/QMAAP//AwBQSwMEFAAGAAgAAAAhADeyKUXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7G2NKiJkUUQQvgtYKHqfZNRvNzobsto3/&#10;3u3JXh4Mb3jve/V6doM4mCn0nhGypQJhuPW65w5h+/60KEGESKxp8GwQfk2AdXN5UVOl/ZHfzGET&#10;O5FCOFSEYGMcKylDa42jsPSj4eR9+clRTOfUST3RMYW7Qd4otZKOek4NlkbzYE37s9k7hFg+r17Z&#10;Fi/2W31uHz8sZVQQ4vXVfH8HIpo5/j/DCT+hQ5OYdn7POogBYZHdpi0RIenJVmVWgNgh5HmWg2xq&#10;eb6g+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvwo+hNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3silF3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="627F9ED2" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00705BD0" w14:paraId="627F9ED2" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="05863C56" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
           <w:b/>
           <w:color w:val="45818E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -696,71 +697,88 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="33089E66" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considering the focus of this content cycle, how can we refine our planning and instruction to continue supporting student progress toward the overall intended learning?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB180F3" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
+    <w:p w14:paraId="6CB180F3" w14:textId="046C9966" w:rsidR="00705BD0" w:rsidRDefault="00986F5A" w:rsidP="08CEFBB4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:t>In what ways can we leverage our teams to support the diverse needs of our students?</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08CEFBB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In what ways can we leverage our teams to support the </w:t>
+      </w:r>
+      <w:r w:rsidR="79D76AD8" w:rsidRPr="08CEFBB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">various </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08CEFBB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs of our students?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70ACD892" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31FD4144" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -813,162 +831,185 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="02696B0A" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="5A31B28D" id="Rectangle 3" o:spid="_x0000_s1029" alt="&quot;&quot;" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:390.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0I+5NNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt079n7IRtF5CQEHlwPM74zJkzM1ndd0qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKXrin9+vXr1ZnW/LCtEbW3BEE0b4824q2IdgyyzxruQI/MpZr/NgYpyCg6Q5Z7eCM&#10;6EpmRZ7Ps7NxtXWGce/xdNN/pOuE3zSchU9N43kgsqLILaTVpXUf12y9gvLgwLaCDTTgH1goEBqD&#10;PkNtIAA5OvEblBLMGW+aMGJGZaZpBOMpB8xmnP+SzVMLlqdcUBxvn2Xy/w+WfTztHBF1RSeUaFBY&#10;os8oGuiD5GQS5TlbX6LXk925wfK4jbl2jVPxjVmQDou/uFsscxT5UtFiPrlbztJ9KHkXCEOH+XIy&#10;xZpRwqJHsZjmy1mMkF2hrPPhPTeKxE1FHVJJssLp0Yfe9adLjOyNFPVWSJmM2DP8QTpyAqy2DOMB&#10;/IWX1OSMXIu7RASw5RoJATkpiyJ4fUjxXlxJzXgFrr/9ETjy2oBv++gJIMaHUomALS6Fqugij09/&#10;3HKo3+mahItF0TVOB43MvKJEcpwl3KTrAYT8ux9qKDVKGavV1yfuQrfvhuIiVjzZm/qCBfeWbQUS&#10;fgQfduCw5ccYHccA434/gkMu8oPGPluOp8UM5+bWcLfG/tYAzVqD08WCo6Q3HkKatiiENm+PwTQi&#10;FfJKZmCNDZ5aYRjGOEG3dvK6/jLWPwAAAP//AwBQSwMEFAAGAAgAAAAhAKKqZEffAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7u2pqSLMpogheBFsr9DhNxmw0Oxuy2zb+&#10;e7cnvTwY3vDe98rV5HpxpDF0ng3ouQJBXPum49bA9v15loMIEbnB3jMZ+KEAq+ryosSi8Sde03ET&#10;W5FCOBRowMY4FFKG2pLDMPcDcfI+/egwpnNsZTPiKYW7Xt4otZAOO04NFgd6tFR/bw7OQMxfFm9s&#10;s1f7pXbbpw+LGjM05vpqeliCiDTFv2c44yd0qBLT3h+4CaI3MNN3aUs0kPRsq1xnIPYG7nN9C7Iq&#10;5f8F1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtCPuTTcCAAB6BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoqpkR98AAAAJAQAADwAAAAAA&#10;AAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 3" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:390.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1029" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="5A31B28D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0I+5NNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt079n7IRtF5CQEHlwPM74zJkzM1ndd0qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKXrin9+vXr1ZnW/LCtEbW3BEE0b4824q2IdgyyzxruQI/MpZr/NgYpyCg6Q5Z7eCM&#10;6EpmRZ7Ps7NxtXWGce/xdNN/pOuE3zSchU9N43kgsqLILaTVpXUf12y9gvLgwLaCDTTgH1goEBqD&#10;PkNtIAA5OvEblBLMGW+aMGJGZaZpBOMpB8xmnP+SzVMLlqdcUBxvn2Xy/w+WfTztHBF1RSeUaFBY&#10;os8oGuiD5GQS5TlbX6LXk925wfK4jbl2jVPxjVmQDou/uFsscxT5UtFiPrlbztJ9KHkXCEOH+XIy&#10;xZpRwqJHsZjmy1mMkF2hrPPhPTeKxE1FHVJJssLp0Yfe9adLjOyNFPVWSJmM2DP8QTpyAqy2DOMB&#10;/IWX1OSMXIu7RASw5RoJATkpiyJ4fUjxXlxJzXgFrr/9ETjy2oBv++gJIMaHUomALS6Fqugij09/&#10;3HKo3+mahItF0TVOB43MvKJEcpwl3KTrAYT8ux9qKDVKGavV1yfuQrfvhuIiVjzZm/qCBfeWbQUS&#10;fgQfduCw5ccYHccA434/gkMu8oPGPluOp8UM5+bWcLfG/tYAzVqD08WCo6Q3HkKatiiENm+PwTQi&#10;FfJKZmCNDZ5aYRjGOEG3dvK6/jLWPwAAAP//AwBQSwMEFAAGAAgAAAAhAKKqZEffAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7u2pqSLMpogheBFsr9DhNxmw0Oxuy2zb+&#10;e7cnvTwY3vDe98rV5HpxpDF0ng3ouQJBXPum49bA9v15loMIEbnB3jMZ+KEAq+ryosSi8Sde03ET&#10;W5FCOBRowMY4FFKG2pLDMPcDcfI+/egwpnNsZTPiKYW7Xt4otZAOO04NFgd6tFR/bw7OQMxfFm9s&#10;s1f7pXbbpw+LGjM05vpqeliCiDTFv2c44yd0qBLT3h+4CaI3MNN3aUs0kPRsq1xnIPYG7nN9C7Iq&#10;5f8F1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtCPuTTcCAAB6BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoqpkR98AAAAJAQAADwAAAAAA&#10;AAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="02696B0A" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00705BD0">
+                    <w:p w:rsidR="00705BD0" w:rsidRDefault="00705BD0" w14:paraId="02696B0A" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00705BD0">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D85B488" w14:textId="77777777" w:rsidR="00004BA7" w:rsidRDefault="00004BA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7A384709" w14:textId="77777777" w:rsidR="00004BA7" w:rsidRDefault="00004BA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CFD218E" w14:textId="77777777" w:rsidR="00096CA7" w:rsidRDefault="00096CA7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1746A542" w14:textId="77777777" w:rsidR="00705BD0" w:rsidRDefault="00986F5A">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
@@ -980,90 +1021,90 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00BB1EB1">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="460C29E7" w14:textId="77777777" w:rsidR="00096CA7" w:rsidRDefault="00096CA7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="09FEB85C" w14:textId="77777777" w:rsidR="00004BA7" w:rsidRDefault="00004BA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="12D8B88A" w14:textId="77777777" w:rsidR="00004BA7" w:rsidRDefault="00004BA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FB15BAC" w14:textId="77777777" w:rsidR="00096CA7" w:rsidRDefault="00096CA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35878D8B" w14:textId="37BB9462" w:rsidR="00705BD0" w:rsidRDefault="00096CA7" w:rsidP="00770813">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:color w:val="2D68C4"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="693C94D5" wp14:editId="6C6354AB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-419100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-426720</wp:posOffset>
@@ -1388,61 +1429,61 @@
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C4DE610" w14:textId="173BA7F8" w:rsidR="00705BD0" w:rsidRPr="00770813" w:rsidRDefault="00770813" w:rsidP="00770813">
     <w:pPr>
       <w:pStyle w:val="Heading7"/>
     </w:pPr>
     <w:r w:rsidRPr="00770813">
       <w:rPr>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve">Session 6:  </w:t>
     </w:r>
     <w:r w:rsidR="00986F5A" w:rsidRPr="00770813">
       <w:rPr>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t>Participant Handout</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A6B2E6F" w14:textId="77777777" w:rsidR="00096CA7" w:rsidRDefault="00096CA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00963041"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F62EFE26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1738,128 +1779,135 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="178086409">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="563413825">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="166989858">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00705BD0"/>
     <w:rsid w:val="00004BA7"/>
     <w:rsid w:val="00096CA7"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="00705BD0"/>
     <w:rsid w:val="00770813"/>
     <w:rsid w:val="00986F5A"/>
     <w:rsid w:val="009F7EB0"/>
     <w:rsid w:val="00BB1EB1"/>
+    <w:rsid w:val="00BE154C"/>
+    <w:rsid w:val="00C20AE6"/>
     <w:rsid w:val="00E05659"/>
+    <w:rsid w:val="00EE3A0D"/>
+    <w:rsid w:val="04389711"/>
+    <w:rsid w:val="08CEFBB4"/>
+    <w:rsid w:val="79D76AD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="039D64AE"/>
   <w15:docId w15:val="{7363A57A-E7C0-470C-AD8C-0880CCD1D23C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2471,51 +2519,51 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00770813"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00770813"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3122,51 +3170,51 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-01-07T05:00:00+00:00</Application_x0020_Date>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-01-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1169</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1169</Url>
       <Description>KYED-536-1169</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
@@ -3196,90 +3244,112 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DC19A71-1E7E-4C9B-B075-457D1FF917AB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C2B75B-47A5-42D7-B57B-8B4246493855}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8AC1D62-B757-4DCA-955B-80C8956C2974}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{581493CA-FA23-4FF8-8163-C449287B5B34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CB8A3F9-F2C4-4826-98CC-F90A0A714F2E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FFC4919-1E32-4E4A-8CFC-6DC7BDE902E3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>896</Characters>
+  <Pages>3</Pages>
+  <Words>159</Words>
+  <Characters>894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1051</CharactersWithSpaces>
+  <CharactersWithSpaces>1040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T19:12:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>02552e3d-6428-4d19-a011-29615210e27a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>59d07a3f-21e3-4613-a38e-def1e7a69397</vt:lpwstr>
   </property>
 </Properties>
 </file>