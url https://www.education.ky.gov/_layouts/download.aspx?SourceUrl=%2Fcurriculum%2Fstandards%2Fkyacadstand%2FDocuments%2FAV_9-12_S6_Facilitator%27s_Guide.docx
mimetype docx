--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="52A7B094" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -97,391 +97,440 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00C05D51">
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2134"/>
         <w:gridCol w:w="12246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="00C85E87">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="6997FB3C">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE0C247" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="6997FB3C">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B14ABA" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="178CB5A3" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="6997FB3C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6692DD0C" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B36F39F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
+          <w:p w14:paraId="2B36F39F" w14:textId="1B7861AE" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="6997FB3C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6997FB3C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="30E6949E" w:rsidRPr="6997FB3C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6997FB3C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="6997FB3C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762CE191" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="6997FB3C">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BF3B8F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515CBF1B" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>comprehension, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>less</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1C46B2" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
@@ -539,106 +588,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="6997FB3C">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321088A1" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F56531E" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -657,51 +706,71 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Learning: </w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+              <w:t xml:space="preserve">Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6615CD05" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -912,51 +981,75 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A21DA57" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC21991" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -1116,51 +1209,71 @@
               <w:t>text.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D84487" w14:textId="7A9471A9" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
+              <w:t>Lessons broaden students</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>’ word</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
             </w:r>
             <w:r w:rsidR="0012545E" w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>reading.</w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C9D013" w14:textId="2BD96A0A" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
@@ -1952,155 +2065,165 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005014B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="32084DA0" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00981FBF" w:rsidP="00D332A5">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="32084DA0" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00D332A5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005014B8" w:rsidRPr="005260AD">
+        <w:r w:rsidRPr="005260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="005260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="66CE7202" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+    <w:p w14:paraId="0802629F" w14:textId="66CE7202" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="5E04B789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="5E04B789">
+        <w:r w:rsidRPr="5E04B789">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="007CB715" w:rsidR="00617037" w:rsidRPr="00511BD3" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="007CB715" w:rsidR="00617037" w:rsidRPr="00511BD3" w:rsidRDefault="005260AD" w:rsidP="5E04B789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="005260AD" w:rsidRPr="5E04B789">
+        <w:r w:rsidRPr="5E04B789">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Student Work Analysis Capture Sheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E4DD168" w14:textId="2FF5EB17" w:rsidR="00511BD3" w:rsidRPr="00A71C01" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+    <w:p w14:paraId="1E4DD168" w14:textId="2FF5EB17" w:rsidR="00511BD3" w:rsidRPr="00A71C01" w:rsidRDefault="00511BD3" w:rsidP="5E04B789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00511BD3" w:rsidRPr="5E04B789">
+        <w:r w:rsidRPr="5E04B789">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>KAS for Reading and Writing</w:t>
         </w:r>
-        <w:r w:rsidR="00511BD3" w:rsidRPr="5E04B789">
+        <w:r w:rsidRPr="5E04B789">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve"> Assignment Review Protocol</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5533EBF6" w14:textId="142DFD80" w:rsidR="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4362CF9F" w14:textId="40C3E279" w:rsidR="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
@@ -2387,51 +2510,71 @@
               <w:t>Teachers organize the student work they will analyze by subgroup.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="564C6ECE" w14:textId="77777777" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A71C01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Teachers identify or create the rubric or checklist they will use to examine the student work for proficiency.</w:t>
+              <w:t xml:space="preserve">Teachers identify or create the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A71C01">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rubric</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A71C01">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or checklist they will use to examine the student work for proficiency.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A71C01" w:rsidRPr="00A71C01" w14:paraId="4B7A1153" w14:textId="77777777" w:rsidTr="5E04B789">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
@@ -2455,61 +2598,61 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C7B24BA" w14:textId="36DE7197" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00981FBF" w:rsidP="00A71C01">
+          <w:p w14:paraId="0C7B24BA" w14:textId="36DE7197" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00A71C01" w:rsidRPr="00A71C01">
+              <w:r w:rsidRPr="00A71C01">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Session 6 PowerPoint </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6B3C9ECD" w14:textId="77777777" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FA51743" w14:textId="3D954095" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -2582,144 +2725,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Printing/Digital Handouts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DA76DB9" w14:textId="66CE7202" w:rsidR="7939D5B1" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+          <w:p w14:paraId="7DA76DB9" w14:textId="66CE7202" w:rsidR="7939D5B1" w:rsidRDefault="7939D5B1" w:rsidP="5E04B789">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="7939D5B1" w:rsidRPr="5E04B789">
+              <w:r w:rsidRPr="5E04B789">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3F704DF3" w14:textId="5AA23D38" w:rsidR="5E04B789" w:rsidRDefault="5E04B789" w:rsidP="5E04B789">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="1155CC"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62CA876D" w14:textId="77777777" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="6D639FB3" w:rsidP="00A71C01">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5E04B789">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Facilitator may provide copies of their school/district looking at student work template, or they may leverage one of the options below:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="440A93A5" w14:textId="571FE81A" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+          <w:p w14:paraId="440A93A5" w14:textId="571FE81A" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="76045DB9" w:rsidP="5E04B789">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
-              <w:r w:rsidR="76045DB9" w:rsidRPr="5E04B789">
+              <w:r w:rsidRPr="5E04B789">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Student Work Analysis Capture Sheet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="06009E06" w14:textId="2FF5EB17" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00981FBF" w:rsidP="5E04B789">
+          <w:p w14:paraId="06009E06" w14:textId="2FF5EB17" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="76045DB9" w:rsidP="5E04B789">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="76045DB9" w:rsidRPr="5E04B789">
+              <w:r w:rsidRPr="5E04B789">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>KAS for Reading and Writing</w:t>
               </w:r>
-              <w:r w:rsidR="76045DB9" w:rsidRPr="5E04B789">
+              <w:r w:rsidRPr="5E04B789">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Assignment Review Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="47FD293D" w14:textId="1FD1DA85" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00511BD3" w:rsidP="5E04B789">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
@@ -2974,60 +3117,82 @@
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D2E4811" w14:textId="77777777" w:rsidR="00A71C01" w:rsidRPr="00A71C01" w:rsidRDefault="00A71C01" w:rsidP="00A71C01">
             <w:pPr>
               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A71C01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Overview:  </w:t>
-            </w:r>
+              <w:t>Overview</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A71C01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">During this session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback </w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A71C01">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>During</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A71C01">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A71C01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in order to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A71C01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3191,51 +3356,67 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Session Summary:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> During this session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>in order to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
+              <w:t xml:space="preserve"> prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>analyzed data</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64AAE702" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00563596">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Session Length:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 90 minutes</w:t>
@@ -3388,52 +3569,63 @@
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> “Think of one student in your sub-group who had a “bright spot” learning moment this week. As you reflect on this student’s experience, share a positive take-away about their learning with a partner.”</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> “Think of one student in your sub-group who had a “bright spot” learning moment this week. As you reflect on this student’s experience, share a positive take-away about their learning with a </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>partner.”</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="6C8E85F4" w14:textId="5589211A" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32B5E058" w14:textId="1CC0CAD6" w:rsidR="002F1CF1" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4080,51 +4272,71 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5B43B880" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="4"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The exemplar student response you completed for pre-work</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> student response you completed for pre-work</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5009DF4A" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="4"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3600"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -4439,51 +4651,67 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10 min</w:t>
             </w:r>
             <w:r w:rsidR="002A6335" w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: With a partner, teachers discuss the prompt that students wrote in response to, and the exemplar response prepared by the teacher:</w:t>
+              <w:t xml:space="preserve">: With a partner, teachers discuss the prompt that students wrote in response to, and the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response prepared by the teacher:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D13341D" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Does the prompt align to the text’s key understandings?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04C2F782" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
@@ -4501,51 +4729,67 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the exemplar represent an appropriate bar for excellence, according to the KAS for the grade? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="469DE7D4" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>If both teachers are working with the same prompt and exemplar response, they may have a conversation over the 10 minutes (this is preferred). If they are working with different prompts and exemplars, Partner A can share for 5 minutes, then switch roles for Partner B to share.</w:t>
+              <w:t xml:space="preserve">If both teachers are working with the same prompt and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response, they may have a conversation over the 10 minutes (this is preferred). If they are working with different prompts and exemplars, Partner A can share for 5 minutes, then switch roles for Partner B to share.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D3934C" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00563596">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen For:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79C697EF" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -4600,111 +4844,175 @@
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Assessment items or culminating writing tasks align to the grade-level Learning Expectations for reading, writing, speaking &amp; listening, and language</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F8BD7DB" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Teacher plans exemplar student responses to the text or unit culminating task</w:t>
+              <w:t xml:space="preserve">Teacher plans </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> student responses to the text or unit culminating task</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E4C0DB" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The exemplar response explains the key understanding(s) through writing and/or speaking and listening</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response explains the key understanding(s) through writing and/or speaking and listening</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CC7524C" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The exemplar response uses evidence from the text</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response uses evidence from the text</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45AD050D" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The exemplar exemplifies the grade-level standards for reading, writing, and language</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> exemplifies the grade-level standards for reading, writing, and language</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C94143" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="00CB7C3F" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18D4774E" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00CB7C3F" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4938,125 +5246,125 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Examine Student work (Sub-Group)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: Together, teachers will </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>examine,</w:t>
+              <w:t>examine, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and annotate the student work. </w:t>
+              <w:t xml:space="preserve"> annotate the student work. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="494B3D5D" w14:textId="77777777" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Identify Evidence and Instructional Next Steps</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>: Teachers will identify evidence of students’ ability to meet the identified learning outcome aligned to the rubric/checklist and individual student goals, jotting evidence of strengths, areas of growth, and instructional next steps.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="667DE3F0" w14:textId="22126753" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00563596">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">*After 15 minutes, repeat </w:t>
+              <w:t xml:space="preserve">*After 15 minutes, repeat process with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>process</w:t>
+              <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> with other partner’s student work.</w:t>
+              <w:t xml:space="preserve"> partner’s student work.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37129A65" w14:textId="5FB9D3DB" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="00563596">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7701571D" w14:textId="77777777" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="00563596">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4CDFBC2F" w14:textId="118BD102" w:rsidR="00563596" w:rsidRPr="00CB7C3F" w:rsidRDefault="00563596" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5572,52 +5880,89 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Now that </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>we have</w:t>
             </w:r>
             <w:r w:rsidRPr="002A6335">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> spent time examining student work for our sub-group of students and have determined some instructional implications, you have time to apply that learning in one of two ways. For some, it might make sense to continue analyzing student work for the remaining students in the class to determine the best path forward for all students. Others might wish to apply learning from the sub-group and begin planning in response to that data.”</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> spent time examining student work for our sub-group of students and have determined some instructional implications, you have time to apply that learning in one </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A6335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A6335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> two ways. For some, it might make sense to continue analyzing student work for the remaining students in the class to determine the best path forward for all students. Others might wish to apply learning from the sub-group and begin planning in response to that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A6335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>data.”</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5ADE1CF0" w14:textId="77777777" w:rsidR="002A6335" w:rsidRPr="002A6335" w:rsidRDefault="002A6335" w:rsidP="002A6335">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BB03A6D" w14:textId="4E88F567" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="00D332A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -5917,51 +6262,67 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen For:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D2A14B9" w14:textId="77777777" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="00D332A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Teachers commit to next steps that are aligned with the trends they saw in their students’ responses.</w:t>
+              <w:t xml:space="preserve">Teachers commit to next steps that are aligned with the trends they </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>saw</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7C3F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in their students’ responses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E58E3B2" w14:textId="77777777" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C6BE5BD" w14:textId="77777777" w:rsidR="002A6335" w:rsidRPr="00CB7C3F" w:rsidRDefault="002A6335" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7449E4D2" w14:textId="0A56B1CE" w:rsidR="003306DE" w:rsidRPr="00CB7C3F" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
@@ -6037,97 +6398,97 @@
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00CB7C3F" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00981FBF" w:rsidRPr="00CB7C3F" w:rsidRDefault="00981FBF">
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00EF4B9E" w:rsidRPr="00CB7C3F" w:rsidRDefault="00EF4B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF4B9E" w:rsidRPr="00CB7C3F" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44CF1853" w14:textId="77777777" w:rsidR="00D332A5" w:rsidRDefault="00D332A5" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0A1C8155" w14:textId="77777777" w:rsidR="00D332A5" w:rsidRDefault="00D332A5" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Poppins">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -6173,77 +6534,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33AC37EE" w14:textId="77777777" w:rsidR="00D332A5" w:rsidRDefault="00D332A5" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6DD22DC6" w14:textId="77777777" w:rsidR="00D332A5" w:rsidRDefault="00D332A5" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00981FBF" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00EF4B9E" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6324,70 +6685,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00981FBF" w:rsidRDefault="00981FBF">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00EF4B9E" w:rsidRDefault="00EF4B9E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05107206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="425C41BA"/>
     <w:lvl w:ilvl="0" w:tplc="C7324C2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C22DF2E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9263,157 +9624,160 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1202522079">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1713924533">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1391925710">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="820583946">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1782258624">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2102798738">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="0012545E"/>
     <w:rsid w:val="001963F4"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="002A6335"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="00424772"/>
     <w:rsid w:val="004B06D7"/>
     <w:rsid w:val="005014B8"/>
     <w:rsid w:val="00511BD3"/>
     <w:rsid w:val="005260AD"/>
     <w:rsid w:val="0054513D"/>
     <w:rsid w:val="00563596"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00737D74"/>
-    <w:rsid w:val="007450AF"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="00883089"/>
     <w:rsid w:val="008D185F"/>
     <w:rsid w:val="009250CC"/>
     <w:rsid w:val="00925A66"/>
     <w:rsid w:val="00945220"/>
-    <w:rsid w:val="00981FBF"/>
     <w:rsid w:val="00984346"/>
     <w:rsid w:val="00997E34"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00A71C01"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B906CD"/>
     <w:rsid w:val="00B93F5E"/>
     <w:rsid w:val="00C05D51"/>
     <w:rsid w:val="00C250B8"/>
     <w:rsid w:val="00C81020"/>
     <w:rsid w:val="00C85E87"/>
     <w:rsid w:val="00CB7C3F"/>
     <w:rsid w:val="00CC00EB"/>
     <w:rsid w:val="00D332A5"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
+    <w:rsid w:val="00E115D2"/>
     <w:rsid w:val="00EF11DE"/>
+    <w:rsid w:val="00EF4B9E"/>
     <w:rsid w:val="00F6000A"/>
     <w:rsid w:val="00FB722D"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="1BFB5B43"/>
+    <w:rsid w:val="30E6949E"/>
     <w:rsid w:val="5E04B789"/>
+    <w:rsid w:val="6997FB3C"/>
     <w:rsid w:val="6D639FB3"/>
     <w:rsid w:val="76045DB9"/>
     <w:rsid w:val="7899493C"/>
     <w:rsid w:val="7939D5B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10075,51 +10439,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00511BD3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005260AD"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -12282,85 +12646,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...33 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -12612,143 +12941,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-23T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1245</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1245</Url>
+      <Description>KYED-536-1245</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A0EE312-D65B-4193-BA7E-2B495E4833EC}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3814953-8C87-48D6-BFC9-DFBAD60805B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0677954-d032-49fd-b0c0-017fc762f6d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A3224C7-8038-4A1E-9F93-79C918F1B065}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADB9751B-4693-4E0C-98DF-B15E0A895362}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E57C866D-1933-46D9-AF4F-E3128F35C8C2}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2014</Words>
-  <Characters>11484</Characters>
+  <Words>1848</Words>
+  <Characters>10364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>313</Lines>
+  <Paragraphs>136</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13472</CharactersWithSpaces>
+  <CharactersWithSpaces>12140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>