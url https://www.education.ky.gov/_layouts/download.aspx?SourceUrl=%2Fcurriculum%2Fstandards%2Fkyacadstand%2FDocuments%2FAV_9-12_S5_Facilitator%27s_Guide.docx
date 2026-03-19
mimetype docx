--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -9,51 +9,51 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="52A7B094" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -98,391 +98,440 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00B57322">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2134"/>
         <w:gridCol w:w="12246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="00C85E87">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE0C247" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B14ABA" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="178CB5A3" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6692DD0C" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B36F39F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
+          <w:p w14:paraId="2B36F39F" w14:textId="2A05A17E" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="1E342E7C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="2DCD91B1" w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762CE191" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BF3B8F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515CBF1B" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>comprehension, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>less</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1C46B2" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
@@ -540,106 +589,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321088A1" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F56531E" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -658,51 +707,71 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Learning: </w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+              <w:t xml:space="preserve">Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6615CD05" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -904,51 +973,75 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A21DA57" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC21991" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -1108,51 +1201,71 @@
               <w:t>text.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D84487" w14:textId="7A9471A9" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
+              <w:t>Lessons broaden students</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>’ word</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
             </w:r>
             <w:r w:rsidR="0012545E" w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>reading.</w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C9D013" w14:textId="2BD96A0A" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
@@ -1877,172 +1990,198 @@
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="685118EC" w14:textId="43A9D12B" w:rsidR="00617037" w:rsidRPr="00CC7D58" w:rsidRDefault="00CC7D58" w:rsidP="00C223BE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7D58">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Analyze and annotate lesson from curriculum for explicit vocabulary instruction and potential adjustments.</w:t>
+              <w:t xml:space="preserve">Analyze and annotate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC7D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC7D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from curriculum for explicit vocabulary instruction and potential adjustments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="592C5D58" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1605DA4E" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005014B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="3D4B7D7F" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00A61035" w:rsidP="008952E4">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="3D4B7D7F" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="008952E4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005014B8" w:rsidRPr="00D438FC">
+        <w:r w:rsidRPr="00D438FC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="00D438FC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="5521AAD0" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00A61035" w:rsidP="2445FFD3">
+    <w:p w14:paraId="0802629F" w14:textId="5521AAD0" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="2445FFD3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="2445FFD3">
+        <w:r w:rsidRPr="2445FFD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="0304A9FD" w:rsidR="00617037" w:rsidRPr="00AF7ABE" w:rsidRDefault="00A61035" w:rsidP="2445FFD3">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="0304A9FD" w:rsidR="00617037" w:rsidRPr="00AF7ABE" w:rsidRDefault="00617037" w:rsidP="2445FFD3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00617037" w:rsidRPr="2445FFD3">
+        <w:r w:rsidRPr="2445FFD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">Goal Setting </w:t>
         </w:r>
         <w:r w:rsidR="005014B8" w:rsidRPr="2445FFD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Document</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="079D4920" w14:textId="380AF6B0" w:rsidR="00C223BE" w:rsidRDefault="00C223BE" w:rsidP="00C223BE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2167,77 +2306,77 @@
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41F5BE94" w14:textId="77777777" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="00C223BE" w:rsidP="00C223BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C223BE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teachers gather and bring:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B9D1DCB" w14:textId="4E99E3D7" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="00A61035" w:rsidP="2445FFD3">
+          <w:p w14:paraId="0B9D1DCB" w14:textId="4E99E3D7" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="65E6A962" w:rsidP="2445FFD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="65E6A962" w:rsidRPr="2445FFD3">
+              <w:r w:rsidRPr="2445FFD3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Goal-Setting Document</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="65E6A962" w:rsidRPr="2445FFD3">
+            <w:r w:rsidRPr="2445FFD3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the current content cycle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="258CA90C" w14:textId="77777777" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="00C223BE" w:rsidP="008952E4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C223BE">
@@ -2489,61 +2628,61 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Printing/ Digital Handouts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED82874" w14:textId="442741F3" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="00A61035" w:rsidP="2445FFD3">
+          <w:p w14:paraId="2ED82874" w14:textId="442741F3" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="65E6A962" w:rsidP="2445FFD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="65E6A962" w:rsidRPr="2445FFD3">
+              <w:r w:rsidRPr="2445FFD3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant Handout </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3594C87A" w14:textId="77777777" w:rsidR="00C223BE" w:rsidRPr="00C223BE" w:rsidRDefault="00C223BE" w:rsidP="00C223BE">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C223BE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2843,51 +2982,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="56174064" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Facilitator</w:t>
             </w:r>
@@ -2919,51 +3058,51 @@
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="6D621EF0" w:rsidR="00A16BA9" w:rsidRPr="0058138B" w:rsidRDefault="00EF11DE" w:rsidP="0058138B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1164"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
             <w:r w:rsidR="0058138B">
@@ -3099,51 +3238,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="2236CB73" w14:textId="138A3434" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 2:</w:t>
             </w:r>
           </w:p>
@@ -3284,51 +3423,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="066C6FCE" w14:textId="45937B94" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 3:</w:t>
             </w:r>
@@ -3389,51 +3528,67 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Review </w:t>
             </w:r>
             <w:r w:rsidR="0058138B" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11-week</w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> path of the cycle, explaining how the professional learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
+              <w:t xml:space="preserve"> path of the cycle, explaining how </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the professional</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A6B14DE" w14:textId="58BE414D" w:rsidR="003306DE" w:rsidRPr="0058138B" w:rsidRDefault="003306DE" w:rsidP="006226A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190C4737" w14:textId="39886D50" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="0035729A" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3470,51 +3625,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0714D629" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
@@ -3741,51 +3896,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="737DFE3A" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 5:</w:t>
             </w:r>
@@ -3927,51 +4082,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1619885"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="014BE6F0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -4150,51 +4305,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -4408,58 +4563,76 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Partners (5 min</w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">): </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Discuss student outcomes for the targeted curricular resource and alignment to the goals for the content cycle. (Both partners should have time to share.) </w:t>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Discuss</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> student outcomes for the targeted curricular resource and alignment to the goals for the content cycle. (Both partners should have time to share.) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69496330" w14:textId="77777777" w:rsidR="0058138B" w:rsidRPr="0058138B" w:rsidRDefault="0058138B" w:rsidP="0058138B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3758855B" w14:textId="5B684E1C" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="0058138B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -4658,91 +4831,121 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F41F692" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="0058138B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teachers analyze and adapt a portion of their curriculum that will elevate achievement for all students. If resource does not include explicit vocabulary instruction, this is a place for adaptation. Teachers can use the roll-out script outlined in Reading Considered as a support. </w:t>
+              <w:t xml:space="preserve">Teachers analyze and adapt a portion of their curriculum that will elevate achievement for all students. If resource does not include explicit vocabulary instruction, this is a place for adaptation. Teachers can use the roll-out script outlined in Reading Considered as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>a support</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EAA2829" w14:textId="77777777" w:rsidR="0058138B" w:rsidRDefault="0058138B" w:rsidP="0058138B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="309D31D5" w14:textId="3329464A" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="0058138B">
+          <w:p w14:paraId="309D31D5" w14:textId="4E8E795A" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="1E342E7C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Teachers will also plan for effective implementation (</w:t>
             </w:r>
-            <w:r w:rsidR="0058138B" w:rsidRPr="0058138B">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="0058138B" w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>i.e.,</w:t>
             </w:r>
-            <w:r w:rsidRPr="0058138B">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the diverse needs of students.</w:t>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the </w:t>
+            </w:r>
+            <w:r w:rsidR="42DA814D" w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">various </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>needs of students.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="198D7659" w14:textId="1D9158B2" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="006226A9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">If teachers do not have a </w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>high-quality</w:t>
@@ -4827,51 +5030,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1625600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -5026,68 +5229,70 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">): </w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">“As we prepare to plan, identify a partner to work with. With that partner, discuss the text you will be reading and the intended student learning? What should they be able to know and do by the end of the read aloud? Knowing the central ideas or messages helps determine which words to prioritize for explicit </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007A6568" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>instruction.</w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="094560E6" w14:textId="48976E7C" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="num" w:pos="1062"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -5096,58 +5301,76 @@
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Partners (5 min</w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">): </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Discuss student outcomes for the text. These can include big ideas and understandings from the text (message, main idea) as well as practice with specific KAS. </w:t>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Discuss</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> student outcomes for the text. These can include big ideas and understandings from the text (message, main idea) as well as practice with specific KAS. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45A306FC" w14:textId="461B50B9" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="0058138B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Plan the explicit instruction to accompany the read </w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
@@ -5523,51 +5746,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 9:</w:t>
             </w:r>
@@ -5994,51 +6217,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
@@ -6145,71 +6368,51 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>“In our first session, we identified 6 students to progress monitor throughout this content cycle. Next week, we will have the opportunity to look at work samples from those students to reflect on their progress and analyze the impacts of vocabulary instruction on reading comprehension.  In our shared learning sessions thus far, we have explored how to identify Tier 2 and Tier 3 words, and how to use both implicit and explicit vocabulary instruction in our teaching.”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DC8B2F3" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">“To prepare for this student progress session, we are going to identify or create </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> task that will assess students’ progress with reading comprehension. Then we will write exemplar responses to the task and identify or create the rubric that will help assess students’ proficiency.”</w:t>
+              <w:t>“To prepare for this student progress session, we are going to identify or create the task that will assess students’ progress with reading comprehension. Then we will write exemplar responses to the task and identify or create the rubric that will help assess students’ proficiency.”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3785DB89" w14:textId="552CB6A1" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="006226A9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Individually or in Co-Teaching Teams (22 min</w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -6221,91 +6424,95 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2543E6A5" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
+              <w:t xml:space="preserve">If team </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>does not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have assessments/tasks embedded in curriculum, you may guide teachers to use </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">written </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              <w:t>team</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>response</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-              <w:t>written response to text rubrics</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to text rubrics</w:t>
             </w:r>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> and to plan a written task based on the current topic/theme. Leverage language from KAS to craft tasks.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38F4138B" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -6324,51 +6531,67 @@
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> analyze in detail its development over the course of the text, including how it emerges and is shaped and refined by specific details. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="069E9FE7" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">RL.11- 12.2 Determine two or more themes or central ideas of a text and analyze their development over the course of the text, including how they interact and build on one another to produce a complex account. </w:t>
+              <w:t xml:space="preserve">RL.11- 12.2 Determine two or more themes or central ideas of a text and analyze their development over the course of the text, including how they interact and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>build on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> one another to produce a complex account. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E6923AF" w14:textId="3CD04982" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Teams may also choose to develop vocabulary assessments that push students to use the target words in a variety of scenarios. (Ex: To assess the word resilient: Which character can be described as resilient? Why? Give one example of his or her </w:t>
             </w:r>
             <w:r w:rsidR="004D7FCD" w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6379,51 +6602,67 @@
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="728A9DFA" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">If team has curriculum with strong assessments/tasks, they can identify an assessment/task that can be administered before the next session. Teachers can write an exemplar response and identify (or create) an accompanying rubric. Encourage teachers to review existing tasks to identify how they are aligned to the KAS. </w:t>
+              <w:t xml:space="preserve">If team has curriculum with strong assessments/tasks, they can identify an assessment/task that can be administered before the next session. Teachers can write an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>exemplar</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response and identify (or create) an accompanying rubric. Encourage teachers to review existing tasks to identify how they are aligned to the KAS. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="567DC3B7" w14:textId="77777777" w:rsidR="003306DE" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7449E4D2" w14:textId="76F2AA57" w:rsidR="007A6568" w:rsidRPr="0058138B" w:rsidRDefault="007A6568" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -6471,51 +6710,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1618615"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -6577,51 +6816,71 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">As a recap: Students need deep word knowledge, taught by explicitly teaching one word at a time. Students also need to acquire an incredible </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>amount</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of words throughout their schooling, and can learn words through implicit instruction </w:t>
+              <w:t xml:space="preserve"> of words throughout their </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>schooling, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058138B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can learn words through implicit instruction </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>during read</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> aloud. When we tackle vocabulary from </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6698,51 +6957,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="44410213">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="1E342E7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="0058138B" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 12:</w:t>
             </w:r>
           </w:p>
@@ -6925,71 +7184,89 @@
               <w:t>):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E11CA26" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">What did you learn from engaging in the Practice and Feedback loop with your colleague? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B84CD47" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
+          <w:p w14:paraId="2B84CD47" w14:textId="66CC476A" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="1E342E7C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>How has this process increased my intentional support for the diverse needs of students in my class?</w:t>
+              <w:t xml:space="preserve">How has this process increased my intentional support for the </w:t>
+            </w:r>
+            <w:r w:rsidR="35EA7690" w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E342E7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needs of students in my class?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20C3DC7C" w14:textId="49402619" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Prep for Next Session (1 min</w:t>
             </w:r>
             <w:r w:rsidR="0058138B">
               <w:rPr>
@@ -7007,71 +7284,71 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14EE43A9" w14:textId="77777777" w:rsidR="006226A9" w:rsidRPr="0058138B" w:rsidRDefault="006226A9" w:rsidP="008952E4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Next week, we will devote our time to studying student work samples from the tasks we just identified/created. This will give us an opportunity to reflect on the impact of our vocabulary instruction and to identify next steps. Please bring with </w:t>
+              <w:t xml:space="preserve">Next week, we will devote our time to studying student work samples from the tasks we just identified/created. This will give us an opportunity to reflect on the impact of our vocabulary instruction and to identify next steps. Please bring with you samples from the students you identified in your sub-group, as well as your </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>you</w:t>
+              <w:t>exemplar</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0058138B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> samples from the students you identified in your sub-group, as well as your exemplar response and rubric. </w:t>
+              <w:t xml:space="preserve"> response and rubric. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B904A17" w14:textId="12DD4707" w:rsidR="003306DE" w:rsidRPr="0058138B" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19773936" w14:textId="10C55FE1" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="0035729A" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -7117,90 +7394,90 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DDA92FA" w14:textId="1B593B0D" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00A61035" w:rsidRDefault="00A61035"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00E56FA3" w:rsidRDefault="00E56FA3"/>
     <w:sectPr w:rsidR="00E56FA3" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40DE2BC4" w14:textId="77777777" w:rsidR="00C44725" w:rsidRDefault="00C44725" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48C78716" w14:textId="77777777" w:rsidR="00C44725" w:rsidRDefault="00C44725" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7231,51 +7508,51 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4800"/>
       <w:gridCol w:w="4800"/>
       <w:gridCol w:w="4800"/>
     </w:tblGrid>
     <w:tr w:rsidR="44410213" w14:paraId="3AA2DD3A" w14:textId="77777777" w:rsidTr="44410213">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4800" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6EA67CAB" w14:textId="47F49928" w:rsidR="44410213" w:rsidRDefault="44410213" w:rsidP="44410213">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
@@ -7289,209 +7566,209 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4800" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7FC8C330" w14:textId="4F2623B7" w:rsidR="44410213" w:rsidRDefault="44410213" w:rsidP="44410213">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3A043732" w14:textId="3F44C4D3" w:rsidR="44410213" w:rsidRDefault="44410213" w:rsidP="44410213">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C34E52C" w14:textId="77777777" w:rsidR="00C44725" w:rsidRDefault="00C44725" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DBB96F1" w14:textId="77777777" w:rsidR="00C44725" w:rsidRDefault="00C44725" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00A61035" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00E56FA3" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="6D136C11">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="1" name="image1.png">
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1" name="image1.png" descr="logo Kentucky Department of Education">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1319213" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="086BBB37" wp14:editId="00DC9D99">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="086BBB37" wp14:editId="0F870E6F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-266700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-381000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="914400" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="2" name="Picture 2" descr="A picture containing food, holding, sign, blue&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="2" name="Picture 2" descr="logo Kentucky Department of Education"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="32" name="KDELogo.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00A61035" w:rsidRDefault="00A61035">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00E56FA3" w:rsidRDefault="00E56FA3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="092622CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A84C022C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -10184,155 +10461,163 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1912352684">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="712576368">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="392119738">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1085883894">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2044939291">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1639147412">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00047588"/>
     <w:rsid w:val="0012545E"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="002024B1"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="0035729A"/>
-    <w:rsid w:val="00373CC3"/>
     <w:rsid w:val="004D7FCD"/>
     <w:rsid w:val="005014B8"/>
     <w:rsid w:val="0058138B"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="006226A9"/>
     <w:rsid w:val="00624328"/>
     <w:rsid w:val="007A6568"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="008952E4"/>
     <w:rsid w:val="008D185F"/>
     <w:rsid w:val="00930901"/>
     <w:rsid w:val="00945220"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
-    <w:rsid w:val="00A61035"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00AF7ABE"/>
     <w:rsid w:val="00B3359E"/>
     <w:rsid w:val="00B57322"/>
     <w:rsid w:val="00B906CD"/>
     <w:rsid w:val="00B93F5E"/>
     <w:rsid w:val="00C223BE"/>
     <w:rsid w:val="00C250B8"/>
     <w:rsid w:val="00C44725"/>
     <w:rsid w:val="00C85E87"/>
     <w:rsid w:val="00CC00EB"/>
     <w:rsid w:val="00CC7D58"/>
     <w:rsid w:val="00D171EE"/>
     <w:rsid w:val="00D438FC"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00D82079"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E159AA"/>
+    <w:rsid w:val="00E56FA3"/>
     <w:rsid w:val="00E734C0"/>
     <w:rsid w:val="00EF11DE"/>
+    <w:rsid w:val="00F80D76"/>
     <w:rsid w:val="00FC47AD"/>
+    <w:rsid w:val="1E342E7C"/>
     <w:rsid w:val="2445FFD3"/>
+    <w:rsid w:val="2DCD91B1"/>
+    <w:rsid w:val="35EA7690"/>
+    <w:rsid w:val="42DA814D"/>
     <w:rsid w:val="44410213"/>
+    <w:rsid w:val="45CED1FE"/>
+    <w:rsid w:val="58C84F8C"/>
     <w:rsid w:val="65E6A962"/>
+    <w:rsid w:val="7139EC2A"/>
     <w:rsid w:val="7DE5429B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10982,51 +11267,51 @@
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D438FC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13277,50 +13562,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-23T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1244</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1244</Url>
+      <Description>KYED-536-1244</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -13572,171 +13883,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...24 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2BDC3BC-DA2E-4C07-BFE3-610D47CA014C}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CA11BF3-2D4C-4448-952D-397DAD2B92FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C48DEC3-71F0-4DAF-99CF-4BF620495983}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EDBEF7F-73DC-4931-A10A-5E85D00459BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D75A0562-CAAB-4261-8A6A-34DB9E8E4499}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F12661-ADE1-4A43-8C3C-FA3C160690DD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2585</Words>
-  <Characters>14739</Characters>
+  <Words>2122</Words>
+  <Characters>15199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>1085</Lines>
+  <Paragraphs>787</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17290</CharactersWithSpaces>
+  <CharactersWithSpaces>16534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>