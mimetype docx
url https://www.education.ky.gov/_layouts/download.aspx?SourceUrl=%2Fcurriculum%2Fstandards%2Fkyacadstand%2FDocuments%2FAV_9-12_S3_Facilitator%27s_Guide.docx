--- v0 (2025-11-19)
+++ v1 (2026-03-18)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="52A7B094" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -97,411 +97,409 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="002C399F">
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2134"/>
         <w:gridCol w:w="12246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="00C85E87">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE0C247" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B14ABA" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="178CB5A3" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6692DD0C" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B36F39F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
+          <w:p w14:paraId="2B36F39F" w14:textId="5B9ABF9C" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidR="3F16BFFC" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762CE191" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BF3B8F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515CBF1B" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+              <w:t>Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1C46B2" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
@@ -539,106 +537,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321088A1" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F56531E" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1835,71 +1833,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply knowledge of implicit vocabulary instruction to curricular planning and practice</w:t>
             </w:r>
             <w:r w:rsidRPr="00731A91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00731A91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Give and receive feedback from colleagues </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> revise plans and refine practices</w:t>
+              <w:t>Give and receive feedback from colleagues in order to revise plans and refine practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="685118EC" w14:textId="6E1E99B0" w:rsidR="00617037" w:rsidRPr="00731A91" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731A91">
@@ -1942,115 +1920,115 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="67DE37FC" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00AF4E92" w:rsidP="009740C5">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="67DE37FC" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="009740C5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005014B8" w:rsidRPr="00D8725D">
+        <w:r w:rsidRPr="00D8725D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="00D8725D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="64CE3ED1" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00AF4E92" w:rsidP="780B2053">
+    <w:p w14:paraId="0802629F" w14:textId="64CE3ED1" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="780B2053">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="780B2053">
+        <w:r w:rsidRPr="780B2053">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="7F97D5C7" w:rsidR="00617037" w:rsidRPr="00A74D48" w:rsidRDefault="00AF4E92" w:rsidP="780B2053">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="7F97D5C7" w:rsidR="00617037" w:rsidRPr="00A74D48" w:rsidRDefault="00617037" w:rsidP="780B2053">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00617037" w:rsidRPr="780B2053">
+        <w:r w:rsidRPr="780B2053">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">Goal Setting </w:t>
         </w:r>
         <w:r w:rsidR="005014B8" w:rsidRPr="780B2053">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Document</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3E645A7F" w14:textId="2AF0818C" w:rsidR="00A74D48" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2175,77 +2153,77 @@
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3AAF5A36" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A74D48">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teachers gather and bring:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74248A6D" w14:textId="0B27DAAA" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00AF4E92" w:rsidP="780B2053">
+          <w:p w14:paraId="74248A6D" w14:textId="0B27DAAA" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00A74D48" w:rsidP="780B2053">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="00A74D48" w:rsidRPr="780B2053">
+              <w:r w:rsidRPr="780B2053">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Goal-Setting Document</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00A74D48" w:rsidRPr="780B2053">
+            <w:r w:rsidRPr="780B2053">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the current content cycle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38DF7C5F" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A74D48">
@@ -2499,61 +2477,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Printing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17DE5BD5" w14:textId="7DAE696A" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00AF4E92" w:rsidP="780B2053">
+          <w:p w14:paraId="17DE5BD5" w14:textId="7DAE696A" w:rsidR="00A74D48" w:rsidRPr="00A74D48" w:rsidRDefault="00A74D48" w:rsidP="780B2053">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="00A74D48" w:rsidRPr="780B2053">
+              <w:r w:rsidRPr="780B2053">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A74D48" w:rsidRPr="00A74D48" w14:paraId="3E36D7BC" w14:textId="77777777" w:rsidTr="780B2053">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -2838,51 +2816,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="56174064" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Facilitator</w:t>
             </w:r>
@@ -2914,51 +2892,51 @@
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="61EC0783" w:rsidR="00A16BA9" w:rsidRPr="000B6E66" w:rsidRDefault="00EF11DE" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="011337DA" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
@@ -3134,51 +3112,51 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="2236CB73" w14:textId="138A3434" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="112D4666" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 2:</w:t>
             </w:r>
@@ -3338,51 +3316,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1622425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -3428,67 +3406,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D6164AF" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Share path of the cycle, explaining how </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
+              <w:t xml:space="preserve">Share path of the cycle, explaining how the professional learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A6B14DE" w14:textId="58BE414D" w:rsidR="003306DE" w:rsidRPr="000B6E66" w:rsidRDefault="003306DE" w:rsidP="00A74D48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190C4737" w14:textId="45F8BB40" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3532,51 +3494,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
@@ -3652,71 +3614,51 @@
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>This week, we’ll return to a planning protocol in which we plan and receive feedback on strategic ways that we can leverage our learning from last week as we work toward the goals and look-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> of this cycle. Just like musicians rehearsing, we are tuning and refining our practice off-stage before performing for our audience of students!”</w:t>
+              <w:t>This week, we’ll return to a planning protocol in which we plan and receive feedback on strategic ways that we can leverage our learning from last week as we work toward the goals and look-fors of this cycle. Just like musicians rehearsing, we are tuning and refining our practice off-stage before performing for our audience of students!”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C13D16E" w14:textId="53C0494B" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Team Building (2 min</w:t>
             </w:r>
             <w:r w:rsidR="00E116D6" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -3810,51 +3752,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 5:</w:t>
             </w:r>
@@ -3994,51 +3936,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1613535"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -4100,71 +4042,51 @@
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>“In our previous sessions, we</w:t>
             </w:r>
             <w:r w:rsidR="00020654" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ha</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">ve discussed the importance of teaching </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> and we dove into the implicit approach to vocabulary instruction. Today, we</w:t>
+              <w:t>ve discussed the importance of teaching vocabulary and we dove into the implicit approach to vocabulary instruction. Today, we</w:t>
             </w:r>
             <w:r w:rsidR="00731A91" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>re going to plan and practice implementing our shared learning. Please make sure you have the following materials pulled up: your goal-setting document and an upcoming read aloud/lesson plan. (If there is no formal lesson plan, that is okay -- the text is the most important part)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C94143" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="000B6E66" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -4237,51 +4159,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -4648,165 +4570,159 @@
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> our analysis and adaptation of the materials that will allow us to implement them masterfully with our students. In our first phase of planning today, </w:t>
             </w:r>
             <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000B6E66">
+              <w:t xml:space="preserve"> hone in on vocabulary in our read aloud. Based on our shared learning from the past two weeks, </w:t>
+            </w:r>
+            <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>hone in on</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>we will</w:t>
+            </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vocabulary in our read aloud. Based on our shared learning from the past two weeks, </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> be prioritizing Tier 2 and Tier 3 words that we think our students might struggle with. Then we will plan to teach those words using what we have learned about implicit vocabulary instruction. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="221CB250" w14:textId="19AB6222" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
+          <w:p w14:paraId="221CB250" w14:textId="0AB97F36" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="num" w:pos="1062"/>
                 <w:tab w:val="left" w:pos="1596"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Individually or in Co-teaching teams (20 min</w:t>
             </w:r>
-            <w:r w:rsidR="00E116D6" w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00E116D6" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Teachers analyze and adapt a portion of their curriculum that will elevate achievement for all students. If resource does not include implicit instruction, this is a place for adaptation, Teachers will also plan for effective implementation (</w:t>
             </w:r>
-            <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="000B6E66" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>i.e.,</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the diverse needs of students.</w:t>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the </w:t>
+            </w:r>
+            <w:r w:rsidR="1F2C1FDE" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">various </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>needs of students.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41F16E8B" w14:textId="6272BEE4" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t xml:space="preserve">If teachers do not have a </w:t>
             </w:r>
             <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>high-quality</w:t>
@@ -4882,51 +4798,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -5313,71 +5229,51 @@
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> be working like musicians who annotate their scores and shape the dynamics of even the most famous musical works before they perform these masterpieces on stage. In our first phase of planning today, </w:t>
             </w:r>
             <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> vocabulary in our read aloud. Based on our shared learning from the past two weeks, </w:t>
+              <w:t xml:space="preserve"> hone in on vocabulary in our read aloud. Based on our shared learning from the past two weeks, </w:t>
             </w:r>
             <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> be prioritizing Tier 2 and Tier 3 words that we think our students might struggle with. Then we will plan to teach those words using what we have learned about implicit vocabulary instruction. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="18D128F7" w:rsidR="003306DE" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
@@ -5498,139 +5394,157 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76513D39" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E982EC6" w14:textId="127919E2" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="00A74D48">
+          <w:p w14:paraId="7E982EC6" w14:textId="680A3309" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Framing for Practice (3 min</w:t>
             </w:r>
-            <w:r w:rsidR="00E116D6" w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00E116D6" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="000B6E66" w:rsidRPr="000B6E66">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="000B6E66" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B6E66">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              <w:t>Before we begin our “off-stage practice” let’s reflect: Why is lesson rehearsal important? How does it connect to equity? We will be practicing how we will teach 1-2 of the prioritized vocabulary words we identified during our planning”</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Before we begin our “off-stage practice” let’s reflect: Why is lesson rehearsal important? How does it connect to </w:t>
+            </w:r>
+            <w:r w:rsidR="1CD18AD7" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>? We will be practicing how we will teach 1-2 of the prioritized vocabulary words we identified during our planning”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D839B00" w14:textId="77777777" w:rsidR="00020654" w:rsidRPr="000B6E66" w:rsidRDefault="00020654" w:rsidP="00020654">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F476FB2" w14:textId="2B497E6B" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="00020654">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5683,98 +5597,140 @@
           <w:p w14:paraId="017A91C9" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="num" w:pos="1062"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Many professions practice: Musicians rehearse, doctors practice surgical procedures before they do them on living people, athletes go to practice. Teachers have one of the highest stakes audiences of all - and we can practice, too!</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56376AF7" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
+          <w:p w14:paraId="56376AF7" w14:textId="7B490345" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="num" w:pos="1062"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="270F603F" w14:textId="77777777" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="009740C5">
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson rehearsal is connected to </w:t>
+            </w:r>
+            <w:r w:rsidR="3D68312D" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2F21C407" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">grade-level learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>for students, because it helps teachers refine their instruction before bringing it to students. This way all kids get their teacher’s very best.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="270F603F" w14:textId="4CB7EBCE" w:rsidR="00A74D48" w:rsidRPr="000B6E66" w:rsidRDefault="00A74D48" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="num" w:pos="1062"/>
               </w:tabs>
               <w:ind w:left="1062"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-              <w:t>Lesson rehearsal is connected to equity for teachers because we all vary in terms of our current knowledge and experience. Practice gives us a chance to prepare for our students in an environment where can get feedback and support from others.</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson rehearsal is connected to </w:t>
+            </w:r>
+            <w:r w:rsidR="1E61CC8C" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">access </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>for teachers because we all vary in terms of our current knowledge and experience. Practice gives us a chance to prepare for our students in an environment where can get feedback and support from others.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CBE03A3" w14:textId="77777777" w:rsidR="003306DE" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="130D18FB" w14:textId="77777777" w:rsidR="00985ED5" w:rsidRDefault="00985ED5" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68B2D110" w14:textId="788417DE" w:rsidR="00985ED5" w:rsidRPr="000B6E66" w:rsidRDefault="00985ED5" w:rsidP="00EF11DE">
@@ -5840,51 +5796,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
@@ -6198,71 +6154,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>for your next steps with planning.  A question to consider in your reflection is:</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">What are my next steps, based on feedback received, that would ensure effective </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> for all learners?”</w:t>
+              <w:t>What are my next steps, based on feedback received, that would ensure effective implementation for all learners?”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7449E4D2" w14:textId="0A56B1CE" w:rsidR="003306DE" w:rsidRPr="000B6E66" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51DC31D1" w14:textId="67265072" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6306,51 +6242,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -6510,51 +6446,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="2F9EEF1B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 12:</w:t>
             </w:r>
@@ -6671,75 +6607,93 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="num" w:pos="1422"/>
               </w:tabs>
               <w:ind w:left="1422"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">What did you learn from engaging in the Practice and Feedback loop with your colleague? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15DD8950" w14:textId="77777777" w:rsidR="00E116D6" w:rsidRPr="000B6E66" w:rsidRDefault="00E116D6" w:rsidP="009740C5">
+          <w:p w14:paraId="15DD8950" w14:textId="49F5EF7C" w:rsidR="00E116D6" w:rsidRPr="000B6E66" w:rsidRDefault="00E116D6" w:rsidP="2F9EEF1B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2160"/>
                 <w:tab w:val="num" w:pos="1422"/>
               </w:tabs>
               <w:ind w:left="1422"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              <w:t>How has this process increased my intentional support for the diverse needs of students in my class?</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How has this process increased my intentional support for the </w:t>
+            </w:r>
+            <w:r w:rsidR="4D9B8CCE" w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F9EEF1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needs of students in my class?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EE99169" w14:textId="3698A457" w:rsidR="00E116D6" w:rsidRPr="000B6E66" w:rsidRDefault="00E116D6" w:rsidP="009740C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Upload Planning Artifacts (2 minutes): </w:t>
             </w:r>
             <w:r w:rsidRPr="000B6E66">
               <w:rPr>
@@ -6822,89 +6776,89 @@
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DDA92FA" w14:textId="1B593B0D" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="000B6E66" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00AF4E92" w:rsidRDefault="00AF4E92"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="007F134F" w:rsidRDefault="007F134F"/>
     <w:sectPr w:rsidR="007F134F" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5797B293" w14:textId="77777777" w:rsidR="0004240B" w:rsidRDefault="0004240B" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3AB1ACE6" w14:textId="77777777" w:rsidR="0004240B" w:rsidRDefault="0004240B" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6943,77 +6897,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7791A2D9" w14:textId="77777777" w:rsidR="0004240B" w:rsidRDefault="0004240B" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="012AC3E1" w14:textId="77777777" w:rsidR="0004240B" w:rsidRDefault="0004240B" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00AF4E92" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="007F134F" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -7094,70 +7048,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00AF4E92" w:rsidRDefault="00AF4E92">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="007F134F" w:rsidRDefault="007F134F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="092622CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A84C022C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -10162,151 +10116,160 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="250086238">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="20670949">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="488638186">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="960498077">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1297951955">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="925260934">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00020654"/>
     <w:rsid w:val="0004240B"/>
     <w:rsid w:val="000B6E66"/>
     <w:rsid w:val="0012545E"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="00291F5C"/>
     <w:rsid w:val="002B6768"/>
     <w:rsid w:val="002C399F"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
-    <w:rsid w:val="005008D2"/>
     <w:rsid w:val="005014B8"/>
+    <w:rsid w:val="00514EAA"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="006003BA"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00680F5A"/>
     <w:rsid w:val="00731A91"/>
     <w:rsid w:val="00773E8A"/>
     <w:rsid w:val="00794947"/>
+    <w:rsid w:val="007F134F"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="008D185F"/>
     <w:rsid w:val="008D643D"/>
     <w:rsid w:val="0094002F"/>
     <w:rsid w:val="00945220"/>
     <w:rsid w:val="009740C5"/>
     <w:rsid w:val="00985ED5"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00A74D48"/>
-    <w:rsid w:val="00AF4E92"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B906CD"/>
     <w:rsid w:val="00C85E87"/>
     <w:rsid w:val="00CA052D"/>
     <w:rsid w:val="00CB5C02"/>
     <w:rsid w:val="00CC00EB"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00D8725D"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E116D6"/>
     <w:rsid w:val="00EF11DE"/>
     <w:rsid w:val="00FC47AD"/>
+    <w:rsid w:val="1CD18AD7"/>
+    <w:rsid w:val="1E61CC8C"/>
+    <w:rsid w:val="1F2C1FDE"/>
+    <w:rsid w:val="2BB544B0"/>
+    <w:rsid w:val="2F21C407"/>
+    <w:rsid w:val="2F9EEF1B"/>
+    <w:rsid w:val="3D68312D"/>
     <w:rsid w:val="3DDAC7AA"/>
     <w:rsid w:val="3E9D9112"/>
+    <w:rsid w:val="3F16BFFC"/>
+    <w:rsid w:val="4D9B8CCE"/>
     <w:rsid w:val="780B2053"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10956,51 +10919,51 @@
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D8725D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13203,50 +13166,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-23T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1242</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1242</Url>
+      <Description>KYED-536-1242</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -13498,171 +13487,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...24 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{572B1817-5E90-46E2-8CDD-E33578F16B27}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{806A673F-6CEF-4AEF-8C5F-345EBF7B19C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FA4B4A-E740-4927-ABE4-6ADBC83869D8}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A321B12-640B-4A9B-B469-375393679F8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63655F69-85FA-4C87-B942-FC8DB6162B81}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{329F780A-B917-4FC1-B127-B0D900E418BB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2343</Words>
-  <Characters>13361</Characters>
+  <Words>1930</Words>
+  <Characters>13819</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>987</Lines>
+  <Paragraphs>715</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15673</CharactersWithSpaces>
+  <CharactersWithSpaces>15034</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>