--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,124 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="3D0FD0A7" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22C4784D" w14:textId="461AB6C4" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Do Now: Pre-Work Reflection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="001E4814">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>Vocabulary article</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6647EF72" w14:textId="0FA46E38" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
+    <w:p w14:paraId="6647EF72" w14:textId="08CC46DE" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA" w:rsidP="4D5AA04A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4D5AA04A">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
-        </w:rPr>
-        <w:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+      </w:r>
+      <w:r w:rsidR="3C0E08F3" w:rsidRPr="4D5AA04A">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4D5AA04A">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B9E192" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
         <w:t>What does vocabulary instruction currently look like in your classroom? What is the impact?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260F933B" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
       <w:pPr>
@@ -156,51 +174,50 @@
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB32D3" w14:paraId="3863B501" w14:textId="77777777" w:rsidTr="00595A2B">
         <w:trPr>
           <w:trHeight w:val="3660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33BEC3A1" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -293,91 +310,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
         <w:t>Define and give examples of Tier 1, Tier 2, and Tier 3 words.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1397A524" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
-        <w:t>How do we know which words to spend the most time on?</w:t>
+        <w:t xml:space="preserve">How do we know which words to spend </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>the most</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time on?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA6FF11" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB32D3" w14:paraId="459A8DD3" w14:textId="77777777" w:rsidTr="00595A2B">
         <w:trPr>
           <w:trHeight w:val="2680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1093F05E" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1678FAAD" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
@@ -568,100 +600,90 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55813A78" w14:textId="4FECB7F3" w:rsidR="00EB32D3" w:rsidRDefault="001E4814" w:rsidP="001E4814">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="001F6CCA">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Summarize the </w:t>
+        <w:t>Summarize the Text</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="59ACF9B7" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a1"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB32D3" w14:paraId="57612359" w14:textId="77777777" w:rsidTr="00595A2B">
         <w:trPr>
           <w:trHeight w:val="4170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BF4BF70" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4495EA3E" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -699,335 +721,347 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a2"/>
         <w:tblW w:w="10410" w:type="dxa"/>
         <w:tblInd w:w="490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5010"/>
         <w:gridCol w:w="5400"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB32D3" w14:paraId="562FFFE7" w14:textId="77777777" w:rsidTr="00595A2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A31F7C5" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tier 2 Words</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19FB3BC0" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tier 3 Words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB32D3" w14:paraId="45B517ED" w14:textId="77777777" w:rsidTr="00595A2B">
         <w:trPr>
           <w:trHeight w:val="5415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10B1F262" w14:textId="76D472C5" w:rsidR="001E4814" w:rsidRPr="001E4814" w:rsidRDefault="001E4814" w:rsidP="001E4814">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="764B66D6" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="00EB32D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F63C66C" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EB32D3">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="679E1268" w14:textId="77777777" w:rsidR="00C64546" w:rsidRDefault="00C64546">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2BF11C90" w14:textId="77777777" w:rsidR="00C64546" w:rsidRDefault="00C64546">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins SemiBold">
-    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42F3D45B" w14:textId="77777777" w:rsidR="00EB32D3" w:rsidRDefault="001F6CCA">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0091054E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51202AD8" w14:textId="77777777" w:rsidR="00C64546" w:rsidRDefault="00C64546">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76F0E7B0" w14:textId="77777777" w:rsidR="00C64546" w:rsidRDefault="00C64546">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7479E76F" w14:textId="59D74241" w:rsidR="00EB32D3" w:rsidRDefault="001E4814">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins SemiBold" w:eastAsia="Poppins SemiBold" w:hAnsi="Poppins SemiBold" w:cs="Poppins SemiBold"/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32159A4C" wp14:editId="330D7676">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-434340</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="792480" cy="792480"/>
@@ -1369,51 +1403,51 @@
     </w:r>
     <w:r w:rsidR="001F6CCA">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001F6CCA">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date: </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18825705"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60A4E962"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1596,125 +1630,132 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1570580911">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="809522050">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB32D3"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="001E4814"/>
     <w:rsid w:val="001F6CCA"/>
+    <w:rsid w:val="00285E19"/>
     <w:rsid w:val="00595A2B"/>
+    <w:rsid w:val="00657558"/>
     <w:rsid w:val="007D52D8"/>
+    <w:rsid w:val="008B6629"/>
     <w:rsid w:val="0091054E"/>
     <w:rsid w:val="00C64546"/>
     <w:rsid w:val="00EB32D3"/>
+    <w:rsid w:val="06F5F5CC"/>
+    <w:rsid w:val="3C0E08F3"/>
+    <w:rsid w:val="4D5AA04A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03626071"/>
   <w15:docId w15:val="{5635E419-9155-45B3-94F3-78C9228C112B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2214,50 +2255,51 @@
     <w:rsid w:val="001E4814"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="990"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
@@ -2379,55 +2421,55 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001E4814"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001E4814"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3104,81 +3146,112 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEBE1166-F454-4E7D-B873-A78B2769A35B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E654F33-A791-4557-84B9-5E2B3CE3A08E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FDE66D4-6C21-4B7D-981F-42DB9CBBEA72}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FDE66D4-6C21-4B7D-981F-42DB9CBBEA72}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C61E7D3-726C-41E2-9277-F036FB4B36F9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C61E7D3-726C-41E2-9277-F036FB4B36F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E558D32-B00F-4D5D-B262-6DC87819A545}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{072E246D-E72A-41F0-98E9-DAB4CA3B658A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>546</Characters>
+  <Pages>3</Pages>
+  <Words>101</Words>
+  <Characters>537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>640</CharactersWithSpaces>
+  <CharactersWithSpaces>631</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:53:17Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>449b3740-ed5b-4094-b446-6616631a1f40</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f11dde9a-a1ed-41da-bf18-6b12fd0fae9b</vt:lpwstr>
   </property>
 </Properties>
 </file>