--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,423 +1,393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="248269B6" w14:textId="77777777" w:rsidR="00141131" w:rsidRPr="00BE585A" w:rsidRDefault="00141131" w:rsidP="00BE585A">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00141131" w14:paraId="3D8C6F55" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="3D8C6F55" w14:textId="77777777" w:rsidTr="095FD7B8">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
           <w:p w14:paraId="3A1E4435" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="1rkxj0u9ktnq" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="1" w:name="_1fxov4jm44p3" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEACHER GOALS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="362B7DF8" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="362B7DF8" w14:textId="051C3DA5" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>While implementing these look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, teachers will reflect on patterns between their planning and practice and student outcomes, with attention to outcomes for </w:t>
+            </w:r>
+            <w:r w:rsidR="3168B315" w:rsidRPr="095FD7B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, in service of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="095FD7B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="095FD7B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> students meeting the student goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="0FA0C408" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="0FA0C408" w14:textId="77777777" w:rsidTr="095FD7B8">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F97DA5B" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Planning and Practice Look-</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Planning and Practice Look-Fors</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="53F5F636" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="53F5F636" w14:textId="77777777" w:rsidTr="095FD7B8">
         <w:trPr>
           <w:trHeight w:val="1120"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="258D1AC2" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="258D1AC2" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="314852A1" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions and tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314852A1" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g. text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E96AF46" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary </w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="35CEE087" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+              <w:t>Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35CEE087" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="762D34D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ver the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C887B8D" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AF8A843" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
@@ -604,574 +574,550 @@
     </w:p>
     <w:p w14:paraId="1BFEB0E0" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D432E8" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7200"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00141131" w14:paraId="798A6E95" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="798A6E95" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
           <w:p w14:paraId="2BB1A43B" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="d45f3bazjlw5" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="3" w:name="_fyjiqvn3ga6" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SELF-REFLECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58F63CE1" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="58F63CE1" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="095FD7B8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Review the look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> below and reflect on how you would rate your current planning and instruction.  Then, prioritize the look-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="095FD7B8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> that you want to focus on most deeply during the upcoming weeks with an accountability partner and determine what data or evidence you will collect to measure progress towards your goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="686A2F55" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="686A2F55" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EC14B14" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In my classroom planning and practice:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="6D8FE2C8" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="72D9A7C2" w14:paraId="17C34CE3" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CA6AD64" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="620A830F" w14:textId="77777777" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72D9A7C2">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="3156A32E" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions and tasks focus on academic or domain-specific words that are most likely to be encountered again in the future or are most critical for comprehending the text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04285346" w14:textId="0AD05D6A" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="06F51CCE" wp14:editId="31801B9B">
-[...6 lines deleted...]
-                      </wp:positionV>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56BADB5C" wp14:editId="6CD5AD94">
                       <wp:extent cx="3213100" cy="25400"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                      <wp:wrapNone/>
-                      <wp:docPr id="3" name="Straight Arrow Connector 3">
+                      <wp:docPr id="994020902" name="Straight Arrow Connector 3">
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                             <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                           </a:ext>
                         </a:extLst>
                       </wp:docPr>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...9 lines deleted...]
-                </mc:Fallback>
+                <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63BEEAFC" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="52D84668" w14:textId="155496AB" w:rsidR="72D9A7C2" w:rsidRDefault="72D9A7C2" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E4C5C15" w14:textId="6C17A3A2" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E49A621" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="6F6687DC" w14:textId="77777777" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72D9A7C2">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...41 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g. text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4502F8F3" w14:textId="2A4E4267" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4397DF23" wp14:editId="1AAFDF54">
-[...6 lines deleted...]
-                      </wp:positionV>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C72ECC0" wp14:editId="4A2F4D0A">
                       <wp:extent cx="3213100" cy="25400"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                      <wp:wrapNone/>
-                      <wp:docPr id="2" name="Straight Arrow Connector 2">
+                      <wp:docPr id="887062364" name="Straight Arrow Connector 2">
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                             <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                           </a:ext>
                         </a:extLst>
                       </wp:docPr>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                    </wp:anchor>
+                    </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...5 lines deleted...]
-                </mc:Fallback>
+                <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </mc:AlternateContent>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              </w:numPr>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72770186" w14:textId="279A1072" w:rsidR="72D9A7C2" w:rsidRDefault="72D9A7C2" w:rsidP="72D9A7C2">
+            <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5D268B" w14:textId="77777777" w:rsidR="7A60C393" w:rsidRDefault="7A60C393" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="3923E3AB" w14:textId="6DF12440" w:rsidR="72D9A7C2" w:rsidRDefault="72D9A7C2" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="3ECFBA2D" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="3ECFBA2D" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43FBFABB" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Weekly lessons deepen students’ word knowledge by explicitly defining, modeling, and giving students active practice with 6-10 vocabulary words</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="34CEBD50" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A4176AF" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1207,142 +1153,128 @@
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="22B9191B" id="Straight Arrow Connector 4" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:47.25pt;margin-top:6.75pt;width:253pt;height:2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvNIku6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k83mQtsomyoklBcE&#10;kQofMLG9u5Z809jNJn/P2ElTaF8QYh+8Y3su55wZL++P1rCDwqi9a3g9GnOmnPBSu67hP388fLjl&#10;LCZwEox3quEnFfn96v275RAWauJ7b6RCRklcXAyh4X1KYVFVUfTKQhz5oBxdth4tJNpiV0mEgbJb&#10;U03G44/V4FEG9ELFSKfb8yVflfxtq0T63rZRJWYaTthSWbGs+7xWqyUsOoTQa3GBAf+AwoJ2VPSa&#10;agsJ2BPqN6msFuijb9NIeFv5ttVCFQ7Eph6/YvPYQ1CFC4kTw1Wm+P/Sim+HHTItGz7jzIGlFj0m&#10;BN31ia0R/cA23jmS0SObZbWGEBcUtHE7vOxi2GGmfmzR5j+RYseGT2+md7M5aX7K9u2YvrPa6piY&#10;yA6TelrTIRPkUe6qlyQBY/qivGXZaHi8YLqCqYvacPgaE8GgwOeAjMD5B21Maa1xbGj43XwypzpA&#10;A9YaSGTaQJSj60qa6I2WOSQHR+z2G4PsADQys/XN9tM646YSf7jleluI/dmvXJ3poX9ystTuFcjP&#10;TrJ0CiRrQg2uM4pnQFZJzoyiJ5Ot4p1Am7/1JjDGEabcjLP82dp7eSpdKec0MAX1ZbjzRP6+L9Ev&#10;T3D1CwAA//8DAFBLAwQUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;wU7DMAy9I/EPkZG4IJYw6IDSdJqAnQfbDhzdxrQVjVM12Vb+HnOCk+33nt57LpaT79WRxtgFtnAz&#10;M6CI6+A6bizsd+vrB1AxITvsA5OFb4qwLM/PCsxdOPE7HbepUWLCMUcLbUpDrnWsW/IYZ2EgFu4z&#10;jB6TnGOj3YgnMfe9nhuz0B47loQWB3puqf7aHryFVZa9uLf5x1WDFaGbwutGr421lxfT6glUoin9&#10;ieG3vlSHUjpV4cAuqt7C410mSsFvZQq/MEaWSoD7DHRZ6P8PlD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbzSJLusBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#4a7dba">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
+                  <w:pict w14:anchorId="1D644301">
+                    <v:shape id="Straight Arrow Connector 4" style="position:absolute;margin-left:47.25pt;margin-top:6.75pt;width:253pt;height:2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4a7dba" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvNIku6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k83mQtsomyoklBcE&#10;kQofMLG9u5Z809jNJn/P2ElTaF8QYh+8Y3su55wZL++P1rCDwqi9a3g9GnOmnPBSu67hP388fLjl&#10;LCZwEox3quEnFfn96v275RAWauJ7b6RCRklcXAyh4X1KYVFVUfTKQhz5oBxdth4tJNpiV0mEgbJb&#10;U03G44/V4FEG9ELFSKfb8yVflfxtq0T63rZRJWYaTthSWbGs+7xWqyUsOoTQa3GBAf+AwoJ2VPSa&#10;agsJ2BPqN6msFuijb9NIeFv5ttVCFQ7Eph6/YvPYQ1CFC4kTw1Wm+P/Sim+HHTItGz7jzIGlFj0m&#10;BN31ia0R/cA23jmS0SObZbWGEBcUtHE7vOxi2GGmfmzR5j+RYseGT2+md7M5aX7K9u2YvrPa6piY&#10;yA6TelrTIRPkUe6qlyQBY/qivGXZaHi8YLqCqYvacPgaE8GgwOeAjMD5B21Maa1xbGj43XwypzpA&#10;A9YaSGTaQJSj60qa6I2WOSQHR+z2G4PsADQys/XN9tM646YSf7jleluI/dmvXJ3poX9ystTuFcjP&#10;TrJ0CiRrQg2uM4pnQFZJzoyiJ5Ot4p1Am7/1JjDGEabcjLP82dp7eSpdKec0MAX1ZbjzRP6+L9Ev&#10;T3D1CwAA//8DAFBLAwQUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;wU7DMAy9I/EPkZG4IJYw6IDSdJqAnQfbDhzdxrQVjVM12Vb+HnOCk+33nt57LpaT79WRxtgFtnAz&#10;M6CI6+A6bizsd+vrB1AxITvsA5OFb4qwLM/PCsxdOPE7HbepUWLCMUcLbUpDrnWsW/IYZ2EgFu4z&#10;jB6TnGOj3YgnMfe9nhuz0B47loQWB3puqf7aHryFVZa9uLf5x1WDFaGbwutGr421lxfT6glUoin9&#10;ieG3vlSHUjpV4cAuqt7C410mSsFvZQq/MEaWSoD7DHRZ6P8PlD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbzSJLusBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAPGtxndoAAAAIAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" w14:anchorId="22B9191B">
                       <v:stroke startarrow="block" endarrow="block"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C73027F" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2333A3C5" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="2333A3C5" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ver the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F1E8A0C" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21A29ACB" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -1385,170 +1317,164 @@
                               <a:xfrm>
                                 <a:off x="3739450" y="3780000"/>
                                 <a:ext cx="3213100" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="straightConnector1">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="4A7DBA"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="triangle" w="med" len="med"/>
                                 <a:tailEnd type="triangle" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="5CD05C5B" id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:44pt;margin-top:6pt;width:253pt;height:2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+H3sc6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOmrUN4hRZsu5l&#10;2AJ0+wBGkm0BuoFS4+TvRylpusvLMMwPMiWRh4eH1PLhaA07KIzau5Y3k5oz5YSX2vUt//7t8d0d&#10;ZzGBk2C8Uy0/qcgfVm/fLMewUFM/eCMVMgJxcTGGlg8phUVVRTEoC3Hig3J02Xm0kGiLfSURRkK3&#10;pprW9ftq9CgDeqFipNPt+ZKvCn7XKZG+dl1UiZmWE7dUVizrPq/VagmLHiEMWlxowD+wsKAdJb1C&#10;bSEBe0b9B5TVAn30XZoIbyvfdVqoUgNV09S/VfM0QFClFhInhqtM8f/Bii+HHTItqXecObDUoqeE&#10;oPshsTWiH9nGO0cyemRNVmsMcUFBG7fDyy6GHebSjx3a/Kei2LHls9vZ/c2cND9l+66m76y2OiYm&#10;ssO0mTV0yAR5lLvqFSRgTJ+UtywbLY8XTlcyTVEbDp9jIhoU+BKQGTj/qI0prTWOjS2/n0/nlAdo&#10;wDoDiUwbqOTo+gITvdEyh+TgiP1+Y5AdgEbmZn27/bDOvCnFL2453xbicPYrV+fy0D87WXIPCuRH&#10;J1k6BZI1oQbXG8UzIaskZ0bRk8lW8U6gzd96ExnjiFNuxln+bO29PJWulHMamML6Mtx5In/el+jX&#10;J7j6AQAA//8DAFBLAwQUAAYACAAAACEAHkNAadkAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;TU/DMAy9I/EfIiNxQSyholMpTacJ2BkYHDi6jWkrGqdqsq38e8wJTrbfs95HtVn8qI40xyGwhZuV&#10;AUXcBjdwZ+H9bXddgIoJ2eEYmCx8U4RNfX5WYenCiV/puE+dEhGOJVroU5pKrWPbk8e4ChOxcJ9h&#10;9pjknDvtZjyJuB91ZsxaexxYHHqc6KGn9mt/8Ba2ef7oXrKPqw4bQreEp2e9M9ZeXizbe1CJlvT3&#10;DL/xJTrUkqkJB3ZRjRaKQqokwTOZwud3t7I0AqwN6LrS/wvUPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD+H3sc6wEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAeQ0Bp2QAAAAgBAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" strokecolor="#4a7dba">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
+                  <w:pict w14:anchorId="16E763E9">
+                    <v:shape id="Straight Arrow Connector 1" style="position:absolute;margin-left:44pt;margin-top:6pt;width:253pt;height:2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4a7dba" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+H3sc6wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOmrUN4hRZsu5l&#10;2AJ0+wBGkm0BuoFS4+TvRylpusvLMMwPMiWRh4eH1PLhaA07KIzau5Y3k5oz5YSX2vUt//7t8d0d&#10;ZzGBk2C8Uy0/qcgfVm/fLMewUFM/eCMVMgJxcTGGlg8phUVVRTEoC3Hig3J02Xm0kGiLfSURRkK3&#10;pprW9ftq9CgDeqFipNPt+ZKvCn7XKZG+dl1UiZmWE7dUVizrPq/VagmLHiEMWlxowD+wsKAdJb1C&#10;bSEBe0b9B5TVAn30XZoIbyvfdVqoUgNV09S/VfM0QFClFhInhqtM8f/Bii+HHTItqXecObDUoqeE&#10;oPshsTWiH9nGO0cyemRNVmsMcUFBG7fDyy6GHebSjx3a/Kei2LHls9vZ/c2cND9l+66m76y2OiYm&#10;ssO0mTV0yAR5lLvqFSRgTJ+UtywbLY8XTlcyTVEbDp9jIhoU+BKQGTj/qI0prTWOjS2/n0/nlAdo&#10;wDoDiUwbqOTo+gITvdEyh+TgiP1+Y5AdgEbmZn27/bDOvCnFL2453xbicPYrV+fy0D87WXIPCuRH&#10;J1k6BZI1oQbXG8UzIaskZ0bRk8lW8U6gzd96ExnjiFNuxln+bO29PJWulHMamML6Mtx5In/el+jX&#10;J7j6AQAA//8DAFBLAwQUAAYACAAAACEAHkNAadkAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP&#10;TU/DMAy9I/EfIiNxQSyholMpTacJ2BkYHDi6jWkrGqdqsq38e8wJTrbfs95HtVn8qI40xyGwhZuV&#10;AUXcBjdwZ+H9bXddgIoJ2eEYmCx8U4RNfX5WYenCiV/puE+dEhGOJVroU5pKrWPbk8e4ChOxcJ9h&#10;9pjknDvtZjyJuB91ZsxaexxYHHqc6KGn9mt/8Ba2ef7oXrKPqw4bQreEp2e9M9ZeXizbe1CJlvT3&#10;DL/xJTrUkqkJB3ZRjRaKQqokwTOZwud3t7I0AqwN6LrS/wvUPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD+H3sc6wEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAeQ0Bp2QAAAAgBAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" w14:anchorId="5CD05C5B">
                       <v:stroke startarrow="block" endarrow="block"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76192C91" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
-[...4 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="76192C91" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="22E59FCE" w:rsidP="72D9A7C2">
+            <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="72D9A7C2">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rarely                   Sometimes               Frequently                Always</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="7417D68E" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="7417D68E" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="422621CB" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>My Focus Look-</w:t>
+              <w:t>My Focus Look-Fors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BEB5398" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What are 1-2 look </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Fors</w:t>
+            <w:r w:rsidRPr="762D34D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fors</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...28 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> that you will prioritize in your planning and practice?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DF2C8CF" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1565,58 +1491,58 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="060E77D5" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What data will you collect to measure progress toward your goal?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="6DFA02A8" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="6DFA02A8" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="518EFDEC" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75B015C8" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -1668,51 +1594,51 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B9978DD" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29BE8F4D" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1814,323 +1740,264 @@
     </w:tbl>
     <w:p w14:paraId="2B44D9AC" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B5F7208" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67A64883" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
+    <w:p w14:paraId="1D1D06BD" w14:textId="6DA6E4AB" w:rsidR="72D9A7C2" w:rsidRDefault="72D9A7C2" w:rsidP="72D9A7C2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7138BEDA" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
-[...9 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="17D2B732" w14:textId="2E89A210" w:rsidR="72D9A7C2" w:rsidRDefault="72D9A7C2"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a1"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7200"/>
-        <w:gridCol w:w="7200"/>
+        <w:gridCol w:w="7144"/>
+        <w:gridCol w:w="3628"/>
+        <w:gridCol w:w="3628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00141131" w14:paraId="5EBB06F6" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="5EBB06F6" w14:textId="77777777" w:rsidTr="63AE5406">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="360" w:type="dxa"/>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           </w:tcPr>
           <w:p w14:paraId="28FE954D" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="6b7zym67mmm3" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="5" w:name="_hivpsxxwzu3k" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>STUDENT GOALS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49B27839" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="49B27839" w14:textId="0053D135" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="63AE5406">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">These goals are for </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="63AE5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="63AE5406">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> students, including subgroups of students considering race, gender, language, learning needs, and socioeconomic status.</w:t>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students</w:t>
+            </w:r>
+            <w:r w:rsidR="1D3C44BF" w:rsidRPr="63AE5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="4BC7B199" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="32692EE4" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="360" w:type="dxa"/>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
           </w:tcPr>
-          <w:p w14:paraId="4806E68E" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
-[...47 lines deleted...]
-          <w:p w14:paraId="46F51685" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="46F51685" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Possible goals:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="436DC149" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students average 80% on unit/domain/module vocabulary </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Students average 80% on unit/domain/module vocabulary assessment</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="649CE69B" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students average 80% on unit/domain/module assessment or a prioritized culminating </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Students average 80% on unit/domain/module assessment or a prioritized culminating activity</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7247C762" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Students average 1 point of growth on a prioritized unit/domain/module writing task (using curriculum or school rubric)</w:t>
             </w:r>
@@ -2185,579 +2052,676 @@
           </w:p>
           <w:p w14:paraId="5CBDAAFD" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73558200" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="5E8E7037" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="00141131" w14:paraId="5E8E7037" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7200" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0838A218" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Focus Students</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAF2E35" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Use the criteria below to select 6 students who will anchor your progress monitoring throughout the Content Cycle.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7200" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E8CAFFF" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Data and Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7648B681" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>What data will you collect to measure your students’ progress toward the goals?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141131" w14:paraId="435C71BD" w14:textId="77777777" w:rsidTr="72D9A7C2">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="360" w:type="dxa"/>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0838A218" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="1973E9D7" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE" w:rsidP="762D34D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="7FAF2E35" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="762D34D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Selected students currently reflect a range of proficiency levels (high, medium, low)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C60D1F0" w14:textId="72D1E651" w:rsidR="00141131" w:rsidRPr="00BE585A" w:rsidRDefault="00A701EE" w:rsidP="00BE585A">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="095FD7B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Selected students reflect the overall class demographic </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2962F1E1" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53E60ACC" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B390795" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="40C1AC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E8CAFFF" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+          <w:p w14:paraId="15E49FF2" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="7648B681" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unit or domain assessment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED8BEF5" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>What data will you collect to measure your students’ progress toward the goals?</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vocabulary assessment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C22B81C" w14:textId="0E744765" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exit tickets or other written</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE585A">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>responses</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFDF4CC" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Performance Tasks </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA4FBCB" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00141131" w14:paraId="435C71BD" w14:textId="77777777" w:rsidTr="007104B4">
+      <w:tr w:rsidR="72D9A7C2" w14:paraId="21D088A4" w14:textId="77777777" w:rsidTr="72D9A7C2">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="7560" w:type="dxa"/>
+          <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="14400" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1973E9D7" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
-[...230 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2624C104" w14:textId="17FCCABB" w:rsidR="39263BA9" w:rsidRDefault="39263BA9" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="Bookmark1"/>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STUDENT GOALS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECE9556" w14:textId="4691D2E5" w:rsidR="39263BA9" w:rsidRDefault="39263BA9" w:rsidP="72D9A7C2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">These goals are for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="72D9A7C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C843514" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00141131">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00141131">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66010F8E" w14:textId="77777777" w:rsidR="00622665" w:rsidRDefault="00622665">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1A2DEA4B" w14:textId="77777777" w:rsidR="00622665" w:rsidRDefault="00622665">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AC11307" w14:textId="77777777" w:rsidR="00200556" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E5D1B8E" w14:textId="77777777" w:rsidR="00200556" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C10B239" w14:textId="77777777" w:rsidR="00200556" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1DA9CCED" w14:textId="77777777" w:rsidR="00622665" w:rsidRDefault="00622665">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E4AD9BC" w14:textId="77777777" w:rsidR="00622665" w:rsidRDefault="00622665">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="694F0405" w14:textId="77777777" w:rsidR="00200556" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C86412C" w14:textId="4F92DABD" w:rsidR="00141131" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -3215,192 +3179,192 @@
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Cycle Overview</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2865" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="0C2FF29D" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00622665">
+        <w:p w14:paraId="0C2FF29D" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="1rkxj0u9ktnq">
-            <w:r w:rsidR="00A701EE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Teacher </w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00A701EE">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Goals</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2925" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="267B15FA" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00622665">
+        <w:p w14:paraId="267B15FA" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="d45f3bazjlw5">
-            <w:r w:rsidR="00A701EE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Self-Reflect</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00A701EE">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="FFFFFF"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>ion</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3000" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="2D68C4"/>
           <w:tcMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:left w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
             <w:right w:w="100" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="5B06E059" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00622665">
+        <w:p w14:paraId="5B06E059" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00A701EE">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               <w:color w:val="F3F3F3"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="6b7zym67mmm3">
-            <w:r w:rsidR="00A701EE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="FFFFFF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Student Goals</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="073F82D3" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00622665">
+  <w:p w14:paraId="073F82D3" w14:textId="77777777" w:rsidR="00141131" w:rsidRDefault="00962088">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1260"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:pict w14:anchorId="20701E09">
         <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A0EC0DB" w14:textId="77777777" w:rsidR="00200556" w:rsidRDefault="00200556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E42237D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="474C8986"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3809,131 +3773,153 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❏"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1140735156">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="83649693">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="425541847">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="940919054">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00141131"/>
     <w:rsid w:val="00141131"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="00200556"/>
+    <w:rsid w:val="00365AA1"/>
     <w:rsid w:val="00575604"/>
     <w:rsid w:val="005A176B"/>
     <w:rsid w:val="00622665"/>
     <w:rsid w:val="007104B4"/>
+    <w:rsid w:val="00851F77"/>
     <w:rsid w:val="00A701EE"/>
     <w:rsid w:val="00BE585A"/>
+    <w:rsid w:val="00E67B3D"/>
+    <w:rsid w:val="095FD7B8"/>
+    <w:rsid w:val="0FEE3533"/>
+    <w:rsid w:val="1B6A61DD"/>
+    <w:rsid w:val="1D3C44BF"/>
+    <w:rsid w:val="20BC62F3"/>
+    <w:rsid w:val="22E59FCE"/>
+    <w:rsid w:val="3168B315"/>
+    <w:rsid w:val="32706C59"/>
+    <w:rsid w:val="39263BA9"/>
+    <w:rsid w:val="39B81203"/>
+    <w:rsid w:val="3A381EE3"/>
+    <w:rsid w:val="4946C6A8"/>
+    <w:rsid w:val="510BF786"/>
+    <w:rsid w:val="61F7291D"/>
+    <w:rsid w:val="63AE5406"/>
+    <w:rsid w:val="72D9A7C2"/>
+    <w:rsid w:val="762D34D5"/>
+    <w:rsid w:val="7A60C393"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26AC2A61"/>
   <w15:docId w15:val="{C5FF557D-899B-46D3-9AF6-27BA09B7DE35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4647,55 +4633,55 @@
     <w:rsid w:val="00200556"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="007104B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4995,50 +4981,76 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-01-06T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1153</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1153</Url>
+      <Description>KYED-536-1153</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -5290,163 +5302,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...24 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B261DB7B-5653-4F3A-951C-71BA2F2E72E2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{766007A2-6AFA-468D-9D4D-81E9AF5674E3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27B700A3-E792-404B-996A-57C1AA756086}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7BF1F43-5C24-4607-A174-638EC1B0A231}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{766007A2-6AFA-468D-9D4D-81E9AF5674E3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27B700A3-E792-404B-996A-57C1AA756086}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D45B0AB2-A615-4114-8CDF-997ADF0169C2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09D771EF-ECEA-47BC-993D-0B98E05C2D35}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3393</Characters>
+  <Pages>5</Pages>
+  <Words>518</Words>
+  <Characters>2992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3981</CharactersWithSpaces>
+  <CharactersWithSpaces>3659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:53:25Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>d35ee213-b7b3-4ece-b44d-49997901f98e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>d0837732-4093-4ac7-9974-168724c18194</vt:lpwstr>
   </property>
 </Properties>
 </file>