--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="275679F0" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -97,391 +97,440 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00EF11DE">
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2134"/>
         <w:gridCol w:w="12246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="00C85E87">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="2B89FCBB" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AE0C247" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="0C20EF8E" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B14ABA" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade Band/ Content Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="178CB5A3" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="32D66A78" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6692DD0C" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B36F39F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
+          <w:p w14:paraId="2B36F39F" w14:textId="3FBC8BC4" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="5E334964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="3BFBFE2E" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762CE191" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="688E3191" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BF3B8F" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enduring Understandings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515CBF1B" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>comprehension, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>less</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1C46B2" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
@@ -539,106 +588,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="005014B8">
+      <w:tr w:rsidR="005014B8" w:rsidRPr="005014B8" w14:paraId="7DF4E33D" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321088A1" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Components of Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F56531E" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -657,51 +706,71 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Learning: </w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+              <w:t xml:space="preserve">Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6615CD05" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -912,51 +981,75 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A21DA57" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC21991" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -1116,51 +1209,71 @@
               <w:t>text.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D84487" w14:textId="7A9471A9" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lessons broaden students’ word knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
+              <w:t>Lessons broaden students</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>’ word</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005014B8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> knowledge through instructional strategies (e.g., text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during </w:t>
             </w:r>
             <w:r w:rsidR="0012545E" w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>reading.</w:t>
             </w:r>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C9D013" w14:textId="2BD96A0A" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
@@ -1386,51 +1499,51 @@
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14570" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1830"/>
         <w:gridCol w:w="1455"/>
         <w:gridCol w:w="5085"/>
         <w:gridCol w:w="6200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="4DB29893" w14:textId="77777777" w:rsidTr="33395952">
+      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="4DB29893" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="693EF3B4" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="00617037">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
@@ -1480,51 +1593,51 @@
             <w:r w:rsidR="00CC00EB" w:rsidRPr="33395952">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>90-minute</w:t>
             </w:r>
             <w:r w:rsidRPr="33395952">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> session, but schools can adjust the pacing of learning based on their context and teacher needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="00DBE3B8" w14:textId="77777777" w:rsidTr="33395952">
+      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="00DBE3B8" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57942501" w14:textId="77777777" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="00617037">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1643,51 +1756,51 @@
           <w:p w14:paraId="5DC8F13F" w14:textId="57C88F35" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="00617037">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Assessment of Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="0A360562" w14:textId="77777777" w:rsidTr="33395952">
+      <w:tr w:rsidR="00617037" w:rsidRPr="005014B8" w14:paraId="0A360562" w14:textId="77777777" w:rsidTr="5E334964">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07CB7FB7" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="005014B8">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
@@ -1809,162 +1922,171 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C0CB283" w14:textId="08AAC13D" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00617037">
+          <w:p w14:paraId="1C0CB283" w14:textId="062F6EE6" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="5E334964">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005014B8">
-[...14 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain why vocabulary instruction matters for </w:t>
+            </w:r>
+            <w:r w:rsidR="3A77A419" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all.</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="005014B8">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Identify which words to teach and why </w:t>
             </w:r>
-            <w:r w:rsidRPr="005014B8">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="005014B8">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Create personal planning and practice goals to accelerate learning for </w:t>
             </w:r>
-            <w:r w:rsidRPr="005014B8">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
-            <w:r w:rsidRPr="005014B8">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3244C316" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
+          <w:p w14:paraId="3244C316" w14:textId="7C49E227" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="5E334964">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="450"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-              <w:t>Explain the relationship between vocabulary instruction and equity.</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain the relationship between vocabulary instruction and </w:t>
+            </w:r>
+            <w:r w:rsidR="036E69C6" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12FCF664" w14:textId="77777777" w:rsidR="005014B8" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="00B44AAF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="450"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005014B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Shared analysis of text to determine which words are Tier 2/Tier 3 and which words should be prioritized. </w:t>
             </w:r>
           </w:p>
@@ -2014,156 +2136,166 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005014B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005014B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="4B35463E" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="4B35463E" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="005014B8" w:rsidP="3769BB5F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="005014B8" w:rsidRPr="3769BB5F">
+        <w:r w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="23766BBD" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+    <w:p w14:paraId="0802629F" w14:textId="23766BBD" w:rsidR="00617037" w:rsidRPr="005014B8" w:rsidRDefault="00617037" w:rsidP="3769BB5F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="3769BB5F">
+        <w:r w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="566065BB" w:rsidR="00617037" w:rsidRPr="0014661A" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="566065BB" w:rsidR="00617037" w:rsidRPr="0014661A" w:rsidRDefault="00617037" w:rsidP="3769BB5F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00617037" w:rsidRPr="3769BB5F">
+        <w:r w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">Goal Setting </w:t>
         </w:r>
         <w:r w:rsidR="005014B8" w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Document</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63981784" w14:textId="75321381" w:rsidR="0014661A" w:rsidRPr="0024186A" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+    <w:p w14:paraId="63981784" w14:textId="75321381" w:rsidR="0014661A" w:rsidRPr="0024186A" w:rsidRDefault="0014661A" w:rsidP="3769BB5F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="0014661A" w:rsidRPr="3769BB5F">
+        <w:r w:rsidRPr="3769BB5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Facilitator’s Handout:  Sample Evidence</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="429DB13B" w14:textId="77777777" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="0024186A" w:rsidP="0024186A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
@@ -2407,51 +2539,75 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024186A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Bring a copy of a couple of pages of a complex text you teach to the PLC meeting.</w:t>
+              <w:t xml:space="preserve">Bring a copy of a couple of pages of a complex text you teach </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0024186A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0024186A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the PLC meeting.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0024186A" w:rsidRPr="0024186A" w14:paraId="030DC10B" w14:textId="77777777" w:rsidTr="3769BB5F">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
@@ -2476,63 +2632,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10FCCA85" w14:textId="32B1EB3E" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+          <w:p w14:paraId="10FCCA85" w14:textId="32B1EB3E" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="202E7B80" w:rsidP="3769BB5F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="1155CC"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="202E7B80" w:rsidRPr="3769BB5F">
+              <w:r w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Session 1 PowerPoint </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4CF1FF25" w14:textId="7147919D" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="0024186A" w:rsidP="0024186A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AD61C6F" w14:textId="3549349B" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="0024186A" w:rsidP="0024186A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -2604,94 +2760,94 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Printing or Sharing/Materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D5ECB6D" w14:textId="247372F0" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+          <w:p w14:paraId="1D5ECB6D" w14:textId="247372F0" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="202E7B80" w:rsidP="3769BB5F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
-              <w:r w:rsidR="202E7B80" w:rsidRPr="3769BB5F">
+              <w:r w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vocabulary Instruction: Goal Setting for Planning and Instruction Document</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="58AED8A2" w14:textId="1B0B7B4B" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+          <w:p w14:paraId="58AED8A2" w14:textId="1B0B7B4B" w:rsidR="0024186A" w:rsidRPr="0024186A" w:rsidRDefault="202E7B80" w:rsidP="3769BB5F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="202E7B80" w:rsidRPr="3769BB5F">
+              <w:r w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t> 9-12 Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0024186A" w:rsidRPr="0024186A" w14:paraId="663F37C1" w14:textId="77777777" w:rsidTr="3769BB5F">
         <w:trPr>
           <w:trHeight w:val="460"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -3001,51 +3157,51 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="004F43C4">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="56174064" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Facilitator</w:t>
             </w:r>
@@ -3077,51 +3233,51 @@
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="61EC0783" w:rsidR="00A16BA9" w:rsidRPr="00B47346" w:rsidRDefault="00EF11DE" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D946119" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
@@ -3148,102 +3304,154 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Framing (1 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">): </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48699C44" w14:textId="380F26FB" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00CB27EC">
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="48699C44" w14:textId="2D747661" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="5E334964">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welcome to the first session in our content cycle! Today’s session will serve as both an introduction to and foundation in vocabulary in literacy. We will dive into the ‘why’ behind this work and the role it plays in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>growing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students, addressing </w:t>
+            </w:r>
+            <w:r w:rsidR="6859F4B0" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">access to grade-level learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in the classroom, and helping our instructional practice evolve to meet the needs of our kids. Over the next 11 weeks, we will explore how to put this into practice. Some of our beliefs may be challenged and reflection will be a key part of our work. By the end of today’s </w:t>
+            </w:r>
+            <w:r w:rsidR="009D656D" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>session,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB27EC">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you will be able to use that reflection to create personal planning and practice goals. To that end, let’s start with a reflection on an essential </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">will explore throughout our learning. We will continue to reflect more and more in depth on this question throughout the cycle, but </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">question that we will explore throughout our learning. We will continue to reflect </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>more and more</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in depth on this question throughout the cycle, but </w:t>
+            </w:r>
+            <w:r w:rsidR="009D656D" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB27EC">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> critical to ground our learning here.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BB8BD10" w14:textId="52901C24" w:rsidR="00CB27EC" w:rsidRPr="00B47346" w:rsidRDefault="00CB27EC" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="593A074C" w14:textId="7BE323F1" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
@@ -3284,51 +3492,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="2236CB73" w14:textId="138A3434" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 2:</w:t>
             </w:r>
           </w:p>
@@ -3381,87 +3589,87 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> total):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F9CBEE2" w14:textId="77777777" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00CB27EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Let’s begin by reflecting on the pre-work article and our own practice. Take a moment to read our reflection questions. These are the same reflection questions from our pre-work: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B53C270" w14:textId="051CDE95" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00B44AAF">
+          <w:p w14:paraId="4B53C270" w14:textId="10A7569D" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="5E334964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical in literacy for all students, including (and especially) English Language Learners, students who are struggling </w:t>
+            </w:r>
+            <w:r w:rsidR="009D656D" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>readers, or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB27EC">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> students with special needs?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67571076" w14:textId="77777777" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -3529,118 +3737,140 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Considering notes from the pre-work article, reflect independently</w:t>
+              <w:t xml:space="preserve"> Considering</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB27EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> notes from the pre-work article, reflect independently</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C257781" w14:textId="679A5782" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00CB27EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:  Group in triads and share your reflections grounding your responses in evidence from the text</w:t>
+              <w:t>:  Group</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB27EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in triads and share your reflections grounding your responses in evidence from the text</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24666E0D" w14:textId="7AAF9942" w:rsidR="00CB27EC" w:rsidRPr="00CB27EC" w:rsidRDefault="00CB27EC" w:rsidP="00CB27EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -3925,51 +4155,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="066C6FCE" w14:textId="45937B94" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1951B582" w14:textId="77777777" w:rsidR="00CB27EC" w:rsidRPr="00B47346" w:rsidRDefault="00CB27EC" w:rsidP="00CB27EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB27EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -4297,51 +4527,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1635125"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0714D629" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
@@ -4494,51 +4724,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1617980"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="3BD3C6F2" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="004256B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1344"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4937,51 +5167,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1629410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="014BE6F0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -5181,51 +5411,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1629410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -5613,51 +5843,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631315"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="384F1928" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -5722,69 +5952,80 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Reflect on the following with a partner:</w:t>
+              <w:t xml:space="preserve">  Reflect</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the following with a partner:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06C91DA0" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1062"/>
               </w:tabs>
               <w:ind w:left="702" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -5861,69 +6102,100 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Share reflections whole group</w:t>
+              <w:t xml:space="preserve">  Share</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reflections</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> whole group</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58F042DD" w14:textId="2070C47F" w:rsidR="004256B2" w:rsidRPr="00B47346" w:rsidRDefault="004256B2" w:rsidP="004256B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="212EEFB1" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="00B47346" w:rsidRDefault="004256B2" w:rsidP="004256B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44EC1984" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="004256B2">
             <w:pPr>
               <w:rPr>
@@ -5971,51 +6243,71 @@
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">We </w:t>
             </w:r>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>could not</w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> understand the passage and answer the questions because there were too many words unknown.</w:t>
+              <w:t xml:space="preserve"> understand the passage and answer the questions because there were too many </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>words unknown</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57B38A77" w14:textId="4B9A9459" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">We </w:t>
@@ -6175,51 +6467,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1629410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
@@ -6333,118 +6625,156 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>grows</w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> over time – is due to challenges with vocabulary, and something called the Matthew Effect.” </w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">This works like a compound interest curve. The idea of the rich getting richer while the poor get poorer can be extrapolated </w:t>
+              <w:t xml:space="preserve">This works like a compound interest curve. The idea of the rich getting richer while the poor </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>to</w:t>
+              <w:t>get</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> reading. Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve"> poorer can be extrapolated to reading. Students who know fewer vocabulary words struggle with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>less</w:t>
+              <w:t>comprehension, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="724E18C3" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="004256B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29DAC1F6" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="004256B2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Vocabulary instruction is critical to instructional equity. </w:t>
+          <w:p w14:paraId="29DAC1F6" w14:textId="624B1051" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="5E334964">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vocabulary instruction is critical to </w:t>
+            </w:r>
+            <w:r w:rsidR="148DBA60" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>providing access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B2D110" w14:textId="511A3ADE" w:rsidR="003306DE" w:rsidRPr="00B47346" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F0B4082" w14:textId="3C87076D" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6482,51 +6812,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1618615"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
@@ -6584,71 +6914,51 @@
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33A75F96" w14:textId="5B34A3D0" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ask participants to read </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> from KAS introduction to Reading Literature and Informational Text</w:t>
+              <w:t>Ask participants to read excerpt from KAS introduction to Reading Literature and Informational Text</w:t>
             </w:r>
             <w:r w:rsidR="008D7A26" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="370AD17D" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -6683,71 +6993,51 @@
               <w:t xml:space="preserve">The standards put vocabulary at the front and center of reading literature and informational text. While the Guiding Principle for Reading Standard 4 specifically addresses vocabulary, the overview makes it clear that vocabulary is a throughline for knowledge and comprehension in literary and informational texts.” </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="351373A4" w14:textId="36C53EEF" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ask </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> to read the Guiding Principle for Reading Craft &amp; Structure Standard 4 aloud</w:t>
+              <w:t>Ask volunteer to read the Guiding Principle for Reading Craft &amp; Structure Standard 4 aloud</w:t>
             </w:r>
             <w:r w:rsidR="008D7A26" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7449E4D2" w14:textId="0A56B1CE" w:rsidR="003306DE" w:rsidRPr="00B47346" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6794,51 +7084,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624965"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -6978,51 +7268,71 @@
               <w:t xml:space="preserve"> now focus our attention on Language Standard 4: Vocabulary Acquisition and Use.”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BF61C59" w14:textId="77777777" w:rsidR="004256B2" w:rsidRPr="004256B2" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ask volunteer to read the Guiding Principle for Standard 4 aloud</w:t>
+              <w:t xml:space="preserve">Ask </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>volunteer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004256B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to read the Guiding Principle for Standard 4 aloud</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0256447C" w14:textId="4741B4E0" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="004256B2" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="1062"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004256B2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Say: “</w:t>
@@ -7132,51 +7442,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC4565D" w14:textId="36F620E8" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 12:</w:t>
             </w:r>
@@ -7212,109 +7522,169 @@
               <w:t>Check for Understanding (5 min</w:t>
             </w:r>
             <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CA063C4" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
+          <w:p w14:paraId="2CA063C4" w14:textId="7049AECB" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="5E334964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Say: Let’s bring together our knowledge of vocabulary instruction, standards, and </w:t>
+            </w:r>
+            <w:r w:rsidR="5537302D" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. We are going to take 3 minutes to jot down responses to this prompt: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Explain the relationship between vocabulary instruction and equity. </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain the relationship between vocabulary instruction and </w:t>
+            </w:r>
+            <w:r w:rsidR="54574390" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20202421" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Give 3 minutes for responses. Circulate to check for understanding using the sample evidence below. </w:t>
+              <w:t xml:space="preserve">Give 3 minutes for responses. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Circulate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to check for understanding using the sample evidence below. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C16DC3C" w14:textId="6CCBB604" w:rsidR="004E1E0C" w:rsidRPr="00B47346" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
@@ -7348,85 +7718,85 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="640B9FE5" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="004E1E0C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B904A17" w14:textId="6C2F169C" w:rsidR="003306DE" w:rsidRPr="00B47346" w:rsidRDefault="00BC727A" w:rsidP="3769BB5F">
+          <w:p w14:paraId="6B904A17" w14:textId="6C2F169C" w:rsidR="003306DE" w:rsidRPr="00B47346" w:rsidRDefault="6E7A57B8" w:rsidP="3769BB5F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId29">
-              <w:r w:rsidR="6E7A57B8" w:rsidRPr="3769BB5F">
+              <w:r w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Sample Evidence</w:t>
               </w:r>
               <w:r w:rsidR="3543A44E" w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>:</w:t>
               </w:r>
-              <w:r w:rsidR="6E7A57B8" w:rsidRPr="3769BB5F">
+              <w:r w:rsidRPr="3769BB5F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Facilitator’s Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19773936" w14:textId="1C0243F6" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:noProof/>
@@ -7461,51 +7831,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DDA92FA" w14:textId="1B593B0D" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2D142B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 13:</w:t>
             </w:r>
           </w:p>
@@ -7782,51 +8152,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1631950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31D24FFF" w14:textId="5245E665" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 14:</w:t>
             </w:r>
           </w:p>
@@ -8088,51 +8458,71 @@
               <w:t>Define and give examples of Tier 1, Tier 2, and Tier 3 words.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65F758D9" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">How do we know which words to spend the most time on? </w:t>
+              <w:t xml:space="preserve">How do we know which words to spend </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the most</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> time on? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D186A4D" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8220,51 +8610,71 @@
               <w:t>Words of everyday speech</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="002EAFCD" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="2880"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Important to early learning since these Tier 1 words are used to explain more unusual words</w:t>
+              <w:t xml:space="preserve">Important to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>early learning</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> since these Tier 1 words are used to explain more unusual words</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1AFBBB" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tier 2 words</w:t>
@@ -8687,51 +9097,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1627505"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FE3042B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00B47346" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 15:</w:t>
             </w:r>
           </w:p>
@@ -8895,51 +9305,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1850FF" w14:textId="17CE26C7" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="03957B16" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="03957B16" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EAEC039" w14:textId="77777777" w:rsidR="000A6F45" w:rsidRPr="00B47346" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 16:</w:t>
             </w:r>
@@ -9278,51 +9688,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="39658589" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="39658589" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A39A88F" w14:textId="77777777" w:rsidR="000A6F45" w:rsidRPr="00B47346" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 17:</w:t>
             </w:r>
           </w:p>
@@ -9584,58 +9994,89 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 minutes</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">:  Facilitate whole group share. Which tier of words was more challenging to identify? What tools did you use to support your analysis of the vocabulary in the text? </w:t>
+              <w:t>:  Facilitate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> whole group share. Which tier of words was more challenging to identify? What tools </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>did</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you use to support your analysis of the vocabulary in the text? </w:t>
             </w:r>
             <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Share out possible words. Emphasize that Tier 3 words may need to be </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="004E1E0C" w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>taught, but</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
@@ -9798,51 +10239,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="52F05222" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="52F05222" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1362957A" w14:textId="77777777" w:rsidR="000A6F45" w:rsidRPr="00B47346" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 18:</w:t>
             </w:r>
           </w:p>
@@ -10040,60 +10481,82 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Self-Reflection (4 min</w:t>
             </w:r>
             <w:r w:rsidR="008D7A26" w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>):</w:t>
-            </w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Teachers complete self-reflection and determine a personal goal.</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Teachers</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E1E0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complete self-reflection and determine a personal goal.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="074F2087" w14:textId="53095414" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10183,51 +10646,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="631FD255" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="631FD255" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15FA1091" w14:textId="77777777" w:rsidR="000A6F45" w:rsidRPr="00B47346" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 19:</w:t>
             </w:r>
           </w:p>
@@ -10261,164 +10724,164 @@
               </w:rPr>
               <w:t>Student Goals (7 minutes)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05CE4837" w14:textId="77777777" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="004E1E0C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing/Key Points:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55B5157C" w14:textId="59DC1ABA" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
+          <w:p w14:paraId="55B5157C" w14:textId="37A0BB80" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="5E334964">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
-            <w:r w:rsidR="008D7A26" w:rsidRPr="00B47346">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="008D7A26" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E1E0C">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E1E0C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">“Finally, let’s take some time to internalize the Student Goals for this content cycle. At various points during the content cycle, </w:t>
             </w:r>
-            <w:r w:rsidR="009D656D" w:rsidRPr="00B47346">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="009D656D" w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E1E0C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> reflect on student data. This will help us connect the dots between our instructional practice and student learning, with an eye toward identifying any inequities that might exist in outcomes for subgroups of students. We know that every one of us wants </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reflect on student data. This will help us connect the dots between our instructional practice and student learning. We know that every one of us wants </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004E1E0C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>all of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004E1E0C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> our students to succeed. Surfacing them will help us deepen our ability to adjust our practice in ways that meet the needs of all students. Take a few minutes to read the student goals. Then, select 6 students you will prioritize for progress monitoring throughout this content cycle. Make sure </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E334964">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>few minutes to read the student goals. Then, select 6 students you will prioritize for progress monitoring throughout this content cycle. Make sure that this group of students is reflective of your overall class demographics, considering race, gender, language, learning needs, and socioeconomic status.”</w:t>
+              <w:t>that this group of students is reflective of your overall class demographics, considering race, gender, language, learning needs, and socioeconomic status.”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F061608" w14:textId="4E026EE7" w:rsidR="004E1E0C" w:rsidRPr="004E1E0C" w:rsidRDefault="004E1E0C" w:rsidP="00B44AAF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1E0C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10585,51 +11048,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="3F5732DD" w14:textId="77777777" w:rsidTr="3769BB5F">
+      <w:tr w:rsidR="000A6F45" w:rsidRPr="002F1CF1" w14:paraId="3F5732DD" w14:textId="77777777" w:rsidTr="5E334964">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C53F098" w14:textId="77777777" w:rsidR="000A6F45" w:rsidRPr="00B47346" w:rsidRDefault="000A6F45" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47346">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 20:</w:t>
             </w:r>
           </w:p>
@@ -10842,89 +11305,89 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623060"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00BC727A" w:rsidRDefault="00BC727A"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="005164E6" w:rsidRDefault="005164E6"/>
     <w:sectPr w:rsidR="005164E6" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="546BB0CF" w14:textId="77777777" w:rsidR="00020BCF" w:rsidRDefault="00020BCF" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="194A4524" w14:textId="77777777" w:rsidR="00020BCF" w:rsidRDefault="00020BCF" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Poppins">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10955,77 +11418,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EB065EA" w14:textId="77777777" w:rsidR="00020BCF" w:rsidRDefault="00020BCF" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="53D522DC" w14:textId="77777777" w:rsidR="00020BCF" w:rsidRDefault="00020BCF" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00BC727A" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="005164E6" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -11106,70 +11569,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00BC727A" w:rsidRDefault="00BC727A">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="005164E6" w:rsidRDefault="005164E6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C903B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="813A357A"/>
     <w:lvl w:ilvl="0" w:tplc="166EEE46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7A5A3074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16142,160 +16605,173 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="373505452">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="70586450">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="973220987">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="964119283">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1633748963">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1934514797">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00020BCF"/>
     <w:rsid w:val="000A6F45"/>
     <w:rsid w:val="000D6C56"/>
     <w:rsid w:val="0012545E"/>
     <w:rsid w:val="0014661A"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="001C5CC8"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="0024186A"/>
-    <w:rsid w:val="002C1643"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="00344D67"/>
     <w:rsid w:val="003908B5"/>
     <w:rsid w:val="003D268B"/>
     <w:rsid w:val="004139CE"/>
     <w:rsid w:val="004256B2"/>
     <w:rsid w:val="004E1E0C"/>
     <w:rsid w:val="004F43C4"/>
     <w:rsid w:val="005014B8"/>
+    <w:rsid w:val="005164E6"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="008239F9"/>
     <w:rsid w:val="008571DD"/>
+    <w:rsid w:val="00857F58"/>
     <w:rsid w:val="008D7A26"/>
     <w:rsid w:val="0095098A"/>
     <w:rsid w:val="009D656D"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B44AAF"/>
     <w:rsid w:val="00B47346"/>
     <w:rsid w:val="00B51FA2"/>
-    <w:rsid w:val="00BC727A"/>
     <w:rsid w:val="00C42A89"/>
     <w:rsid w:val="00C85E87"/>
     <w:rsid w:val="00CB27EC"/>
     <w:rsid w:val="00CC00EB"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E22852"/>
     <w:rsid w:val="00EF11DE"/>
     <w:rsid w:val="00F413AC"/>
     <w:rsid w:val="00F50723"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FD5CA0"/>
+    <w:rsid w:val="036E69C6"/>
+    <w:rsid w:val="04AAC6AA"/>
     <w:rsid w:val="14596CF3"/>
+    <w:rsid w:val="148DBA60"/>
     <w:rsid w:val="202E7B80"/>
+    <w:rsid w:val="2B49493D"/>
+    <w:rsid w:val="2B7D5D92"/>
     <w:rsid w:val="2D607CBE"/>
     <w:rsid w:val="2DCF9439"/>
     <w:rsid w:val="33395952"/>
     <w:rsid w:val="3543A44E"/>
     <w:rsid w:val="3769BB5F"/>
+    <w:rsid w:val="3A77A419"/>
+    <w:rsid w:val="3BFBFE2E"/>
     <w:rsid w:val="4C3573BA"/>
+    <w:rsid w:val="513B5103"/>
+    <w:rsid w:val="54574390"/>
+    <w:rsid w:val="5537302D"/>
+    <w:rsid w:val="5E334964"/>
+    <w:rsid w:val="6859F4B0"/>
     <w:rsid w:val="6E7A57B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16907,51 +17383,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003306DE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0024186A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -19875,50 +20351,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-11T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-23T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1240</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1240</Url>
+      <Description>KYED-536-1240</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -20170,171 +20672,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...24 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D6A6370-A5DE-4E40-8B09-7AAF2E9265B6}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A811CE99-2FA1-495E-8F9F-9B4E7C4818DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{244B0B29-AA89-443E-BCF9-09C49A319CE7}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61452D57-0928-4089-8CC7-B7793BD18252}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6039DCDC-768E-44B3-B2A9-C040E92A666D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13919767-8433-4862-9382-C71C87ED1A4D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3324</Words>
-  <Characters>18953</Characters>
+  <Words>3309</Words>
+  <Characters>17438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>157</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>481</Lines>
+  <Paragraphs>211</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22233</CharactersWithSpaces>
+  <CharactersWithSpaces>20660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>