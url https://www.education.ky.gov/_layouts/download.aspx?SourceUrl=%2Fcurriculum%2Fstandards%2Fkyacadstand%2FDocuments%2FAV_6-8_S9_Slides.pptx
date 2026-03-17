--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,143 +1,177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483680" r:id="rId5"/>
-    <p:sldMasterId id="2147483681" r:id="rId6"/>
+    <p:sldMasterId id="2147483680" r:id="rId4"/>
+    <p:sldMasterId id="2147483681" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId21"/>
+    <p:notesMasterId r:id="rId20"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId7"/>
-[...12 lines deleted...]
-    <p:sldId id="269" r:id="rId20"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="258" r:id="rId8"/>
+    <p:sldId id="259" r:id="rId9"/>
+    <p:sldId id="260" r:id="rId10"/>
+    <p:sldId id="261" r:id="rId11"/>
+    <p:sldId id="262" r:id="rId12"/>
+    <p:sldId id="263" r:id="rId13"/>
+    <p:sldId id="264" r:id="rId14"/>
+    <p:sldId id="265" r:id="rId15"/>
+    <p:sldId id="266" r:id="rId16"/>
+    <p:sldId id="267" r:id="rId17"/>
+    <p:sldId id="268" r:id="rId18"/>
+    <p:sldId id="269" r:id="rId19"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Bitter" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId21"/>
+      <p:bold r:id="rId22"/>
+      <p:italic r:id="rId23"/>
+      <p:boldItalic r:id="rId24"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Courgette" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId25"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId26"/>
+      <p:bold r:id="rId27"/>
+      <p:italic r:id="rId28"/>
+      <p:boldItalic r:id="rId29"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId30"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId31"/>
+      <p:bold r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+      <p:boldItalic r:id="rId34"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -380,50 +414,58 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{3BB658EE-2A68-4920-18FC-AE4925862400}" v="2" dt="2025-12-17T16:23:44.053"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{9A2477BA-AD64-449C-B273-0889F9DD6967}">
   <a:tblStyle styleId="{9A2477BA-AD64-449C-B273-0889F9DD6967}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
@@ -542,93 +584,93 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34584" autoAdjust="0"/>
-    <p:restoredTop sz="86470" autoAdjust="0"/>
+    <p:restoredLeft sz="34565" autoAdjust="0"/>
+    <p:restoredTop sz="86463" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="75" d="100"/>
-          <a:sy n="75" d="100"/>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
         </p:scale>
-        <p:origin x="160" y="1160"/>
+        <p:origin x="374" y="48"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-10531"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1033,103 +1075,103 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/84900192" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/84900192" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 164"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="165" name="Google Shape;165;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -2728,114 +2770,136 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Directions/Framing:</a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Our reflection for today goes back to our first session during which we discussed the relationship between vocabulary instruction and equity. </a:t>
+              <a:t>Our reflection for today goes back to our first session during which we discussed the relationship between vocabulary instruction and </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>access</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> for all. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? What is one next step you can take in your classroom to support students in maintaining or extending vocabulary?</a:t>
+              <a:t>Why is vocabulary instruction critical for grade-level</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> learning in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? What is one next step you can take in your classroom to support students in maintaining or extending vocabulary?</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -7638,163 +7702,163 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Participants are talking about the picture using the vocabulary words.</a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -24746,55 +24810,55 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId18">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -27647,144 +27711,144 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/103459509" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/103459509" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/84900192" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/84900192" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/76172830" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/76172830" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 167"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{917BDDB1-EFD7-4C46-A901-61B9C8478887}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{917BDDB1-EFD7-4C46-A901-61B9C8478887}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="49454" y="0"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -28018,57 +28082,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 244"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{13F95ACA-21ED-4C76-9CFE-C6D8343413F5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13F95ACA-21ED-4C76-9CFE-C6D8343413F5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="95002"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -28209,54 +28273,54 @@
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="2600" dirty="0"/>
               <a:t>“Word Play Questions”</a:t>
             </a:r>
             <a:endParaRPr sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="249" name="Google Shape;249;p44" title="&quot; &quot;">
+          <p:cNvPr id="249" name="Google Shape;249;p44">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="993750" y="1963625"/>
             <a:ext cx="3954801" cy="2963450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -28597,57 +28661,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 253"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{847C43BE-0E25-454D-ABBD-B8E0DBCF73BB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847C43BE-0E25-454D-ABBD-B8E0DBCF73BB}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="149950"/>
             <a:ext cx="956955" cy="956955"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -28788,55 +28852,55 @@
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="2600" dirty="0"/>
               <a:t>Give One, Get One, Move On (GOGOMO)</a:t>
             </a:r>
             <a:endParaRPr sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="258" name="Google Shape;258;p45" title="&quot; &quot;">
+          <p:cNvPr id="258" name="Google Shape;258;p45">
             <a:hlinkClick r:id="rId4"/>
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect l="14029" t="11541" r="12978" b="18080"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="496550" y="2018225"/>
             <a:ext cx="5056450" cy="2742301"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -29234,57 +29298,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 9</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DDD4A97F-15DF-411C-BA65-98628E38BBE4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDD4A97F-15DF-411C-BA65-98628E38BBE4}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1062149" cy="1062149"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -29695,54 +29759,54 @@
               <a:rPr lang="en" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Bitter"/>
                 <a:ea typeface="Bitter"/>
                 <a:cs typeface="Bitter"/>
                 <a:sym typeface="Bitter"/>
               </a:rPr>
               <a:t>ver the course of the unit, students have opportunities to maintain and extend vocabulary through additional practice with words previously taught </a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="212121"/>
               </a:solidFill>
               <a:latin typeface="Bitter"/>
               <a:ea typeface="Bitter"/>
               <a:cs typeface="Bitter"/>
               <a:sym typeface="Bitter"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="267" name="Google Shape;267;p46" title="&quot; &quot;">
+          <p:cNvPr id="267" name="Google Shape;267;p46">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5541375" y="1578938"/>
             <a:ext cx="3369350" cy="1881225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -29812,57 +29876,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 272"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E7C54447-98A7-42C1-8521-4771CB83A21C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7C54447-98A7-42C1-8521-4771CB83A21C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="95001"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -30055,104 +30119,104 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? </a:t>
+              <a:t>Why is vocabulary instruction critical for all in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? </a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="888888"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="888888"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1800">
+              <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What is one next step you can take in your classroom to support students in maintaining or extending vocabulary?</a:t>
             </a:r>
-            <a:endParaRPr sz="1800" b="1">
+            <a:endParaRPr sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="888888"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
@@ -30197,57 +30261,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 280"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D154DA06-0585-4CBC-AB60-C05785F76F1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D154DA06-0585-4CBC-AB60-C05785F76F1E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="104694"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -30670,57 +30734,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 174"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E024CE36-388B-4C5C-A3A9-7C76F964C645}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E024CE36-388B-4C5C-A3A9-7C76F964C645}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="101877"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -31204,57 +31268,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 183"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3C1DEBF8-F158-4161-B344-D3A5E88D2909}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C1DEBF8-F158-4161-B344-D3A5E88D2909}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="152956"/>
             <a:ext cx="962288" cy="962288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -31295,90 +31359,90 @@
               <a:rPr lang="en" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="184" name="Google Shape;184;p37" title="&quot; &quot;"/>
+          <p:cNvPr id="184" name="Google Shape;184;p37"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="740008646"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004062689"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{9A2477BA-AD64-449C-B273-0889F9DD6967}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -31459,51 +31523,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -31583,51 +31647,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -31707,51 +31771,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -31831,51 +31895,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -31955,51 +32019,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32079,51 +32143,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32203,51 +32267,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32327,51 +32391,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32451,51 +32515,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32575,51 +32639,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32699,51 +32763,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -32823,64 +32887,64 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="186" name="Google Shape;186;p37" descr="Arrow pointing to Session 9:  Maintaining and Extending Vocabulary">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="424600" y="4363575"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="40C1AC"/>
           </a:solidFill>
           <a:ln w="9525" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
@@ -32913,57 +32977,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 190"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C881447D-C6D0-49D9-9478-761F2428B75B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C881447D-C6D0-49D9-9478-761F2428B75B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="23663" y="108752"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -33458,57 +33522,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 200"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5CAB0426-E9DF-4FFF-8251-89481CB9B5A9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CAB0426-E9DF-4FFF-8251-89481CB9B5A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="137863"/>
             <a:ext cx="996902" cy="996902"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -34031,57 +34095,57 @@
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="004B75"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 210"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E90C0EC7-1540-4E10-B0B2-24546F5C6F3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E90C0EC7-1540-4E10-B0B2-24546F5C6F3B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="101877"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -34455,57 +34519,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 217"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{981112AF-FF31-41F3-B7FA-660CCA592A86}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{981112AF-FF31-41F3-B7FA-660CCA592A86}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="29412" y="115574"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -35029,57 +35093,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 226"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA07431B-F529-4BB2-BFDF-A9958F2516CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA07431B-F529-4BB2-BFDF-A9958F2516CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="29412" y="70905"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -35220,55 +35284,55 @@
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="2600" dirty="0"/>
               <a:t>Quiz, Quiz, Trade </a:t>
             </a:r>
             <a:endParaRPr sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="231" name="Google Shape;231;p42" title="&quot; &quot;">
+          <p:cNvPr id="231" name="Google Shape;231;p42">
             <a:hlinkClick r:id="rId4"/>
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect l="13194" t="23424" r="14310" b="11543"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="499550" y="2150200"/>
             <a:ext cx="4749250" cy="2396520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -36104,91 +36168,91 @@
               <a:rPr lang="en" sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="2D68C4"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>ethical</a:t>
             </a:r>
             <a:endParaRPr sz="2000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="240" name="Google Shape;240;p43" title="&quot; &quot;">
+          <p:cNvPr id="240" name="Google Shape;240;p43">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="993750" y="2013025"/>
             <a:ext cx="3954801" cy="2963450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EC671E5F-F61C-4223-BBA3-A08FE4600FC5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC671E5F-F61C-4223-BBA3-A08FE4600FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="83913"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -37037,82 +37101,82 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1102</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1102</Url>
       <Description>KYED-536-1102</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
@@ -37414,150 +37478,158 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E46ED24-F9B5-407D-A8FC-3EBB3D879038}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B186393-B054-4E08-B4D3-62BA37346CC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FD03FDC-4918-46B0-A169-F03700B3466F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A463BD45-84B0-4BE3-8B2B-3B3F668E7CA1}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBB94E1C-10E1-4125-8E6B-F5F1C792E694}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{264F1DA3-06D7-4FC8-B943-D13027C534C3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2911</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>2976</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>322</Paragraphs>
   <Slides>14</Slides>
   <Notes>14</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="23" baseType="lpstr">
-      <vt:lpstr>Poppins SemiBold</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Poppins ExtraBold</vt:lpstr>
       <vt:lpstr>Bitter</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Courgette</vt:lpstr>
-      <vt:lpstr>Poppins ExtraBold</vt:lpstr>
-      <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Poppins SemiBold</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Reinforcing Vocabulary Across Lessons/Texts</vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Maintenance &amp; Extension of Vocabulary</vt:lpstr>
       <vt:lpstr>Key Takeaways: Reinforcing Vocabulary Across Lessons &amp; Texts</vt:lpstr>
       <vt:lpstr>Example 1:  Interactive Word Wall</vt:lpstr>
       <vt:lpstr>Example 2:  Quiz, Quiz, Trade </vt:lpstr>
       <vt:lpstr>Example 3:  “Word Play Questions”</vt:lpstr>
       <vt:lpstr>Example 3:  “Word Play Questions”</vt:lpstr>
       <vt:lpstr>Example 4:  Give One, Get One, Move On (GOGOMO)</vt:lpstr>
       <vt:lpstr>Practice  </vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
       <vt:lpstr>Preparing for Next Week’s Application </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Reinforcing Vocabulary Across Lessons/Texts</dc:title>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:49:03Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>198c74eb-89d4-4c37-8870-e1e08e2c2ba5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>1de7e56d-6c75-4317-a3cf-5102c0fd67b7</vt:lpwstr>
   </property>
 </Properties>
 </file>