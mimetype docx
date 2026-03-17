--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -91,90 +91,90 @@
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="008D09AB">
         <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="5DE39430">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="006A16E4">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="5DE39430">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -210,158 +210,190 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="5DE39430">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00CB5408">
+          <w:p w14:paraId="40B61BE4" w14:textId="06F6AA9E" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="078BBCBB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="42CB8A24" w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00CB5408">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="5DE39430">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -392,76 +424,120 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="5DE39430">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5DE39430">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00CB5408">
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5DE39430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>comprehension, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5DE39430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5DE39430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5DE39430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="078BBCBB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="5DE39430">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5DE39430">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -478,51 +554,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="5DE39430">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -552,75 +628,97 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00CB5408">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="078BBCBB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="5DE39430">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5DE39430">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -691,91 +789,91 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="61B04DE7">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="006A16E4">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="61B04DE7">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="385C1C0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -791,144 +889,170 @@
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ACF62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="0DA3D0D1" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="4BC8C96F" w14:textId="0DA3D0D1" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="078BBCBB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTE: These goals are intended to be a starting place for team goal</w:t>
             </w:r>
-            <w:r w:rsidR="006A16E4">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="006A16E4" w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006A16E4">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>setting. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="61B04DE7">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="006A16E4" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1109,51 +1233,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006A16E4" w:rsidRDefault="00A5305E" w:rsidP="5DE39430">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5DE39430">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1848,124 +1971,134 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A16E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006A16E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006A16E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="4D1FC490" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="61B04DE7">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="4D1FC490" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="006A16E4" w:rsidP="61B04DE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="006A16E4" w:rsidRPr="61B04DE7">
+        <w:r w:rsidRPr="61B04DE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>PowerPoint S</w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="61B04DE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>lides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="0EF806B2" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="61B04DE7">
+    <w:p w14:paraId="0802629F" w14:textId="0EF806B2" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="00617037" w:rsidP="61B04DE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="61B04DE7">
+        <w:r w:rsidRPr="61B04DE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="6B444099" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="00CB5408">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="6B444099" w:rsidR="00617037" w:rsidRPr="006A16E4" w:rsidRDefault="00637F79" w:rsidP="00CB5408">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00637F79" w:rsidRPr="006A16E4">
+        <w:r w:rsidRPr="006A16E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Prework: Maintenance and Extension</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="63C7E319" w14:textId="77777777" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="00645C57" w:rsidP="00645C57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
@@ -2267,61 +2400,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DF44D19" w14:textId="140EBD32" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="61B04DE7">
+          <w:p w14:paraId="6DF44D19" w14:textId="140EBD32" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="21EA6FC8" w:rsidP="61B04DE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="21EA6FC8" w:rsidRPr="61B04DE7">
+              <w:r w:rsidRPr="61B04DE7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Session 9 PowerPoint </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="503E9F55" w14:textId="77777777" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="00645C57" w:rsidP="00645C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D736569" w14:textId="1290F03A" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="00645C57" w:rsidP="00645C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -2393,94 +2526,94 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Printing/Digital handouts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CAE9BD3" w14:textId="5737FC0C" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="61B04DE7">
+          <w:p w14:paraId="4CAE9BD3" w14:textId="5737FC0C" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="21EA6FC8" w:rsidP="61B04DE7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="21EA6FC8" w:rsidRPr="61B04DE7">
+              <w:r w:rsidRPr="61B04DE7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="619CD37A" w14:textId="5AF0E653" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="0086287A" w:rsidP="00CB5408">
+          <w:p w14:paraId="619CD37A" w14:textId="5AF0E653" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="00645C57" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="00645C57" w:rsidRPr="006A16E4">
+              <w:r w:rsidRPr="006A16E4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>“Maintenance and Extension” </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00645C57" w:rsidRPr="006A16E4" w14:paraId="08DD799C" w14:textId="77777777" w:rsidTr="61B04DE7">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -2720,95 +2853,117 @@
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C3558A6" w14:textId="77777777" w:rsidR="00645C57" w:rsidRPr="006A16E4" w:rsidRDefault="00645C57" w:rsidP="00645C57">
             <w:pPr>
               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Overview:  </w:t>
-            </w:r>
+              <w:t>Overview</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>In this session, participants will explore how to maintain and extend vocabulary across lessons. They will first learn about several different strategies for the classroom through videos, experiences, and resources. They will then apply their learning to a lesson from the curriculum.</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this session, participants will explore how to maintain and extend vocabulary across lessons. They will first learn about several different strategies for the classroom through videos, experiences, and resources. They will then apply their learning to a lesson from the curriculum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A38B3B3" w14:textId="77777777" w:rsidR="00645C57" w:rsidRPr="00617037" w:rsidRDefault="00645C57" w:rsidP="00645C57">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="66ABB574" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Facilitator</w:t>
             </w:r>
@@ -2840,51 +2995,51 @@
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="61EC0783" w:rsidR="00A16BA9" w:rsidRPr="006A16E4" w:rsidRDefault="00EF11DE" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63877725" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
@@ -3039,51 +3194,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623060"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 2:</w:t>
             </w:r>
@@ -3490,51 +3645,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -3603,51 +3758,67 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Share </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11-week</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> path of the cycle, reminding teachers how the professional learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
+              <w:t xml:space="preserve"> path of the cycle, reminding teachers how </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the professional</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A6B14DE" w14:textId="58BE414D" w:rsidR="003306DE" w:rsidRPr="006A16E4" w:rsidRDefault="003306DE" w:rsidP="004F27C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190C4737" w14:textId="45F8BB40" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3685,51 +3856,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 4:</w:t>
             </w:r>
@@ -3942,51 +4113,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623060"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="737DFE3A" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 5:</w:t>
             </w:r>
           </w:p>
@@ -4234,71 +4405,112 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EAF64FC" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The end goal is for students to retain vocabulary for later use in reading writing and speaking</w:t>
+              <w:t xml:space="preserve">The end goal is for students to retain vocabulary for later use in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> writing and speaking</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79C1C207" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A16E4">
-[...4 lines deleted...]
-              <w:t>In order to solidify student understanding of vocabulary words, students must use them</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>In order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solidify </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> understanding of vocabulary words, students must use them</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="193D8660" w14:textId="75AB90F2" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Spiraling back involves revisiting words </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -4577,51 +4789,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621155"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -4775,71 +4987,103 @@
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>The end goal of vocabulary instruction is for students to retain vocabulary for later use in reading comprehension, writing, and speaking.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66D3E47A" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research show that students need at least six repetitions with a word before they can master it. </w:t>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>show</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that students need at least six repetitions with a word before they can master it. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69F118D9" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Students need to hear, say, write, think deeply about words in order to begin to use them in their regular speech and writing and understand them well in reading.</w:t>
+              <w:t xml:space="preserve">Students need to hear, say, write, think deeply about words </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> begin to use them in their regular speech and writing and understand them well in reading.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="615338B0" w14:textId="1A23AC7B" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Spiraling back involves revisiting words </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -5000,51 +5244,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1610995"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3948F67D" w14:textId="76940A9A" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 7:</w:t>
             </w:r>
@@ -5134,101 +5378,161 @@
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="013084CB" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">We will now have the opportunity to take a look at some example protocols for maintaining and extending vocabulary. </w:t>
+              <w:t xml:space="preserve">We will now </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>have the opportunity to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at some example protocols for maintaining and extending vocabulary. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D632102" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">As we explore each strategy, please use your handout to capture thinking about each one. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EF62B96" w14:textId="5AF1FEBE" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">First, let’s take a look at the “Interactive Word Wall” strategy. This is </w:t>
+              <w:t xml:space="preserve">First, let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the “Interactive Word Wall” strategy. This is </w:t>
             </w:r>
             <w:r w:rsidR="0074257E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a Grade 8</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA classroom working on a unit with texts focused on war. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64F2E0F9" w14:textId="0D279D86" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
@@ -5288,51 +5592,71 @@
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="0074257E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>: Give participants time to add any additional thinking into their handout. Facilitator can also invite participants to share with a partner.</w:t>
+              <w:t xml:space="preserve">: Give participants time to add any additional thinking into their handout. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Facilitator</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can also invite participants to share with a partner.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22430467" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="004F27C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000CA296" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
@@ -5359,76 +5683,136 @@
               <w:t>Students have opportunities to make and explain connections between words, challenging them to more deeply consider the meaning and nuances of words.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FC60CAF" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>This strategy can get students using and hearing multiple vocabulary words during a short period of time.</w:t>
+              <w:t xml:space="preserve">This strategy can get students </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>hearing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> multiple vocabulary words during a short period of time.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE19E9E" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>This could also be adjusted so that students are writing their responses using a word wall that is on a wall. It could also be adjusted so that each table or pair of students has their own interactive word wall so that there is more cognitive demand on more students. The teacher could include a writing prompt at the end of the lesson that asks students to write a paragraph explaining the connections between 2-3 words.</w:t>
+              <w:t xml:space="preserve">This could also be adjusted so that students are writing their responses using a word wall that is on a wall. It could also be adjusted so that each table or pair of students has their own interactive word wall so that there is more cognitive demand </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> more students. The teacher could include a writing prompt at the end of the lesson that asks students to write a paragraph explaining the connections between 2-3 words.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CDFBC2F" w14:textId="5762FC3A" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E432932" w14:textId="68F9F522" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="005927B1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5465,51 +5849,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1638300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="31904000" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4429426B" w14:textId="22320BA9" w:rsidR="003306DE" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -5565,99 +5949,163 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A39F79A" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Let’s take a look at another example. This protocol is called “Quiz Quiz Trade.” </w:t>
+              <w:t xml:space="preserve">Let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at another example. This protocol is called “Quiz </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trade.” </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CDC9DC5" w14:textId="2628533F" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">The video </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we are</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> going to see is </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a fourth grade classroom, but is one of the best available videos of this strategy; it showcases the ways that students are engaging with the words as a result of the protocol. In our classrooms with older students, the protocol would look the same but just with different words.</w:t>
+              <w:t xml:space="preserve"> a fourth grade </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>classroom, but</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is one of the best available videos of this strategy; it showcases the ways that students are engaging with the words </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>as a result of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the protocol. In our classrooms with older students, the protocol would look the same but just with different words.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269D6BB4" w14:textId="013F46EE" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="0074257E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5682,90 +6130,122 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="0074257E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: Give participants time to add any additional thinking into their handout. Facilitator can also invite participants to share with a partner.</w:t>
+              <w:t xml:space="preserve">: Give participants time to add any additional thinking into their handout. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Facilitator</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can also invite participants to share with a partner.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F3281B8" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="004F27C4">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FA74E8F" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Students each have a card with a word, and then they take turns quizzing their partner, then trading cards with their partner. Then they find a new partner, and repeat the process. This gives students exposure to many vocabulary words. It challenges students to understand the meaning of the words, say them, and read them.</w:t>
+              <w:t xml:space="preserve">Students each have a card with a word, and then they take turns quizzing their partner, then trading cards with their partner. Then they find a new </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>partner, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> repeat the process. This gives students exposure to many vocabulary words. It challenges students to understand the meaning of the words, say them, and read them.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="4E378D01" w:rsidR="003306DE" w:rsidRPr="006A16E4" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5566BCBB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5811,51 +6291,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 9:</w:t>
             </w:r>
@@ -5914,137 +6394,201 @@
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="624499B0" w14:textId="32D7978B" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Let’s see another example, only this time </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we are</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> going to sit in the seats of students! </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CC8CD20" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>The article we read as pre-work mentioned the power of ‘word play questions.’ These can be questions that are part of the Do Now, homework, or some other regular classroom routine. The idea is that they are questions that challenge students to think more deeply about the meaning of multiple vocabulary words, and then students have opportunities to talk or write about those words.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E723CCF" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
+              <w:t xml:space="preserve">The article we read as pre-work mentioned the power of ‘word play questions.’ These can be questions that are part of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the Do</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Now, homework, or some other regular classroom routine. The idea is that they are questions that challenge students to think more deeply about the meaning of multiple vocabulary words, and then students have opportunities to talk or write about those words.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E723CCF" w14:textId="742368C1" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="078BBCBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-              <w:t>Let’s try this example. The vocabulary words in this example were taken from an EngageNY Module focused on ethics and equity in the medical field. Can I get a volunteer to read our task and vocabulary words?</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Let’s try this example. The vocabulary words in this example were taken from an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>EngageNY</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Module focused on ethics and </w:t>
+            </w:r>
+            <w:r w:rsidR="6F6C4F04" w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access</w:t>
+            </w:r>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the medical field. Can I get a volunteer to read our task and vocabulary words?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F93B887" w14:textId="48C8853C" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: Jot down your story! *students may use phones or dictionaries to look up any unfamiliar words</w:t>
+              <w:t>: Jot down your story! *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> may use phones or dictionaries to look up any unfamiliar words</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="211AD907" w14:textId="45EC8A8B" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -6073,51 +6617,67 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3495C74B" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Participants are talking about the picture using the vocabulary words.</w:t>
+              <w:t xml:space="preserve">Participants are talking about the picture using </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B2D110" w14:textId="511A3ADE" w:rsidR="003306DE" w:rsidRPr="006A16E4" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F0B4082" w14:textId="3C87076D" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6155,51 +6715,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 10:</w:t>
             </w:r>
@@ -6271,90 +6831,122 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: Give participants time to add any additional thinking into their handout. Facilitator can also invite participants to share with a partner.</w:t>
+              <w:t xml:space="preserve">: Give participants time to add any additional thinking into their handout. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Facilitator</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can also invite participants to share with a partner.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B921801" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="004F27C4">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EAFD0A1" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">This strategy could be used during Do Nows, homework, or other regular classroom routines. </w:t>
+              <w:t xml:space="preserve">This strategy could be used during Do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nows</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, homework, or other regular classroom routines. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7449E4D2" w14:textId="0A56B1CE" w:rsidR="003306DE" w:rsidRPr="006A16E4" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51DC31D1" w14:textId="08D3B0F5" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="005927B1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6392,51 +6984,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="076FFD90" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -6492,71 +7084,103 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6765EF3E" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Let’s take a look at one last classroom example. This protocol is called “Give One, Get One, Move On,” or GOGOMO. We used this strategy in our last shared learning session!</w:t>
+              <w:t xml:space="preserve">Let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at one last classroom example. This protocol is called “Give One, Get One, Move On,” or GOGOMO. We used this strategy in our last shared learning session!</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C9804D9" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">This video is of an eighth grade classroom studying the word “metamorphosis.” Again, this is the best video for this strategy and something that could be tailored to intermediate grade students. </w:t>
+              <w:t xml:space="preserve">This video is of an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>eighth grade</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> classroom studying the word “metamorphosis.” Again, this is the best video for this strategy and something that could be tailored to intermediate grade students. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EFEE52D" w14:textId="2041776E" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -6580,90 +7204,138 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>: Give participants time to add any additional thinking into their handout. Facilitator can also invite participants to share with a partner.</w:t>
+              <w:t xml:space="preserve">: Give participants time to add any additional thinking into their handout. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Facilitator</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can also invite participants to share with a partner.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DB51CFE" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="004F27C4">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4825FAEA" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>This strategy could be used to review an entire unit or topic (so could include many vocabulary words); it could also be used to study a single word, with students writing examples, non-examples, or other characteristics in each of the boxes. This strategy can get students to write and talk about many unit vocabulary words at once, or it can support students in building  a deeper understanding of a single vocabulary word that has more depth and nuance.</w:t>
+              <w:t xml:space="preserve">This strategy could be used to review an entire unit or topic (so could include many vocabulary words); it could also be used to study a single word, with students writing examples, non-examples, or other characteristics in each of the boxes. This strategy can get students to write and talk about many unit vocabulary words at once, or it can support students in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>building  a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> deeper understanding of a single </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>vocabulary word</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that has more depth and nuance.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ABDCA1E" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76FC32B5" w14:textId="77777777" w:rsidR="00F47B40" w:rsidRDefault="00F47B40" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="582F4F0B" w14:textId="77777777" w:rsidR="00F47B40" w:rsidRDefault="00F47B40" w:rsidP="002F1CF1">
@@ -6734,51 +7406,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC4565D" w14:textId="36F620E8" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 12:</w:t>
             </w:r>
@@ -6837,127 +7509,187 @@
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A899517" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>“Let’s take a look at a lesson from your unit of study where students read informational text to support their thinking.   As you review this lesson, you will determine ways these lessons support previously taught vocabulary and how you might incorporate one vocabulary strategy to reinforce the vocabulary from your lesson.”</w:t>
+              <w:t xml:space="preserve">“Let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a lesson from your unit of study where students read informational text to support their thinking.   As you review this lesson, you will determine ways these lessons support previously taught vocabulary and how you might incorporate one vocabulary strategy to reinforce the vocabulary from your lesson.”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B296FD0" w14:textId="3A4FDD9A" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Today when we practice, </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we are</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> going to take a look at one lesson from your curriculum. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
+              <w:t xml:space="preserve"> going to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>We will</w:t>
-            </w:r>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> consider 3-5 vocabulary words that you will teach. Then </w:t>
+              <w:t xml:space="preserve"> at one lesson from your curriculum. </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>we will</w:t>
+              <w:t>We will</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> consider one task or strategy we could add or adjust in this lesson in order to also review some of the previously learned vocabulary. Please capture your thinking in your handout.</w:t>
+              <w:t xml:space="preserve"> consider 3-5 vocabulary words that you will teach. Then </w:t>
+            </w:r>
+            <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>we will</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> consider one task or strategy we could add or adjust in this lesson </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> also review some of the previously learned vocabulary. Please capture your thinking in your handout.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FB3844E" w14:textId="1A629321" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>20 min</w:t>
             </w:r>
             <w:r w:rsidR="00F47B40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -7145,51 +7877,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1627505"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2D142B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 13:</w:t>
             </w:r>
           </w:p>
@@ -7234,98 +7966,134 @@
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7486943F" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="004F27C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69F21923" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
+          <w:p w14:paraId="69F21923" w14:textId="0B8199A0" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="078BBCBB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="07BB556B" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Our reflection for today goes back to our first session during which we discussed the relationship between vocabulary instruction and </w:t>
+            </w:r>
+            <w:r w:rsidR="2356BE07" w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access for all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07BB556B" w14:textId="1977BB99" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="078BBCBB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? What is one next step you can take in your classroom to support students in maintaining or extending vocabulary?</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidR="5A9E0DF4" w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="078BBCBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs? What is one next step you can take in your classroom to support students in maintaining or extending vocabulary?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38C8AD75" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 min: Participants reflect.</w:t>
@@ -7389,94 +8157,134 @@
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E7831EF" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strong understanding of vocabulary is essential for reading comprehension, and in particular for accessing grade-level complex texts </w:t>
+              <w:t xml:space="preserve">Strong understanding of vocabulary is essential for reading comprehension, and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in particular for</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> accessing grade-level complex texts </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="742073B0" w14:textId="1EED427A" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">English Language Learners and students who are struggling readers often have lower comprehension because they </w:t>
             </w:r>
             <w:r w:rsidR="0074257E" w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>do not</w:t>
             </w:r>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> know as many vocabulary words</w:t>
+              <w:t xml:space="preserve"> know as many </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C032D49" w14:textId="77777777" w:rsidR="004F27C4" w:rsidRPr="006A16E4" w:rsidRDefault="004F27C4" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vocabulary instruction can help to create access to texts for all students</w:t>
@@ -7539,51 +8347,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1625600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="078BBCBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31D24FFF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006A16E4" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 14:</w:t>
             </w:r>
           </w:p>
@@ -7650,51 +8458,71 @@
               <w:t>Directions/Framing:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13D4298E" w14:textId="77777777" w:rsidR="00525128" w:rsidRPr="006A16E4" w:rsidRDefault="00525128" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Before we close out, I want to take a minute to preview the learning that we will engage in next week. We will have an opportunity to review an upcoming text and lesson and analyze it against our look fors. </w:t>
+              <w:t xml:space="preserve">Before we close out, I want to take a minute to preview the learning that we will engage in next week. We will have an opportunity to review an upcoming text and lesson and analyze it against our look </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>fors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006A16E4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D4AD832" w14:textId="77777777" w:rsidR="00525128" w:rsidRPr="006A16E4" w:rsidRDefault="00525128" w:rsidP="00CB5408">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Thank you all for your engagement in today’s learning! </w:t>
@@ -7804,89 +8632,89 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="0086287A" w:rsidRDefault="0086287A"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00824D30" w:rsidRDefault="00824D30"/>
     <w:sectPr w:rsidR="00824D30" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39BA5A89" w14:textId="77777777" w:rsidR="00EF5DFC" w:rsidRDefault="00EF5DFC" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7511A002" w14:textId="77777777" w:rsidR="00EF5DFC" w:rsidRDefault="00EF5DFC" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Poppins">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -7917,77 +8745,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50A11BFF" w14:textId="77777777" w:rsidR="00EF5DFC" w:rsidRDefault="00EF5DFC" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="78367D6F" w14:textId="77777777" w:rsidR="00EF5DFC" w:rsidRDefault="00EF5DFC" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="0086287A" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00824D30" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -8068,70 +8896,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="0086287A" w:rsidRDefault="0086287A">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00824D30" w:rsidRDefault="00824D30">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="090E0B16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="056A2320"/>
     <w:lvl w:ilvl="0" w:tplc="DC6CAA1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BABA1172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12650,143 +13478,151 @@
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="378818771">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="110637742">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="290481987">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1401710324">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1911840364">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="197815190">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="33"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
-    <w:rsid w:val="00017F2F"/>
     <w:rsid w:val="000D65F2"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="0024250A"/>
+    <w:rsid w:val="002B5417"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="002F4DE3"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="004F27C4"/>
     <w:rsid w:val="00525128"/>
     <w:rsid w:val="005927B1"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00623FFA"/>
     <w:rsid w:val="00637F79"/>
     <w:rsid w:val="00642460"/>
     <w:rsid w:val="00645C57"/>
     <w:rsid w:val="00655082"/>
     <w:rsid w:val="006A16E4"/>
     <w:rsid w:val="0074257E"/>
+    <w:rsid w:val="00824D30"/>
     <w:rsid w:val="008571DD"/>
-    <w:rsid w:val="0086287A"/>
     <w:rsid w:val="008D09AB"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00CB5408"/>
     <w:rsid w:val="00D779B1"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
+    <w:rsid w:val="00DF7E86"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E21537"/>
     <w:rsid w:val="00EF11DE"/>
     <w:rsid w:val="00EF5DFC"/>
     <w:rsid w:val="00F47B40"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FE4CC4"/>
+    <w:rsid w:val="078BBCBB"/>
     <w:rsid w:val="21EA6FC8"/>
+    <w:rsid w:val="2356BE07"/>
+    <w:rsid w:val="42CB8A24"/>
+    <w:rsid w:val="4A2BF7E2"/>
+    <w:rsid w:val="5A9E0DF4"/>
     <w:rsid w:val="5DE39430"/>
     <w:rsid w:val="61B04DE7"/>
+    <w:rsid w:val="6F6C4F04"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13399,51 +14235,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003306DE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D779B1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -16613,51 +17449,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1220</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1220</Url>
       <Description>KYED-536-1220</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
@@ -16678,89 +17514,89 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27049C46-7309-41F8-AB49-2F73DA6C8B5D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71EF783-79C8-48F8-AFF4-00E4824B98A7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51B5B1A6-D917-4A16-A60A-1472655F3B19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11E0D22-39D5-4305-BD4F-31E8616E974A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8971CD-8167-4664-A010-FD888B79A932}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B64AFECE-2764-4E47-88DE-38607663F704}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2833</Words>
-  <Characters>16154</Characters>
+  <Words>2838</Words>
+  <Characters>16178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>134</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18950</CharactersWithSpaces>
+  <CharactersWithSpaces>18979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>