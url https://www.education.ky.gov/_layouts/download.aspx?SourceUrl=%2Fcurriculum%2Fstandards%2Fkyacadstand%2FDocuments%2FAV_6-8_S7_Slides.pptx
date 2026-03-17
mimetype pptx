--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,126 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483663" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId20"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="257" r:id="rId6"/>
     <p:sldId id="258" r:id="rId7"/>
     <p:sldId id="259" r:id="rId8"/>
     <p:sldId id="260" r:id="rId9"/>
     <p:sldId id="261" r:id="rId10"/>
     <p:sldId id="262" r:id="rId11"/>
     <p:sldId id="263" r:id="rId12"/>
     <p:sldId id="264" r:id="rId13"/>
     <p:sldId id="265" r:id="rId14"/>
     <p:sldId id="266" r:id="rId15"/>
     <p:sldId id="267" r:id="rId16"/>
     <p:sldId id="268" r:id="rId17"/>
     <p:sldId id="269" r:id="rId18"/>
     <p:sldId id="270" r:id="rId19"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId21"/>
+      <p:bold r:id="rId22"/>
+      <p:italic r:id="rId23"/>
+      <p:boldItalic r:id="rId24"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId25"/>
+      <p:boldItalic r:id="rId26"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId27"/>
+      <p:bold r:id="rId28"/>
+      <p:italic r:id="rId29"/>
+      <p:boldItalic r:id="rId30"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Rockwell" panose="02060603020205020403" pitchFamily="18" charset="0"/>
+      <p:regular r:id="rId31"/>
+      <p:bold r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+      <p:boldItalic r:id="rId34"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -363,50 +394,58 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{9CF2268B-DD1D-88B4-F90B-54AED09689AB}" v="49" dt="2025-12-17T16:12:43.144"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{EE2BF794-4E73-475D-9DDA-BECEE97D15AE}">
   <a:tblStyle styleId="{EE2BF794-4E73-475D-9DDA-BECEE97D15AE}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
@@ -525,84 +564,84 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="20115"/>
-    <p:restoredTop sz="45124" autoAdjust="0"/>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="1504" y="160"/>
+        <p:origin x="874" y="53"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1007,107 +1046,107 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://knowledgematterscampaign.org/wp-content/uploads/2018/04/KMC-Announcement-re-2018-NAEP-v2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 81"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Google Shape;82;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -2630,123 +2669,123 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> Let’s continue to practice looking at strong text sets and considering how they align to the KAS. We are going to work in partnerships to explore a text set from the Kentucky Text Sets site. </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>10 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> In partnerships, examine the text set “Creature Features” and jot down strengths and possible adaptations on your handout. Keep in mind what we’ve discussed as criteria for strong text sets. </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -2848,90 +2887,90 @@
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Strengths: Diversity of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </a:t>
+              <a:t>Strengths: Variety of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Possible adaptations: </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1400">
               <a:solidFill>
@@ -3276,97 +3315,97 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Text sets are groups of texts (print and non print) that support knowledge building around a specific topic or concept. </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Text sets allow students to build coherence, to have repeated access to critical vocabulary and background knowledge. Background  knowledge is critical to equity. </a:t>
+              <a:t>Text sets allow students to build coherence, to have repeated access to critical vocabulary and background knowledge. Background  knowledge is critical to access. </a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
@@ -5468,99 +5507,99 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>14 min</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Directions/Framing:</a:t>
             </a:r>
-            <a:endParaRPr b="1" u="sng" dirty="0">
+            <a:endParaRPr b="1" u="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -5579,72 +5618,85 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t> Participants take out notes from pre-work and “It’s Time for a Reading Reset!”</a:t>
+              <a:t> Participants take out notes from pre-work and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>reading</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
@@ -5677,99 +5729,99 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>As you reflect on the pre-reading, distill your thinking into: </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>3 take-aways -- what stuck with you? What did you learn? What key understandings were reinforced for you? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -5819,196 +5871,213 @@
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 connection to current practice around teaching to build background knowledge-- what’s something you might shift? What’s something you are already doing that connects to research? </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>3 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> Participants complete 3-2-1 in handout </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>3 min:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> Participants stand up and find partner to share 3-2-1</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>3 min:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t> Facilitate small group or table share: Why is background knowledge an equity issue? </a:t>
+              <a:t> Facilitate small group or table share: Why is background knowledge </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>importnat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> for access to grade-level learning? </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
@@ -6040,404 +6109,404 @@
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Look or Listen Fors/Evidence of Mastery:</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Background knowledge and equity: </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr dirty="0">
+              <a:t>BK and access: </a:t>
+            </a:r>
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Knowledge begets knowledge </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Our most vulnerable students must have opportunities to build background knowledge at school </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Many programs currently focus on skills and strategies without intentionally building background knowledge </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>The role of text sets</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Text sets focus on a topic vs. a skill (like main idea) </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Through reading different texts, students build content knowledge </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Students have multiple exposures to words and concepts </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 132"/>
@@ -6511,732 +6580,732 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>15 min Text Set Exploration </a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Divide participants into small groups of 3-4 </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Direct participants to page 3 in the handout, which has an excerpt from the Iowa Reading Research Center. The featured text set is designed to support a 7th grade unit on immigration. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> Frame: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Let’s explore an example of a strong text set from a secondary unit. First, you have time to independently explore/click on links to the texts shared here. Then, with your group, you will discuss the following questions: </a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>How are the texts connected? </a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>What will students learn? </a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>What do you notice about the kinds of texts? </a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5 min</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> individual exploration </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7 min</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> group work to record thinking </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>4 min</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> share out whole group -- 1-2 responses for each of the three questions </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Look or Listen fors: </a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>How are the texts connected? </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Texts build coherent knowledge around factors that influence immigration </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>What will students learn? </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>From unit description: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1000" dirty="0">
+              <a:rPr lang="en" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Immigration patterns of various groups in United States history (e.g., Irish, Chinese, Syrians), previous immigration policies and related reforms, previous push-pull factors, personal experiences of immigrants, current events that influence push-pull factors (e.g., gang violence in El Salvador</a:t>
             </a:r>
-            <a:endParaRPr sz="1000" dirty="0">
+            <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:highlight>
                 <a:srgbClr val="FFFFFF"/>
               </a:highlight>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Kinds of texts: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Fiction, informational types -- articles, interviews, cartoons</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 142"/>
@@ -8183,95 +8252,95 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -15736,51 +15805,51 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId17">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -17071,107 +17140,107 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newsela.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readworks.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.procon.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.procon.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readworks.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newsela.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 84"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -17372,57 +17441,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7D093737-6BCD-491C-AFF9-EBE11E21B2AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D093737-6BCD-491C-AFF9-EBE11E21B2AB}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="57796" y="0"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -17430,57 +17499,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 161"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D760AD97-1826-4695-AAC9-E38BEE449DBD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D760AD97-1826-4695-AAC9-E38BEE449DBD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="128094"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -17877,57 +17946,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 169"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00B0FC0D-01E5-4682-B8DB-40D592EFD738}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00B0FC0D-01E5-4682-B8DB-40D592EFD738}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="93094"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -18452,57 +18521,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 177"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E137B96F-8A04-42E8-B7F4-35E93ED3BD18}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E137B96F-8A04-42E8-B7F4-35E93ED3BD18}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="66992"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -18986,57 +19055,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 185"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D496CFC4-D901-4BD8-925A-21BDF250762B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D496CFC4-D901-4BD8-925A-21BDF250762B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="119062"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -19652,57 +19721,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 194"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DF3106FE-8C9C-4F89-941A-3733A27E625E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3106FE-8C9C-4F89-941A-3733A27E625E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="113034"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -20097,57 +20166,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 203"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9576CF6A-07C2-4B79-B062-252DEC691FE7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9576CF6A-07C2-4B79-B062-252DEC691FE7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="45625" y="124801"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -20317,88 +20386,97 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="204" name="Google Shape;204;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="1998125"/>
             <a:ext cx="4430700" cy="2531100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...7 lines deleted...]
-              </a:buClr>
               <a:buSzPts val="1800"/>
-              <a:buFont typeface="Poppins"/>
-[...1 lines deleted...]
-            </a:pPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>How can </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0"/>
+              <a:t>using text sets ensure your students have </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800"/>
+              <a:t>access to grade-level</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en" sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>How can </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" sz="1800"/>
-              <a:t>using text sets ensure your students have </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en" sz="1800">
+              <a:t>learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>equitable opportunities in literacy?</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="1800">
+              <a:t>opportunities in literacy?</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
@@ -21064,57 +21142,57 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5308175" y="1409300"/>
             <a:ext cx="3574800" cy="2379825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5937E5C2-99E6-4599-A582-B62CD5973E9B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5937E5C2-99E6-4599-A582-B62CD5973E9B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="108263"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -21180,90 +21258,90 @@
               <a:rPr lang="en" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="101" name="Google Shape;101;p19" title=" &quot; &quot;"/>
+          <p:cNvPr id="101" name="Google Shape;101;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1292664571"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1947197985"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{EE2BF794-4E73-475D-9DDA-BECEE97D15AE}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -21344,51 +21422,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -21468,51 +21546,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -21592,51 +21670,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -21716,51 +21794,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -21840,51 +21918,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -21964,51 +22042,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22088,51 +22166,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22212,51 +22290,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22336,51 +22414,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22460,51 +22538,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22584,51 +22662,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -22708,51 +22786,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="Google Shape;103;p19" descr="Arrow pointing to Session 7:  Shared Learning"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="479450" y="3566150"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -22767,57 +22845,57 @@
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A9850B08-F7E1-4D08-A221-394E67B9B13E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9850B08-F7E1-4D08-A221-394E67B9B13E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="46037" y="152956"/>
             <a:ext cx="962288" cy="962288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -22825,57 +22903,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 107"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1BA279DE-BEAB-4822-9BD5-9383827C1EC8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BA279DE-BEAB-4822-9BD5-9383827C1EC8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="23663" y="85874"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -23420,57 +23498,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 117"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6F20BAC7-3AED-4A48-8C4A-EE55781F6443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F20BAC7-3AED-4A48-8C4A-EE55781F6443}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="77639"/>
             <a:ext cx="1041714" cy="1041714"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -23594,58 +23672,58 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1600">
+              <a:rPr lang="en" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>“K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 6-8, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from diverse cultures, time periods and disciplines, including all content areas. By thinking critically and analytically, students begin to reflect on themselves and the world around them. Through independent and flexible use of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners.”   (p. 222)</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="1600"/>
+              <a:t>“K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 6-8, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from various cultures, time periods and disciplines, including all content areas. By thinking critically and analytically, students begin to reflect on themselves and the world around them. Through independent and flexible use of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners.”   (p. 222)</a:t>
+            </a:r>
+            <a:endParaRPr sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="120" name="Google Shape;120;p21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7006279" y="5181350"/>
             <a:ext cx="2014800" cy="437400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="457200" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
@@ -23690,94 +23768,80 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 125"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{52BB4A53-1829-4231-8D50-78BF1983CCA6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52BB4A53-1829-4231-8D50-78BF1983CCA6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:style>
-[...12 lines deleted...]
-        </p:style>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="130" name="Google Shape;130;p22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -24070,76 +24134,85 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Consider:</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-330200" algn="l" rtl="0">
+            <a:pPr indent="-330200">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...7 lines deleted...]
-              </a:buClr>
               <a:buSzPts val="1600"/>
-              <a:buFont typeface="Poppins"/>
-[...3 lines deleted...]
-              <a:rPr lang="en" sz="1600" dirty="0">
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Why is background knowledge an equity issue? </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="1600" dirty="0">
+              <a:t>Why is background knowledge </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1600"/>
+              <a:t>important for access to grade-level </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1600" err="1"/>
+              <a:t>learnin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1600"/>
+              <a:t>g</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>? </a:t>
+            </a:r>
+            <a:endParaRPr sz="1600">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-330200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="7F8080"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1600" dirty="0">
@@ -24650,57 +24723,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{93A11DCF-2ACA-4B61-A05D-540AE41A9A6C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A11DCF-2ACA-4B61-A05D-540AE41A9A6C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-12438" y="109522"/>
             <a:ext cx="1053963" cy="1053963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -24708,57 +24781,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 145"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DDA78A0F-C4BD-4FAE-84AD-7F1A7DC2895C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDA78A0F-C4BD-4FAE-84AD-7F1A7DC2895C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="101640"/>
             <a:ext cx="985344" cy="985344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -24998,57 +25071,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 154"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FFA3EC33-3F11-4C1E-AD94-38F8508B805F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFA3EC33-3F11-4C1E-AD94-38F8508B805F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="45625" y="111884"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -25929,51 +26002,51 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1107</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1107</Url>
       <Description>KYED-536-1107</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -26307,119 +26380,141 @@
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00B3BFC4-E835-469F-A257-CC01BE56C0B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9ED650F7-8F4C-47EA-B1BC-33DDAED2A984}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ED7B4BD-B957-4594-8175-7F87180FB828}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E891250-1A73-4B8D-9440-174F89F09871}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58571DD-555E-4D3C-9EC6-277184611602}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E084CD03-463B-4825-937F-74CB6BDE8144}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2722</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>2902</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>303</Paragraphs>
   <Slides>15</Slides>
   <Notes>15</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="23" baseType="lpstr">
-      <vt:lpstr>Poppins SemiBold</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Rockwell</vt:lpstr>
       <vt:lpstr>Poppins ExtraBold</vt:lpstr>
       <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Bitter</vt:lpstr>
+      <vt:lpstr>Poppins SemiBold</vt:lpstr>
+      <vt:lpstr>Rockwell</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Text Sets </vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Kentucky Academic Standards</vt:lpstr>
       <vt:lpstr>The Case for Background Knowledge </vt:lpstr>
       <vt:lpstr>Text Set Exploration</vt:lpstr>
       <vt:lpstr>Kentucky Academic Standards</vt:lpstr>
       <vt:lpstr>Building Knowledge and Vocabulary </vt:lpstr>
       <vt:lpstr>Strong Text Sets</vt:lpstr>
       <vt:lpstr>Creating a Text Set</vt:lpstr>
       <vt:lpstr>Analyzing a Text Set:  </vt:lpstr>
       <vt:lpstr> Analyzing &amp; Adapting a Text Set </vt:lpstr>
       <vt:lpstr>Check for Understanding </vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Text Sets </dc:title>
+  <dc:title>Text Sets</dc:title>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:46:44Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>3f3eab03-5169-4a76-b712-9092b14ea7a3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f84e2c40-2e10-4306-9778-3341789e3fdb</vt:lpwstr>
   </property>
 </Properties>
 </file>