--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -12,91 +12,93 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="76F27194" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="4DFC3DAA" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60D6892F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+    <w:p w14:paraId="60D6892F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="413219AB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Do Now: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+      <w:r w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Think of a student you know who has learned a ton about a particular topic. What is the impact of that knowledge for that student? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2159B588" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0995D3A3" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53E4D4A7" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -159,104 +161,124 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the following excerpt from the Kentucky Academic Standards (p. 222). Highlight key words and phrases that communicate the importance of text sets. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233806AF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37653341" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="406C099F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+    <w:p w14:paraId="406C099F" w14:textId="2D57C25D" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">READING (RL AND RI) K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 6-8, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from diverse cultures, time periods and disciplines, including all content areas. By thinking critically and analytically, students begin to reflect on themselves and the world around them. Through independent and flexible use of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners. </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">READING (RL AND RI) K-12 Standards for Reading define what students should understand and be able to do by the end of each grade. To meet this expectation for grades 6-8, students must read from a range of high quality, increasingly challenging literary and informational print and non-print texts and text sets from </w:t>
       </w:r>
+      <w:r w:rsidR="4FAD028A" w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">various </w:t>
+      </w:r>
+      <w:r w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cultures, time periods and disciplines, including all content areas. By thinking critically and analytically, students begin to reflect on themselves and the world around them. Through independent and flexible use of cognitive strategies, students will acquire rich content knowledge and develop into independent, proficient lifelong learners. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0BB9FDC5" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79491C58" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+    <w:p w14:paraId="79491C58" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6A7086A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Students must continue to develop the habit of reading closely in order to both comprehend and analyze increasingly difficult texts during grades 6-8. They must determine themes and central ideas in the text(s) and analyze the development and interactions between different elements and ideas over the course of a text. They must be given multiple opportunities to analyze how form, structure and word choice contribute to meaning and how authors develop perspective and purpose in text(s). Students should cite textual evidence to support analysis. In the analysis of print and non-print texts, students should compare approaches an author takes on similar themes and/ or topics and determine how techniques produce different effects that impact the audience. Students also begin evaluating arguments in a text. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D15B80" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EAFF6F8" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+    <w:p w14:paraId="6EAFF6F8" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6A7086A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The linear progression of the standards promotes the spiraling of foundational content and concepts from year to year. Within the grade level, alignment between standards is also present and should be addressed in multiple grade-level appropriate texts. Students must be exposed to and taught from grade-level appropriate, complex texts. Teachers should supplement quantitative measures, such as Lexile and Flesch-Kincaid, with qualitative measures, such as Tier 2 and Tier 3 vocabulary in context and subject-knowledge requirements, to determine the instructional purpose for texts and text sets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA26E25" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45686A91" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51CD1085" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
@@ -295,61 +317,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D0F7EF1" w14:textId="5DCBD04C" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
         <w:t>Pre-reading Reflection: 3-2-1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6685D4B1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="373D6EC8" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="373D6EC8" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6C3E4053">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6C3E4053">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 Take-Aways </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACFB863" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE17D9E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -784,1615 +810,1619 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10365" w:type="dxa"/>
         <w:tblInd w:w="-585" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="30" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="30" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3030"/>
         <w:gridCol w:w="885"/>
         <w:gridCol w:w="1035"/>
         <w:gridCol w:w="795"/>
         <w:gridCol w:w="4620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6165" w14:paraId="66AA550D" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="66AA550D" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71504B9C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30718BDF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Genre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F0FA895" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lexile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66C302F1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Source</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6254B4D6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Background knowledge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="4071A912" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="4071A912" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F8DAF5C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The Book of Unknown Americans</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="698D3BE1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A3F104F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HL 760 (high interest, low level)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1061A448" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ISBN-10: 0061962791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CE8221F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+          <w:p w14:paraId="0CE8221F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6A7086A7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personal experiences of Central and South Americans immigrating to the United States and related push-pull factors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="4AE8F885" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="4AE8F885" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="636FFF03" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="636FFF03" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10">
-              <w:r w:rsidR="00046A3B">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Issue Overview: Immigration Reform"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A97105F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="705BF722" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>580L-1200L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1324BF67" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+          <w:p w14:paraId="1324BF67" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6A7086A7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Newslea</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03CF8333" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Summary of past and current immigration reform efforts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="459942B3" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="459942B3" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6692DA9C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="6692DA9C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11">
-              <w:r w:rsidR="00046A3B">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Surges and slips: Immigration in America over 200 years"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2AD979C6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonfiction </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7421785E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>570L-1140L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4313AD60" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+          <w:p w14:paraId="4313AD60" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6A7086A7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Newslea</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64EF2632" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>History of United States immigration policy and related push-pull factors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="15390981" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="15390981" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23A0B481" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="23A0B481" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
-              <w:r w:rsidR="00046A3B">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Interviews with Today's Immigrants"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67398CC8" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interviews</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25DABF48" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Various</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53E8F2D7" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Library of Congress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AB8F919" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+          <w:p w14:paraId="2AB8F919" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6A7086A7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personal experiences of immigrants from around the world</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="0788DB2F" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="0788DB2F" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="482E5009" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="482E5009" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="00046A3B">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Comparing Jewish Refugees of the 1930s With Syrian Refugees Today"</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33C14F9F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A186540" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1100L-1200L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34F0FD9A" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>New York Times</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C3DBD03" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Push-pull factors for and United States reaction to immigration during World War II and today</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="78BA7558" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="78BA7558" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="284D4B4E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="284D4B4E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="00046A3B">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="316EF1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>"Why So Many Central Americans Are Seeking Asylum in the U.S."</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="384EAFC6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nonfiction cartoon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DBA20DD" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1000L-1100L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="288B8146" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0AEB1CBF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2501,59 +2531,61 @@
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BCB7AE0" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3835AC6E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E24D59E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6624108C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+    <w:p w14:paraId="6624108C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="413219AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="413219AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">What do you notice about the kinds of texts in the set? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109BB855" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40FB56D1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="053E63C6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
@@ -2610,239 +2642,238 @@
     <w:p w14:paraId="5BD20C60" w14:textId="7AE0B556" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="40C1AC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25560">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">Text Set Analysis &amp; Adaptation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2431ACA6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B913C1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
-[...8 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="20B913C1" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6A7086A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Review the following example text sets and reflect on strengths and possible adjustments to each. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A94851D" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2190"/>
         <w:gridCol w:w="3285"/>
         <w:gridCol w:w="3885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6165" w14:paraId="4F847B5E" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="4F847B5E" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EC36568" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4915FF47" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Strengths </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BEF1EFB" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Possible Adjustments </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="1F1B87E2" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="1F1B87E2" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="287DAC7A" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Library of Congress Primary Source Sets</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="784E8A4D" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="784E8A4D" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
-              <w:r w:rsidR="00046A3B" w:rsidRPr="00C25560">
+              <w:r w:rsidRPr="00C25560">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.loc.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="781C9ED6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D06631C" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -2860,51 +2891,50 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7915349C" w14:textId="37FE5E61" w:rsidR="000E679E" w:rsidRDefault="000E679E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D904639" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62E2D4CB" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
@@ -2957,120 +2987,118 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="756E1E6A" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C91C411" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="53BF28A0" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="53BF28A0" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E38BC6B" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Newsela</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61A15479" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="61A15479" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="00046A3B" w:rsidRPr="00C25560">
+              <w:r w:rsidRPr="00C25560">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.newsela.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="05328CB0" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F4BF089" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -3097,51 +3125,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="238D4B96" w14:textId="65EFD72C" w:rsidR="000E679E" w:rsidRDefault="000E679E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E9972A9" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FD0B970" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
@@ -3245,122 +3272,120 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02F814E3" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02460875" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="6AF3AF39" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="6AF3AF39" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="678674D5" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pro/Con.org</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E7CE11F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          <w:p w14:paraId="3E7CE11F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
-              <w:r w:rsidR="00046A3B" w:rsidRPr="00C25560">
+              <w:r w:rsidRPr="00C25560">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.procon.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2A27A65A" w14:textId="77777777" w:rsidR="000E679E" w:rsidRDefault="000E679E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1345E30B" w14:textId="77777777" w:rsidR="000E679E" w:rsidRDefault="000E679E">
@@ -3395,51 +3420,50 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C3D0B76" w14:textId="6CF642FF" w:rsidR="000E679E" w:rsidRDefault="000E679E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CED7FEA" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E5109DF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
@@ -3526,51 +3550,50 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D2F990F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="060FC1C6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25897CEF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
@@ -3655,95 +3678,94 @@
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="067C55C9" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6165" w14:paraId="4E04975F" w14:textId="77777777" w:rsidTr="00AB28EF">
+      <w:tr w:rsidR="00FE6165" w14:paraId="4E04975F" w14:textId="77777777" w:rsidTr="6A7086A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2196082F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
+          <w:p w14:paraId="2196082F" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B" w:rsidP="6A7086A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6A7086A7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ReadWorks</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13C4AAE6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="003A5D44">
+          </w:p>
+          <w:p w14:paraId="13C4AAE6" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00046A3B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19">
-              <w:r w:rsidR="00046A3B" w:rsidRPr="00C25560">
+              <w:r w:rsidRPr="00C25560">
                 <w:rPr>
                   <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.readworks.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7ADCF964" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A58683E" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -3770,51 +3792,50 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B014427" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2AA074EB" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68B232CF" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
@@ -3901,51 +3922,50 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D5682FD" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3885" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AEC1593" w14:textId="77777777" w:rsidR="00FE6165" w:rsidRDefault="00FE6165">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3955,180 +3975,196 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE6165">
       <w:headerReference w:type="even" r:id="rId20"/>
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="even" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:headerReference w:type="first" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="431" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E15632D" w14:textId="77777777" w:rsidR="00DB411B" w:rsidRDefault="00DB411B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D56B0A0" w14:textId="77777777" w:rsidR="00DB411B" w:rsidRDefault="00DB411B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15AA36BA" w14:textId="77777777" w:rsidR="007246B2" w:rsidRDefault="007246B2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73E15962" w14:textId="77777777" w:rsidR="007246B2" w:rsidRDefault="007246B2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BC5FE48" w14:textId="77777777" w:rsidR="007246B2" w:rsidRDefault="007246B2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66D3642D" w14:textId="77777777" w:rsidR="00DB411B" w:rsidRDefault="00DB411B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4794A54D" w14:textId="77777777" w:rsidR="00DB411B" w:rsidRDefault="00DB411B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44B7A3E3" w14:textId="77777777" w:rsidR="007246B2" w:rsidRDefault="007246B2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D59687A" w14:textId="23C72210" w:rsidR="00FE6165" w:rsidRDefault="007246B2" w:rsidP="000E679E">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08388C77" wp14:editId="297291C9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5059680</wp:posOffset>
@@ -4440,61 +4476,61 @@
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00046A3B">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00046A3B">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date: </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5156CA7A" w14:textId="77777777" w:rsidR="007246B2" w:rsidRDefault="007246B2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="341F3F38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EBFA719C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4790,152 +4826,159 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="538591868">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="927956656">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1793208223">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE6165"/>
     <w:rsid w:val="00046A3B"/>
     <w:rsid w:val="000E679E"/>
     <w:rsid w:val="00206344"/>
     <w:rsid w:val="00347F5D"/>
-    <w:rsid w:val="003A5D44"/>
+    <w:rsid w:val="0045658F"/>
+    <w:rsid w:val="00542615"/>
     <w:rsid w:val="005E085E"/>
+    <w:rsid w:val="00706C78"/>
     <w:rsid w:val="007246B2"/>
     <w:rsid w:val="00754F1A"/>
     <w:rsid w:val="00944C82"/>
     <w:rsid w:val="009677AD"/>
     <w:rsid w:val="00A925AF"/>
     <w:rsid w:val="00AB28EF"/>
     <w:rsid w:val="00B603C7"/>
     <w:rsid w:val="00C25560"/>
     <w:rsid w:val="00DB411B"/>
+    <w:rsid w:val="00ED6FB3"/>
+    <w:rsid w:val="00F676E1"/>
     <w:rsid w:val="00FE6165"/>
+    <w:rsid w:val="413219AB"/>
+    <w:rsid w:val="4FAD028A"/>
+    <w:rsid w:val="6A7086A7"/>
+    <w:rsid w:val="6C3E4053"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71823FE9"/>
   <w15:docId w15:val="{15D3E50A-25A3-4DB1-95C9-F395891DE2B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4997,98 +5040,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -5265,51 +5311,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -5559,51 +5604,51 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E679E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="007246B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2017/01/04/learning/lesson-plans/text-to-text-comparing-jewish-refugees-of-the-1930s-with-syrian-refugees-today.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.procon.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov/teachers/classroommaterials/presentationsandactivities/presentations/immigration/interv/toc.php" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newsela.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.loc.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/immigration-primer/id/26265/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowareadingresearch.org/blog/text-sets-background-knowledge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newsela.com/read/overview-immigration-reform/id/20157/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readworks.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pbslearningmedia.org/resource/central-americans-seeking-asylum/the-lowdown-why-are-so-many-central-americans-seeking-asylum/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5916,76 +5961,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -6237,50 +6256,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1108</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1108</Url>
+      <Description>KYED-536-1108</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
@@ -6292,105 +6337,104 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFB9E095-40EA-416E-9434-51F2E59C0C21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD27CFF-22AC-4A35-8934-FFF2A4BB826E}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33D6773B-6DC8-43C8-86A7-95863AADE727}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="12423c08-2846-40b6-adb1-6ff477af9c4c"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A45540-EC8F-4405-A240-EDDBB1A33E68}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B324D987-5B9F-465A-805E-E998E1F9DE69}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4404</Characters>
+  <Pages>6</Pages>
+  <Words>771</Words>
+  <Characters>4395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5166</CharactersWithSpaces>
+  <CharactersWithSpaces>5156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:47:21Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>2494daa8-e0f3-415c-93e8-09d4f25e2fee</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>6a8a880b-8b3f-46c1-b01b-c11ba4436786</vt:lpwstr>
   </property>
 </Properties>
 </file>