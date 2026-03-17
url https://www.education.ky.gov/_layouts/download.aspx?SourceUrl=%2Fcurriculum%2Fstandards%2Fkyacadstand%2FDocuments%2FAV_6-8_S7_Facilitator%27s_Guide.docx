--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -91,90 +91,90 @@
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00A16BA9">
         <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="001A6BCC">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -210,158 +210,190 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="40B61BE4" w14:textId="14616708" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="5A427A67">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="60C77D96" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -392,98 +424,120 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="6249CA6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>less</w:t>
+              <w:t>comprehension, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="6249CA6B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="6249CA6B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="5A427A67">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="6249CA6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -500,51 +554,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -574,75 +628,97 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="5A427A67">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="6249CA6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -713,91 +789,91 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="001A6BCC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="385C1C0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -813,144 +889,170 @@
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ACF62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="572B110C" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="4BC8C96F" w14:textId="572B110C" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="5A427A67">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE: These goals are intended to be a starting place for team </w:t>
             </w:r>
-            <w:r w:rsidR="00811709" w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00811709" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>goal setting</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="6249CA6B">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="008856B9" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1131,51 +1233,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="008856B9" w:rsidRDefault="00A5305E" w:rsidP="6249CA6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6249CA6B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1925,275 +2026,285 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008856B9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008856B9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008856B9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="711BC199" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="00081888" w:rsidP="02FF8AE2">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="711BC199" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="001A6BCC" w:rsidP="02FF8AE2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="001A6BCC" w:rsidRPr="02FF8AE2">
+        <w:r w:rsidRPr="02FF8AE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>PowerPoint Sl</w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="02FF8AE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>ides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="380DF9FE" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="00081888" w:rsidP="02FF8AE2">
+    <w:p w14:paraId="0802629F" w14:textId="380DF9FE" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="00617037" w:rsidP="02FF8AE2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="02FF8AE2">
+        <w:r w:rsidRPr="02FF8AE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="70FD468E" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="00081888" w:rsidP="00617037">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="70FD468E" w:rsidR="00617037" w:rsidRPr="008856B9" w:rsidRDefault="00C30C66" w:rsidP="00617037">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00C30C66" w:rsidRPr="008856B9">
+        <w:r w:rsidRPr="008856B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>KMC’s “It’s Time for a Reading Reset”</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="452AA510" w14:textId="100B3BBF" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D919592" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5254"/>
         <w:gridCol w:w="9126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="646D8C57" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="646D8C57" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2523AB40" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Session 7: Shared Learning: Text Sets </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="34A4779C" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="34A4779C" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A58B49D" w14:textId="2DA1FF16" w:rsidR="002C20B1" w:rsidRDefault="002C20B1" w:rsidP="508DD9A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="508DD9A9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pre-Work</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2588209F" w14:textId="08653E4F" w:rsidR="2A02C8A8" w:rsidRDefault="00081888" w:rsidP="508DD9A9">
+          <w:p w14:paraId="2588209F" w14:textId="08653E4F" w:rsidR="2A02C8A8" w:rsidRDefault="2A02C8A8" w:rsidP="508DD9A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="2A02C8A8" w:rsidRPr="508DD9A9">
+              <w:r w:rsidRPr="508DD9A9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://iowareadingresearch.org/blog/text-sets-background-knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7E91C46E" w14:textId="0D4F11E8" w:rsidR="508DD9A9" w:rsidRDefault="508DD9A9" w:rsidP="508DD9A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2242,73 +2353,91 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">30 min: Participants read  </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="008856B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>It’s Time for a Reading Reset (Knowledge Matters Campaign)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and capture thinking in response to the following questions: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DB6222D" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
+          <w:p w14:paraId="1DB6222D" w14:textId="4307BC20" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="44C19CBD" w:rsidP="5A427A67">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008856B9">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>How does background knowledge connect to equity? </w:t>
+              <w:t xml:space="preserve">How does background knowledge connect to </w:t>
+            </w:r>
+            <w:r w:rsidR="465F705D" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="25282A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access for all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="25282A"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F49ECB7" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What are some ways to build students’ background knowledge? </w:t>
@@ -2362,51 +2491,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How do you address background knowledge in </w:t>
             </w:r>
             <w:r w:rsidR="00C0700A" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>your current</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="25282A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> practice? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="54AEEB2D" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="54AEEB2D" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="248D6EEB" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
@@ -2426,61 +2555,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60E4FFA4" w14:textId="07B2CE65" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="00081888" w:rsidP="02FF8AE2">
+          <w:p w14:paraId="60E4FFA4" w14:textId="07B2CE65" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="6102DB17" w:rsidP="02FF8AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="6102DB17" w:rsidRPr="02FF8AE2">
+              <w:r w:rsidRPr="02FF8AE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session </w:t>
               </w:r>
               <w:r w:rsidR="001A6BCC" w:rsidRPr="02FF8AE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>7 PowerPoint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4C30215A" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -2498,51 +2627,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*Times listed in the presenter’s notes on slides are approximate, and may be adjusted to meet the needs and schedule of the individual PLC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="211085CF" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="211085CF" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5580F397" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
@@ -2561,90 +2690,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Printing/Digital Handouts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0DC451" w14:textId="78EBD7DC" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="00081888" w:rsidP="02FF8AE2">
+          <w:p w14:paraId="4F0DC451" w14:textId="78EBD7DC" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="6102DB17" w:rsidP="02FF8AE2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
-              <w:r w:rsidR="6102DB17" w:rsidRPr="02FF8AE2">
+              <w:r w:rsidRPr="02FF8AE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant Handout </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5E3136CF" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="664E2484" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="664E2484" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11EA0B2D" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2674,51 +2803,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5ABB80EF" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="001A6BCC">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:t>Facilitation Guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="4FC5298C" w14:textId="77777777" w:rsidTr="02FF8AE2">
+      <w:tr w:rsidR="002C20B1" w:rsidRPr="008856B9" w14:paraId="4FC5298C" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:trPr>
           <w:trHeight w:val="1440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EDBD808" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
             <w:pPr>
               <w:numPr>
@@ -2840,199 +2969,239 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61CEA60D" w14:textId="6156514B" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
+          <w:p w14:paraId="61CEA60D" w14:textId="3AA4E0A3" w:rsidR="002C20B1" w:rsidRPr="008856B9" w:rsidRDefault="44C19CBD" w:rsidP="5A427A67">
             <w:pPr>
               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">In this session, teachers will explore how to leverage text sets to build knowledge and vocabulary simultaneously. Participants discuss the importance of background knowledge to students’ reading success and the implications for equity. Teachers use the Kentucky Academic Standards and </w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this session, teachers will explore how to leverage text sets to build knowledge and vocabulary simultaneously. Participants discuss the importance of background knowledge to students’ reading success and the implications for </w:t>
+            </w:r>
+            <w:r w:rsidR="634BA96B" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Teachers use the Kentucky Academic Standards and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>exemplar</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> text sets </w:t>
             </w:r>
-            <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00D50FB1" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to unpack</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> what makes a strong text set. From there, the session includes time to analyze existing text sets to identify strengths and possible adaptations. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19FFB534" w14:textId="77777777" w:rsidR="002C20B1" w:rsidRPr="00617037" w:rsidRDefault="002C20B1" w:rsidP="002C20B1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FC4177" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="2A444018" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="008856B9">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:t>Facilitator</w:t>
             </w:r>
             <w:r w:rsidR="001A6BCC" w:rsidRPr="008856B9">
               <w:t>’s</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:t xml:space="preserve"> Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FFC9737" w14:textId="348A4993" w:rsidR="00A16BA9" w:rsidRPr="008856B9" w:rsidRDefault="00A16BA9" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1 min</w:t>
             </w:r>
             <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -3217,51 +3386,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 2:</w:t>
             </w:r>
@@ -3456,51 +3625,67 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Share with a partner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BBD1A95" w14:textId="4568D4B0" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">It was so powerful to hear so many different stories about students who have learned so much about so many different topics through reading! (Facilitator should name some topics overheard.)  this is the ultimate purpose of reading - to learn about different places, people, perspectives, subjects, </w:t>
+              <w:t xml:space="preserve">It was so powerful to hear so many different stories about students who have learned so much about so many different topics through reading! (Facilitator should name some topics overheard.)  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is the ultimate purpose of reading - to learn about different places, people, perspectives, subjects, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ourselves</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. The purpose of reading, ultimately, is to build knowledge. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61B44066" w14:textId="77777777" w:rsidR="00D50FB1" w:rsidRPr="008856B9" w:rsidRDefault="00D50FB1" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -3520,51 +3705,99 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72D269A4" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Participants are sharing a story about a student who was really excited about a particular topic. Participants share out about what the student would read, how they would talk about the topic, etc.</w:t>
+              <w:t xml:space="preserve">Participants are sharing a story about a student who was </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>really excited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about a particular topic. Participants </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about what the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> would read, how they would talk about the topic, etc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D2BBFE7" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Facilitators should listen to be sure that participants are talking about a topic (e.g., sharks, sea mammals, hurricanes, etc.) and not a series or author (</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -3637,51 +3870,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -3812,51 +4045,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623060"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0714D629" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 4:</w:t>
             </w:r>
@@ -4070,51 +4303,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="737DFE3A" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 5:</w:t>
             </w:r>
           </w:p>
@@ -4515,51 +4748,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1622425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="014BE6F0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 6:</w:t>
             </w:r>
@@ -4645,61 +4878,72 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A10FD4D" w14:textId="13662156" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>1 min</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>min</w:t>
             </w:r>
             <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Participants take out notes from pre-work </w:t>
             </w:r>
             <w:r w:rsidR="00811709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>and reading</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78D26383" w14:textId="60F23294" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
@@ -4800,51 +5044,67 @@
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">3 take-aways -- what stuck with you? What did you learn? What key understandings were reinforced for you? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="519DDCC1" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 wonderings -- what questions do you have about the case for background knowledge? What questions do you have about how it impacts your instruction? </w:t>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>wonderings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -- what questions do you have about the case for background knowledge? What questions do you have about how it impacts your instruction? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="302AA79D" w14:textId="1453793F" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">1 connection to current practice around teaching to build background knowledge-- </w:t>
             </w:r>
             <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -4956,121 +5216,135 @@
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Participants stand up and find </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> to share 3-2-1</w:t>
+              <w:t xml:space="preserve"> Participants stand up and find partner to share 3-2-1</w:t>
             </w:r>
             <w:r w:rsidR="00811709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77021975" w14:textId="0C44D922" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
+          <w:p w14:paraId="77021975" w14:textId="2F20BD4B" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="5A427A67">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
-            <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00D50FB1" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Facilitate small group or table share: Why is background knowledge an equity issue? </w:t>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Facilitate small group or table share: Why is background knowledge </w:t>
+            </w:r>
+            <w:r w:rsidR="0811F992" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">important to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0811F992" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0811F992" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269789DA" w14:textId="55331C42" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
               <w:rPr>
@@ -5095,96 +5369,110 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Facilitate whole group share: What is the role of text sets in building background knowledge? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E903CD9" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E7B23B5" w14:textId="672CFA2F" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
+          <w:p w14:paraId="1E7B23B5" w14:textId="4A544EE6" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="5A427A67">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00D50FB1" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ackground </w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
-            <w:r w:rsidR="00D50FB1" w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00D50FB1" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>nowledge</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> and equity: </w:t>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="2AE66423" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>access for all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7515862E" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge begets knowledge </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55C99217" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -5415,51 +5703,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -5665,51 +5953,71 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">What will students learn? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="018952E5" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">What do you notice about the kinds of texts? </w:t>
+              <w:t xml:space="preserve">What do you notice about </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kinds of texts? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C3DC036" w14:textId="06F13BE3" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5 min</w:t>
             </w:r>
             <w:r w:rsidR="0053377C" w:rsidRPr="008856B9">
               <w:rPr>
@@ -6089,51 +6397,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1629410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="31904000" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 8:</w:t>
             </w:r>
@@ -6153,58 +6461,69 @@
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">2 min: KAS Connection </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="052E297F" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008856B9">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Framing/Directions: </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Framing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Directions: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56FA9E83" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">We just saw an example of a text set that includes a variety of text genres. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="679FFC53" w14:textId="3E7BE83E" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -6242,51 +6561,67 @@
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F9FFC34" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consider your classroom: When and how have you used non print texts? Briefly share with a partner. </w:t>
+              <w:t xml:space="preserve">Consider your classroom: When and how have you used non print </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? Briefly share with a partner. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="4E378D01" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5566BCBB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6330,51 +6665,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624965"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
@@ -6393,58 +6728,69 @@
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4 min: Research connections</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13008B4A" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008856B9">
-[...6 lines deleted...]
-              <w:t>Framing/Directions:</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Framing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/Directions:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16EC452A" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Let’s connect our learning and the KAS back to research. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01262757" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -6514,61 +6860,72 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> overlap, just like we explored earlier.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="703CFF0A" w14:textId="4F60E092" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>1 min</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>min</w:t>
             </w:r>
             <w:r w:rsidR="0053377C" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Why would these findings be true? Take a moment to process with a partner.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F1125A4" w14:textId="1B9A2654" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
@@ -6867,51 +7224,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB69211" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 10:</w:t>
             </w:r>
           </w:p>
@@ -7053,51 +7410,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1634490"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="076FFD90" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="625DA73A" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -7456,51 +7813,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="154549CE" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E29C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 12:</w:t>
             </w:r>
@@ -7593,51 +7950,67 @@
               <w:t>1 min</w:t>
             </w:r>
             <w:r w:rsidR="0053377C" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Let’s take a look at a text set example from an </w:t>
+              <w:t xml:space="preserve"> Let’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>take a look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a text set example from an </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>open source</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> curriculum </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>sites</w:t>
             </w:r>
@@ -7915,51 +8288,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="63223183" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2D142B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 13:</w:t>
             </w:r>
           </w:p>
@@ -8214,68 +8587,82 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B29F225" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="733B5A5E" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
+          <w:p w14:paraId="733B5A5E" w14:textId="0482C663" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="5A427A67">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Strengths: Diversity of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strengths: </w:t>
+            </w:r>
+            <w:r w:rsidR="5B1F1C81" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variety </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of text (types, print/non print), clearly aligned to task, suggested sequence of texts, repeated vocabulary (these strengths apply to most of the text sets, but responses will depend on what participants select) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="426B6F2B" w14:textId="1F45006D" w:rsidR="003306DE" w:rsidRPr="00952880" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Possible adaptations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8321,51 +8708,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1A606A84" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31D24FFF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 14:</w:t>
             </w:r>
@@ -8566,82 +8953,82 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Text sets are groups of texts (print and </w:t>
             </w:r>
             <w:r w:rsidR="008856B9" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>non-print</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">) that support knowledge building around a specific topic or concept. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="479F804F" w14:textId="108D6CC1" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
+          <w:p w14:paraId="479F804F" w14:textId="2C1057CE" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="5A427A67">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Text sets allow students to build coherence, to have repeated access to critical vocabulary and background knowledge. </w:t>
             </w:r>
-            <w:r w:rsidR="008856B9" w:rsidRPr="008856B9">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="008856B9" w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Background knowledge</w:t>
             </w:r>
-            <w:r w:rsidRPr="008856B9">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> is critical to equity. </w:t>
+            <w:r w:rsidRPr="5A427A67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is critical. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0A42BF" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Strong text sets connect to a topic/concept, align to a task, include a variety of text, and may be sequenced from less to more rigorous. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C53C892" w14:textId="028499C2" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:rPr>
@@ -8698,51 +9085,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="508DD9A9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="65E82EB6" w14:textId="77777777" w:rsidTr="5A427A67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FE3042B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="008856B9" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 15:</w:t>
             </w:r>
           </w:p>
@@ -8829,51 +9216,67 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>this matters</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> and where we go next</w:t>
             </w:r>
             <w:r w:rsidR="008856B9" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Take 2 minutes to reflect.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Take</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 minutes to reflect.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60BBDB97" w14:textId="78D3B1B8" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="008856B9" w:rsidRPr="008856B9">
               <w:rPr>
@@ -8881,51 +9284,67 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: Stand up, find someone you </w:t>
             </w:r>
             <w:r w:rsidR="008856B9" w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>have not</w:t>
             </w:r>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> talked with yet today, and share out your reflections.</w:t>
+              <w:t xml:space="preserve"> talked with yet today, and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008856B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your reflections.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43CE1457" w14:textId="77777777" w:rsidR="008856B9" w:rsidRPr="008856B9" w:rsidRDefault="008856B9" w:rsidP="008856B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21E41D54" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="008856B9" w:rsidRDefault="003306DE" w:rsidP="003306DE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008856B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -9048,89 +9467,89 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626235"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00081888" w:rsidRDefault="00081888"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="009437A3" w:rsidRDefault="009437A3"/>
     <w:sectPr w:rsidR="009437A3" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BA784B1" w14:textId="77777777" w:rsidR="00E97582" w:rsidRDefault="00E97582" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6EDD0348" w14:textId="77777777" w:rsidR="00E97582" w:rsidRDefault="00E97582" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9161,77 +9580,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3EB8F8FD" w14:textId="77777777" w:rsidR="00E97582" w:rsidRDefault="00E97582" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5A01FBE3" w14:textId="77777777" w:rsidR="00E97582" w:rsidRDefault="00E97582" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00081888" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="009437A3" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -9312,70 +9731,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00081888" w:rsidRDefault="00081888">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="009437A3" w:rsidRDefault="009437A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040851B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B9E78AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -14859,142 +15278,153 @@
   <w:num w:numId="35" w16cid:durableId="748429266">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="658462384">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="233972591">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="483545456">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1230073842">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2060745033">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1898777445">
     <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
-    <w:rsid w:val="00081888"/>
     <w:rsid w:val="001A6BCC"/>
+    <w:rsid w:val="001B7ABD"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="00291645"/>
     <w:rsid w:val="002C20B1"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="0053377C"/>
     <w:rsid w:val="005C4CEB"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00811709"/>
     <w:rsid w:val="00852CBB"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="0086701E"/>
     <w:rsid w:val="008856B9"/>
+    <w:rsid w:val="009437A3"/>
     <w:rsid w:val="00952880"/>
-    <w:rsid w:val="009823D7"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B0351B"/>
     <w:rsid w:val="00B536DE"/>
     <w:rsid w:val="00C0700A"/>
     <w:rsid w:val="00C30C66"/>
     <w:rsid w:val="00D50FB1"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
+    <w:rsid w:val="00E91E27"/>
     <w:rsid w:val="00E97582"/>
     <w:rsid w:val="00FB342B"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FE48F2"/>
     <w:rsid w:val="02FF8AE2"/>
+    <w:rsid w:val="0811F992"/>
+    <w:rsid w:val="09C3830C"/>
     <w:rsid w:val="2A02C8A8"/>
+    <w:rsid w:val="2AE66423"/>
+    <w:rsid w:val="44C19CBD"/>
+    <w:rsid w:val="465F705D"/>
     <w:rsid w:val="508DD9A9"/>
+    <w:rsid w:val="5A427A67"/>
+    <w:rsid w:val="5B041DF6"/>
+    <w:rsid w:val="5B1F1C81"/>
+    <w:rsid w:val="60C77D96"/>
     <w:rsid w:val="6102DB17"/>
     <w:rsid w:val="6249CA6B"/>
+    <w:rsid w:val="634BA96B"/>
     <w:rsid w:val="63D25D77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15681,51 +16111,51 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008856B9"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -17630,51 +18060,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1218</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1218</Url>
       <Description>KYED-536-1218</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
@@ -17695,89 +18125,89 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1588FB47-746D-484F-A6BD-101F7B09E34B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD81C696-F2FF-461B-90F5-535F456E8D1B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A9CE20E-01DC-404F-AE8E-5367D7CDADAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3808164-8384-4E95-9290-57FF3245A36A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B71CEBA-D99F-4306-916E-1944DB2C3A02}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{914D9143-89BB-4597-8E28-F35FD873F937}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2690</Words>
-  <Characters>15337</Characters>
+  <Words>2215</Words>
+  <Characters>15864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>1133</Lines>
+  <Paragraphs>821</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17992</CharactersWithSpaces>
+  <CharactersWithSpaces>17258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>