--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -11,1262 +11,1305 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="767E7471" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
         <w:tblW w:w="14423" w:type="dxa"/>
         <w:tblInd w:w="-100" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1621"/>
         <w:gridCol w:w="4267"/>
         <w:gridCol w:w="4272"/>
         <w:gridCol w:w="4263"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00200C46" w14:paraId="5610055C" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="5610055C" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14424" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6C460A8F" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Share Intended Outcome &amp; Ideal Student Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="0CDE561D" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="0CDE561D" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14424" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3FAA8C8A" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Examine Student Work (for the Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="63245A9A" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="63245A9A" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14424" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="489A510E" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Identify Evidence and Instructional Next Steps</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="437C54E7" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="71E3F47F" w14:paraId="573A235A" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcW w:w="1621" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04B4C1F5" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="7E8EB29F" w14:textId="79A63000" w:rsidR="75C94A28" w:rsidRDefault="75C94A28" w:rsidP="71E3F47F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Student Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B223355" w14:textId="5895E257" w:rsidR="71E3F47F" w:rsidRDefault="71E3F47F" w:rsidP="71E3F47F">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evidence of Strengths</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-              </w:pBdr>
+            <w:r w:rsidR="6A83F095" w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What evidence is there that indicates students’ ability to apply the new learning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09233EFE" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B0C989" w14:textId="77777777" w:rsidR="71E3F47F" w:rsidRDefault="71E3F47F" w:rsidP="71E3F47F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evidence of Areas of Growth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2834410F" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
+          <w:p w14:paraId="2FC42A01" w14:textId="77777777" w:rsidR="71E3F47F" w:rsidRDefault="71E3F47F" w:rsidP="71E3F47F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What evidence is there that indicates areas of growth needed to support continued student learning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77B0AB6C" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E867E41" w14:textId="77777777" w:rsidR="71E3F47F" w:rsidRDefault="71E3F47F" w:rsidP="71E3F47F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Instructional Implications </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FAD394E" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
+          <w:p w14:paraId="77B3A02E" w14:textId="558494E1" w:rsidR="71E3F47F" w:rsidRDefault="71E3F47F" w:rsidP="71E3F47F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="71E3F47F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>What are the instructional next steps, with consideration to the diverse needs of my students?  How can I leverage support from SET/ELL teachers?</w:t>
+              <w:t xml:space="preserve">What are the </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="71E3F47F">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>instructional next</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="71E3F47F">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> steps, with consideration to the various needs of my students?  How can I leverage support from SET/ELL teachers?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="773B0845" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="773B0845" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13D20D85" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C5D547F" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="237F7A49" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C82F698" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="172B3E54" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="172B3E54" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EB9445D" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14808306" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="212F2B7D" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29A417A1" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="00263B6E" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="00263B6E" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7102D0E3" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14149365" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74675823" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BAD3DBC" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="0E6F9413" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="0E6F9413" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55C28E2D" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 4:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23D53C6D" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="467BEEEC" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B89BEF6" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="15798F70" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="15798F70" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="699052EC" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 5:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60CA2683" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46345651" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60E03C63" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="70B1BE17" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="70B1BE17" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73807D9F" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student 6:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="236036F9" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D29ABD3" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02B18E6E" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="57C7CF9A" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="57C7CF9A" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14424" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6DD67808" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00F87C94">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">In the space below, indicate trends of strength/need noticed across sub-group of students.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200C46" w14:paraId="310E632B" w14:textId="77777777" w:rsidTr="00B85805">
+      <w:tr w:rsidR="00200C46" w14:paraId="310E632B" w14:textId="77777777" w:rsidTr="71E3F47F">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14424" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27743B29" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FFF4935" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46"/>
     <w:sectPr w:rsidR="00200C46">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="15840" w:h="12240"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="547" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3278EA38" w14:textId="77777777" w:rsidR="00A817A3" w:rsidRDefault="00A817A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="12C2B2FE" w14:textId="77777777" w:rsidR="00A817A3" w:rsidRDefault="00A817A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="329FCDEC" w14:textId="77777777" w:rsidR="002E4134" w:rsidRDefault="002E4134">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="509369B8" w14:textId="77777777" w:rsidR="002E4134" w:rsidRDefault="002E4134">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69E512B6" w14:textId="77777777" w:rsidR="002E4134" w:rsidRDefault="002E4134">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C550052" w14:textId="77777777" w:rsidR="00A817A3" w:rsidRDefault="00A817A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="00914E15" w14:textId="77777777" w:rsidR="00A817A3" w:rsidRDefault="00A817A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7595B1F2" w14:textId="77777777" w:rsidR="002E4134" w:rsidRDefault="002E4134">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42E4283C" w14:textId="62B9CAF3" w:rsidR="00200C46" w:rsidRPr="00B86F37" w:rsidRDefault="00FE1694">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
     <w:r w:rsidRPr="00B86F37">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="022C0A36" wp14:editId="0347F321">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>7894320</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-312420</wp:posOffset>
           </wp:positionV>
@@ -1493,167 +1536,177 @@
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="909638" cy="752332"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:bookmarkStart w:id="1" w:name="_2vqcfmu8logy" w:colFirst="0" w:colLast="0"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:id="0" w:name="_2vqcfmu8logy" w:colFirst="0" w:colLast="0"/>
+    <w:bookmarkEnd w:id="0"/>
   </w:p>
   <w:p w14:paraId="45E866D4" w14:textId="77777777" w:rsidR="00200C46" w:rsidRDefault="00200C46">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B25F575" w14:textId="77777777" w:rsidR="002E4134" w:rsidRDefault="002E4134">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00200C46"/>
     <w:rsid w:val="00017827"/>
+    <w:rsid w:val="001F3098"/>
     <w:rsid w:val="00200C46"/>
     <w:rsid w:val="002E4134"/>
+    <w:rsid w:val="00413783"/>
     <w:rsid w:val="008904E5"/>
     <w:rsid w:val="009A6F84"/>
     <w:rsid w:val="00A817A3"/>
     <w:rsid w:val="00B217C4"/>
+    <w:rsid w:val="00B52B38"/>
     <w:rsid w:val="00B85805"/>
     <w:rsid w:val="00B86F37"/>
-    <w:rsid w:val="00D14649"/>
+    <w:rsid w:val="00D23D7C"/>
     <w:rsid w:val="00D93E32"/>
     <w:rsid w:val="00F87C94"/>
     <w:rsid w:val="00FE1694"/>
+    <w:rsid w:val="13CD3018"/>
+    <w:rsid w:val="5ED04060"/>
+    <w:rsid w:val="6A83F095"/>
+    <w:rsid w:val="6D19519D"/>
+    <w:rsid w:val="71E3F47F"/>
+    <w:rsid w:val="75C94A28"/>
+    <w:rsid w:val="78667985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0BFC2E33"/>
   <w15:docId w15:val="{E50B447D-3CDC-46C9-B676-3E588374E4CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1715,98 +1768,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1983,51 +2039,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="5500"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="005283"/>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -2220,51 +2275,51 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002E4134"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E4134"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2568,85 +2623,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...33 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -2898,160 +2918,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1109</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1109</Url>
+      <Description>KYED-536-1109</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77758FD3-81F0-45FD-8327-0E17EDB5482A}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EA2D235-4F74-4A45-BD3E-69DE4BCF7897}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b0677954-d032-49fd-b0c0-017fc762f6d6"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="621773ed-55dc-4476-af5e-5bf4e5742684"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="12423c08-2846-40b6-adb1-6ff477af9c4c"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46735A7-9845-492D-85F2-2C0D3C2AD691}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45DB4684-8AEE-4177-8769-BE88D71389FD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF8BBA0C-69BA-46A4-A6D3-BFAE81B792E3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>111</Words>
   <Characters>637</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:45:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>5713aacf-e4a7-48be-80de-a9e09f921274</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>ac5eb590-893b-4b20-a8f5-e192a5f9afc0</vt:lpwstr>
   </property>
 </Properties>
 </file>