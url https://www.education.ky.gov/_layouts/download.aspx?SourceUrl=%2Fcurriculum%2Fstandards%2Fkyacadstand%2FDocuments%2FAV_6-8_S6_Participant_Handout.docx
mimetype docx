--- v0 (2025-11-19)
+++ v1 (2026-03-18)
@@ -12,66 +12,64 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="030D194E" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1" w:rsidP="0010293B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="75C074F9" wp14:editId="6EA840AD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4331970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2626360" cy="800100"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
                 <wp:docPr id="2" name="Rectangle 2">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
@@ -129,51 +127,51 @@
                                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Date:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="75C074F9" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:341.1pt;margin-top:.15pt;width:206.8pt;height:63pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUyGHNKwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/k02WNpRVNxVqCUKq&#10;aEThAyZeb9bCN2w3l7/n2BvSFpCQEC/OzHo8c86ZmVxe7Y1mWxmicrbls8mUM2mF65TdtPzrl+Wr&#10;C85iItuRdla2/CAjv1q8fHG5842s3eB0JwNDEhubnW/5kJJvqiqKQRqKE+elxWXvgqEEN2yqLtAO&#10;2Y2u6ul0Xu1c6HxwQsaIrzfjJV+U/H0vRbrr+ygT0y0HtlTOUM51PqvFJTWbQH5Q4giD/gGFIWVR&#10;9JTqhhKxh6B+S2WUCC66Pk2EM5XreyVk4QA2s+kvbO4H8rJwgTjRn2SK/y+t+LRdBaa6ltecWTJo&#10;0WeIRnajJauzPDsfG0Td+1U4ehFm5rrvg8m/YMH2RdLDSVK5T0zgYz2v56/nUF7g7mIKjkXz6vG1&#10;DzF9kM6wbLQ8oHpRkra3MaEiQn+G5GLRadUtldbFyWMir3VgW0KDdZplxHjxLEpbtsNs1m9QmwnC&#10;lPWaEkzjwTvaTan37EmZv8fE3bc/Js64bigOY/WSYBwooxKmWitTOE9HztQMkrr3tmPp4KGzxULw&#10;jCwazrTE+sAAfGoSKf33ONDUFmxzg8aWZCvt1/tjn9auO6C50YulAtJbimlFAeM9Q1mMPAp+f6AA&#10;EPqjxUy9nZ3V59iR4pydF7nC05v10xuyYnDYJAg5mtep7FUmYN27h+R6VfqXUY1QjmAxyqVJx7XL&#10;u/LUL1GPfw6LHwAAAP//AwBQSwMEFAAGAAgAAAAhAARSn+feAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo01REbYhTVUVwqVCVAnc3XuKIeB3FThv+nu2pve1oRrNvivXk&#10;OnHCIbSeFMxnCQik2puWGgVfn29PSxAhajK684QK/jDAury/K3Ru/JkqPB1iI7iEQq4V2Bj7XMpQ&#10;W3Q6zHyPxN6PH5yOLIdGmkGfudx1Mk2STDrdEn+wusetxfr3MDoFFdUfO7Jhu5tvXrPvap+G1fiu&#10;1OPDtHkBEXGK1zBc8BkdSmY6+pFMEJ2CbJmmHFWwAHGxk9UzTznylWYLkGUhbxeU/wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDUyGHNKwIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAEUp/n3gAAAAkBAAAPAAAAAAAAAAAAAAAAAIUEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect w14:anchorId="75C074F9" id="Rectangle 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:341.1pt;margin-top:.15pt;width:206.8pt;height:63pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNIp0bEwIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zYLUvUdIW2FCGt&#10;oNLCB0xtp7HwDdtt0r9n7JS2C0hIiBdnnBnPnDlzZnE/akUOwgdpTUurWUmJMMxyaXYt/fpl/eqO&#10;khDBcFDWiJYeRaD3y5cvFoNrRG17q7jwBJOY0AyupX2MrimKwHqhIcysEwadnfUaIl79ruAeBsyu&#10;VVGX5bwYrOfOWyZCwL+ryUmXOX/XCRY/d10QkaiWIraYT5/PbTqL5QKanQfXS3aCAf+AQoM0WPSc&#10;agURyN7L31JpybwNtoszZnVhu04ykXvAbqryl26eenAi94LkBHemKfy/tOzT4cltPNIwuNAENFMX&#10;Y+d1+iI+MmayjmeyxBgJw5/1vJ6/niOnDH13JaLPbBaX186H+EFYTZLRUo/DyBzB4TFErIihP0NS&#10;sWCV5GupVL4kAYgH5ckBcHQqVmlU+OJZlDJkQNXVb7A2YYD66RRENLXjLQ1ml+s9e5KVdUnMv/0x&#10;ccK1gtBP1XOCSSpaRtSrkjr3XE49Q9ML4O8NJ/HoUOQGpU4TsqApUQIXA42stAhS/T0O21QGu72M&#10;JFlx3I6nOW0tP248CY6tJSJ9hBA34FG4FZZFMWPB73vwCEJ9NKiWt9VNfYvqz5eb20yXv/Zsrz1g&#10;WG9xR5DIyXyIeWPSXIx9t4+2k3l+CdUE5QQWRZqHdFqotAXX9xx1WfvlDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAARSn+feAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo01RE&#10;bYhTVUVwqVCVAnc3XuKIeB3FThv+nu2pve1oRrNvivXkOnHCIbSeFMxnCQik2puWGgVfn29PSxAh&#10;ajK684QK/jDAury/K3Ru/JkqPB1iI7iEQq4V2Bj7XMpQW3Q6zHyPxN6PH5yOLIdGmkGfudx1Mk2S&#10;TDrdEn+wusetxfr3MDoFFdUfO7Jhu5tvXrPvap+G1fiu1OPDtHkBEXGK1zBc8BkdSmY6+pFMEJ2C&#10;bJmmHFWwAHGxk9UzTznylWYLkGUhbxeU/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDN&#10;Ip0bEwIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAEUp/n3gAAAAkBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
                     <w:p w14:paraId="5E0E3462" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Name:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="61FC6C2A" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="2BCE7BEC" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
@@ -276,51 +274,51 @@
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="3DAD535C" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0A76A449" id="Rectangle 1" o:spid="_x0000_s1027" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpLyIvNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEH1wPcn0zDlzZrq675UkJ+68MLqi41FOCdfM1EIfKvr1y/bN&#10;ghIfQNcgjeYVPXNP79evX606W/LCtEbW3BEE0b7sbEXbEGyZZZ61XIEfGcs1vmyMUxAwdIesdtAh&#10;upJZkefzrDOuts4w7j0+3Qwv6TrhNw1n4VPTeB6IrChyC+l06dzHM1uvoDw4sK1gFxrwDywUCI1F&#10;n6E2EIAcnfgNSgnmjDdNGDGjMtM0gvGkAdWM81/UPLVgedKCzfH2uU3+/8Gyj6edI6JG7yjRoNCi&#10;z9g00AfJyTi2p7O+xKwnu3OXyOM1au0bp+I3qiA9AizuFsscm3yuaDGf3C1nk6G9vA+EYcJ8OZmi&#10;Z5SwmFEspvlyFjOyK5R1PrznRpF4qahDKqmtcHr0YUj9mRIreyNFvRVSpiDODH+QjpwA3ZYh0Ufw&#10;F1lSkw65FneJCODINRICclIWm+D1IdV78ZM0jFfg+tsfgSOvDfh2qJ4ABvlKBBxxKVRFF3n8DI9b&#10;DvU7XZNwtth0jdtBIzOvKJEcdwkvKBjKAEL+PQ9lSo2tjG4N/sRb6Pf9xdyLd3tTn9Fwb9lWIOFH&#10;8GEHDkce7e9wDbDu9yM45CI/aJyz5XhazHBvbgN3G+xvA9CsNbhdLDhKhuAhpG2LSrR5ewymEcnI&#10;SG8gc2GNA55G4bKMcYNu45R1/ctY/wAAAP//AwBQSwMEFAAGAAgAAAAhAKZ29ujcAAAACAEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSBVCdlUCITEBQlKkThu4yUOxOsodtvw&#10;97gnOI5mNPOmWk2+V3seYxcEYT4zoFiaYDtpETZvjxdLUDGRWOqDMMIPR1jVpycVlTYc5JX369Sq&#10;XCKxJASX0lBqHRvHnuIsDCzZ+wyjp5Tl2Go70iGX+15fGrPQnjrJC44GvnfcfK93HiEtnxYv4opn&#10;92U+Ng/vjuZUEOL52XR3CyrxlP7CcMTP6FBnpm3YiY2qR8hHEkLeAHV0zU1RgNoiXBfmCnRd6f8H&#10;6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaS8iLzcCAAB6BAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApnb26NwAAAAIAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect w14:anchorId="0A76A449" id="Rectangle 1" o:spid="_x0000_s1027" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9yXdjIAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthx7kGcYmiWYUCx&#10;Buj2AYwsx8J0m6TEzt+PkrMm3QYUKOYHWZTow0Py0Ku7Tkly4s4Lo0s6HOSUcM1MJfShpN+/bT/M&#10;KfEBdAXSaF7SM/f0bv3+3aq1S16YxsiKO4Ig2i9bW9ImBLvMMs8arsAPjOUaL2vjFAQ03SGrHLSI&#10;rmRW5Pk0a42rrDOMe4+nm/6SrhN+XXMWHuva80BkSZFbSKtL6z6u2XoFy4MD2wh2oQFvYKFAaAz6&#10;DLWBAOToxF9QSjBnvKnDgBmVmboWjKccMJth/kc2Tw1YnnLB4nj7XCb//2DZ19OT3TksQ2v90uM2&#10;ZtHVTsU38iMdtnU+my9yLN+5pMV0NFtMRn3heBcIQ4fpYjTGblDCokcxH+eLSfTIrlDW+fCZG0Xi&#10;pqQOO5MKBqcHH3rX3y4xsjdSVFshZTKiGvi9dOQE2EcZhhfwF15Skxa5FrNEBFBMtYSAnJStSur1&#10;IcV78UmS2RW4+vFP4MhrA77poyeAPn0lAopXClXSeR6f/rjhUH3SFQlni4rXqHsamXlFieQ4JbhJ&#10;sgsg5Ot+WEOpsZTX/sRd6PYdEZhXYhxP9qY67xzxlm0FEn4AH3bgUMxDjI4Cx7g/j+CQi/yiUUGL&#10;4biY4ETcGu7W2N8aoFljcG5YcJT0xn1IcxQbpM3HYzC1SI28krmwRukmKVzGLM7GrZ28rj+D9S8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmdvbo3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqF0gVQnZVAiExAUJSpE4buMlDsTrKHbb8Pe4JziOZjTzplpNvld7HmMXBGE+M6BY&#10;mmA7aRE2b48XS1AxkVjqgzDCD0dY1acnFZU2HOSV9+vUqlwisSQEl9JQah0bx57iLAws2fsMo6eU&#10;5dhqO9Ihl/teXxqz0J46yQuOBr533Hyvdx4hLZ8WL+KKZ/dlPjYP747mVBDi+dl0dwsq8ZT+wnDE&#10;z+hQZ6Zt2ImNqkfIRxJC3gB1dM1NUYDaIlwX5gp0Xen/B+pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAL3Jd2MgAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKZ29ujcAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
                     <w:p w14:paraId="3DAD535C" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="210D5052" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -473,50 +471,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4738F3" w14:textId="77777777" w:rsidR="00920B6E" w:rsidRDefault="00920B6E" w:rsidP="00920B6E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18C124EC" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1F4D0247" wp14:editId="7EBB3E03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-88899</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6956425" cy="2103438"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
                 <wp:docPr id="4" name="Rectangle 4">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -540,51 +539,51 @@
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="396FD136" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1F4D0247" id="Rectangle 4" o:spid="_x0000_s1028" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvwo+hNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPPbkzJkzM1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaLxvjFAQ03SGrHXSI&#10;rmRW5Pk864yrrTOMe4+nm+GSrhN+03AWPjWN54HIiiK3kFaX1n1cs/UKyoMD2wp2oQH/wEKB0Bj0&#10;GWoDAcjRid+glGDOeNOEETMqM00jGE85YDbj/JdsnlqwPOWC4nj7LJP/f7Ds42nniKgrOqVEg8IS&#10;fUbRQB8kJ9MoT2d9iV5PduculsdtzLVvnIpvzIL0WPzF3WKZo8jnihbzyd1yNhnk5X0gDB3my8kU&#10;a0YJix7FYpovZ9Eju0JZ58N7bhSJm4o6pJJkhdOjD4PrT5cY2Rsp6q2QMhmxZ/iDdOQEWG0Zxhfw&#10;F15Skw65FneJCGDLNRICclIWRfD6kOK9+CQ14xW4/vZH4MhrA74doieAIX0lAra4FKqiizw+w3HL&#10;oX6naxLOFkXXOB00MvOKEslxlnCDCUMZQMi/+6GGUqOUsVpDfeIu9Ps+FbeIWPFkb+ozFtxbthVI&#10;+BF82IHDlh9jdBwDjPv9CA65yA8a+2w5nhYznJtbw90a+1sDNGsNThcLjpLBeAhp2mIm2rw9BtOI&#10;VMgrmQtrbPDUCpdhjBN0ayev6y9j/QMAAP//AwBQSwMEFAAGAAgAAAAhADeyKUXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7G2NKiJkUUQQvgtYKHqfZNRvNzobsto3/&#10;3u3JXh4Mb3jve/V6doM4mCn0nhGypQJhuPW65w5h+/60KEGESKxp8GwQfk2AdXN5UVOl/ZHfzGET&#10;O5FCOFSEYGMcKylDa42jsPSj4eR9+clRTOfUST3RMYW7Qd4otZKOek4NlkbzYE37s9k7hFg+r17Z&#10;Fi/2W31uHz8sZVQQ4vXVfH8HIpo5/j/DCT+hQ5OYdn7POogBYZHdpi0RIenJVmVWgNgh5HmWg2xq&#10;eb6g+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvwo+hNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3silF3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect w14:anchorId="1F4D0247" id="Rectangle 4" o:spid="_x0000_s1028" alt="&quot;&quot;" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkcYIoIAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthx7kGcYmiWYUCx&#10;Buj2AYwsx8J0m6TEzt+PkrMm3QYUKOYHWZTow0Py0Ku7Tkly4s4Lo0s6HOSUcM1MJfShpN+/bT/M&#10;KfEBdAXSaF7SM/f0bv3+3aq1S16YxsiKO4Ig2i9bW9ImBLvMMs8arsAPjOUaL2vjFAQ03SGrHLSI&#10;rmRW5Pk0a42rrDOMe4+nm/6SrhN+XXMWHuva80BkSZFbSKtL6z6u2XoFy4MD2wh2oQFvYKFAaAz6&#10;DLWBAOToxF9QSjBnvKnDgBmVmboWjKccMJth/kc2Tw1YnnLB4nj7XCb//2DZ19OT3TksQ2v90uM2&#10;ZtHVTsU38iMdtnU+my9yLN+5pMV0NFtMRn3heBcIQ4fpYjTGblDCokcxH+eLSfTIrlDW+fCZG0Xi&#10;pqQOO5MKBqcHH3rX3y4xsjdSVFshZTKiGvi9dOQE2EcZhhfwF15Skxa5FrNEBFBMtYSAnJStSur1&#10;IcV78UmS2RW4+vFP4MhrA77poyeAPn0lAopXClXSeR6f/rjhUH3SFQlni4rXqHsamXlFieQ4JbhJ&#10;sgsg5Ot+WEOpsZTX/sRd6PYdEZhXEbHiyd5U550j3rKtQMIP4MMOHIp5iNFR4Bj35xEccpFfNCpo&#10;MRwXE5yIW8PdGvtbAzRrDM4NC46S3rgPaY5ig7T5eAymFqmRVzIX1ijdJIXLmMXZuLWT1/VnsP4F&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3silF3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcFbuxtjSoiZFFEEL4LWCh6n2TUbzc6G7LaN/97tyV4eDG9473v1enaDOJgp9J4RsqUC&#10;Ybj1uucOYfv+tChBhEisafBsEH5NgHVzeVFTpf2R38xhEzuRQjhUhGBjHCspQ2uNo7D0o+HkffnJ&#10;UUzn1Ek90TGFu0HeKLWSjnpODZZG82BN+7PZO4RYPq9e2RYv9lt9bh8/LGVUEOL11Xx/ByKaOf4/&#10;wwk/oUOTmHZ+zzqIAWGR3aYtESHpyVZlVoDYIeR5loNsanm+oPkDAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAZHGCKCACAABUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAN7IpRd4AAAAJAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
                     <w:p w14:paraId="396FD136" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B22283" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arvo" w:eastAsia="Arvo" w:hAnsi="Arvo" w:cs="Arvo"/>
           <w:b/>
           <w:color w:val="45818E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -726,71 +725,88 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="63153ACB" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considering the focus of this content cycle, how can we refine our planning and instruction to continue supporting student progress toward the overall intended learning?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407D58DC" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
+    <w:p w14:paraId="407D58DC" w14:textId="7387C57F" w:rsidR="00B714B3" w:rsidRDefault="001C75D1" w:rsidP="3E7F612B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:t>In what ways can we leverage our teams to support the diverse needs of our students?</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E7F612B">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In what ways can we leverage our teams to support the </w:t>
+      </w:r>
+      <w:r w:rsidR="747A1838" w:rsidRPr="3E7F612B">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">various </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E7F612B">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs of our students?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C6C4F8" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B7F17CB" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -845,160 +861,183 @@
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1EE08AFC" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="562A0D34" id="Rectangle 3" o:spid="_x0000_s1029" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:390.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0I+5NNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt079n7IRtF5CQEHlwPM74zJkzM1ndd0qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKXrin9+vXr1ZnW/LCtEbW3BEE0b4824q2IdgyyzxruQI/MpZr/NgYpyCg6Q5Z7eCM&#10;6EpmRZ7Ps7NxtXWGce/xdNN/pOuE3zSchU9N43kgsqLILaTVpXUf12y9gvLgwLaCDTTgH1goEBqD&#10;PkNtIAA5OvEblBLMGW+aMGJGZaZpBOMpB8xmnP+SzVMLlqdcUBxvn2Xy/w+WfTztHBF1RSeUaFBY&#10;os8oGuiD5GQS5TlbX6LXk925wfK4jbl2jVPxjVmQDou/uFsscxT5UtFiPrlbztJ9KHkXCEOH+XIy&#10;xZpRwqJHsZjmy1mMkF2hrPPhPTeKxE1FHVJJssLp0Yfe9adLjOyNFPVWSJmM2DP8QTpyAqy2DOMB&#10;/IWX1OSMXIu7RASw5RoJATkpiyJ4fUjxXlxJzXgFrr/9ETjy2oBv++gJIMaHUomALS6Fqugij09/&#10;3HKo3+mahItF0TVOB43MvKJEcpwl3KTrAYT8ux9qKDVKGavV1yfuQrfvhuIiVjzZm/qCBfeWbQUS&#10;fgQfduCw5ccYHccA434/gkMu8oPGPluOp8UM5+bWcLfG/tYAzVqD08WCo6Q3HkKatiiENm+PwTQi&#10;FfJKZmCNDZ5aYRjGOEG3dvK6/jLWPwAAAP//AwBQSwMEFAAGAAgAAAAhAKKqZEffAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7u2pqSLMpogheBFsr9DhNxmw0Oxuy2zb+&#10;e7cnvTwY3vDe98rV5HpxpDF0ng3ouQJBXPum49bA9v15loMIEbnB3jMZ+KEAq+ryosSi8Sde03ET&#10;W5FCOBRowMY4FFKG2pLDMPcDcfI+/egwpnNsZTPiKYW7Xt4otZAOO04NFgd6tFR/bw7OQMxfFm9s&#10;s1f7pXbbpw+LGjM05vpqeliCiDTFv2c44yd0qBLT3h+4CaI3MNN3aUs0kPRsq1xnIPYG7nN9C7Iq&#10;5f8F1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtCPuTTcCAAB6BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoqpkR98AAAAJAQAADwAAAAAA&#10;AAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect w14:anchorId="562A0D34" id="Rectangle 3" o:spid="_x0000_s1029" alt="&quot;&quot;" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:390.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDs5AGnIAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthx7kGcYmiWYUCx&#10;Buj2AYwsx8J0m6TEzt+PkrMm3QYUKOYHWZTow0Py0Ku7Tkly4s4Lo0s6HOSUcM1MJfShpN+/bT/M&#10;KfEBdAXSaF7SM/f0bv3+3aq1S16YxsiKO4Ig2i9bW9ImBLvMMs8arsAPjOUaL2vjFAQ03SGrHLSI&#10;rmRW5Pk0a42rrDOMe4+nm/6SrhN+XXMWHuva80BkSZFbSKtL6z6u2XoFy4MD2wh2oQFvYKFAaAz6&#10;DLWBAOToxF9QSjBnvKnDgBmVmboWjKccMJth/kc2Tw1YnnLB4nj7XCb//2DZ19OT3TksQ2v90uM2&#10;ZtHVTsU38iMdtnU+my9yLN+5pMV0NFtMRn3heBcIQ4fpYjTGblDCokcxH+eLSfTIrlDW+fCZG0Xi&#10;pqQOO5MKBqcHH3rX3y4xsjdSVFshZTKiGvi9dOQE2EcZhhfwF15Skxa5FrNEBFBMtYSAnJStSur1&#10;IcV78UmS2RW4+vFP4MhrA77poyeAPn0lAopXClXSeR6f/rjhUH3SFQlni4rXqHsamXlFieQ4JbhJ&#10;sgsg5Ot+WEOpsZTX/sRd6PYdEZhX6kQ82ZvqvHPEW7YVSPgBfNiBQzEPMToKHOP+PIJDLvKLRgUt&#10;huNighNxa7hbY39rgGaNwblhwVHSG/chzVFskDYfj8HUIjXySubCGqWbpHAZszgbt3byuv4M1r8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCiqmRH3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcFbu7tqakizKaIIXgRbK/Q4TcZsNDsbsts2/nu3J708GN7w3vfK1eR6caQxdJ4N6LkC&#10;QVz7puPWwPb9eZaDCBG5wd4zGfihAKvq8qLEovEnXtNxE1uRQjgUaMDGOBRShtqSwzD3A3HyPv3o&#10;MKZzbGUz4imFu17eKLWQDjtODRYHerRUf28OzkDMXxZvbLNX+6V226cPixozNOb6anpYgog0xb9n&#10;OOMndKgS094fuAmiNzDTd2lLNJD0bKtcZyD2Bu5zfQuyKuX/BdUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOzkAacgAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKKqZEffAAAACQEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
                     <w:p w14:paraId="1EE08AFC" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="00B714B3">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B714B3">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78ACB33F" w14:textId="77777777" w:rsidR="00211DC1" w:rsidRDefault="00211DC1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="114A384C" w14:textId="77777777" w:rsidR="00211DC1" w:rsidRDefault="00211DC1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C98AF1B" w14:textId="77777777" w:rsidR="00F52F97" w:rsidRDefault="00F52F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="025B9BF8" w14:textId="77777777" w:rsidR="00B714B3" w:rsidRDefault="001C75D1">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
@@ -1010,90 +1049,90 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006E7645">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47AF18BE" w14:textId="77777777" w:rsidR="00F52F97" w:rsidRDefault="00F52F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1ED22542" w14:textId="77777777" w:rsidR="00211DC1" w:rsidRDefault="00211DC1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="40CAD347" w14:textId="77777777" w:rsidR="00211DC1" w:rsidRDefault="00211DC1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="23E9CF95" w14:textId="77777777" w:rsidR="00F52F97" w:rsidRDefault="00F52F97">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D3B9844" w14:textId="5E7AFC58" w:rsidR="00B714B3" w:rsidRDefault="0010293B" w:rsidP="001F6662">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:color w:val="2D68C4"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FEC35C7" wp14:editId="0186CA9B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5631180</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297180</wp:posOffset>
@@ -1325,61 +1364,61 @@
         <w:bCs/>
         <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve">Session 6:  </w:t>
     </w:r>
     <w:r w:rsidR="001C75D1" w:rsidRPr="00F52F97">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t>Participant Handout</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04017FF3" w14:textId="77777777" w:rsidR="00F52F97" w:rsidRDefault="00F52F97">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BE67DAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9530DB00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1675,146 +1714,152 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="110125714">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1673217309">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="486433911">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B714B3"/>
     <w:rsid w:val="0010293B"/>
     <w:rsid w:val="001C75D1"/>
     <w:rsid w:val="001F6662"/>
     <w:rsid w:val="00211DC1"/>
+    <w:rsid w:val="00293BEC"/>
     <w:rsid w:val="004E6124"/>
     <w:rsid w:val="006E7645"/>
     <w:rsid w:val="00756843"/>
     <w:rsid w:val="00920B6E"/>
+    <w:rsid w:val="00940322"/>
     <w:rsid w:val="009B2381"/>
     <w:rsid w:val="00A95BB6"/>
     <w:rsid w:val="00B714B3"/>
-    <w:rsid w:val="00D44BF3"/>
+    <w:rsid w:val="00DD6511"/>
     <w:rsid w:val="00E62C3D"/>
     <w:rsid w:val="00F52F97"/>
+    <w:rsid w:val="00F91382"/>
+    <w:rsid w:val="37FC65C1"/>
+    <w:rsid w:val="3E7F612B"/>
+    <w:rsid w:val="747A1838"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="121A514B"/>
   <w15:docId w15:val="{CB0C5E56-9B4C-4A29-8B1B-07B661119075}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1876,98 +1921,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2144,51 +2192,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -2375,51 +2422,51 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F6662"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001F6662"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2735,76 +2782,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -3056,50 +3077,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1112</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1112</Url>
+      <Description>KYED-536-1112</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
@@ -3111,105 +3158,104 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1F1EEC-CF2F-46AB-AF6C-C8E5D39095F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA5C6E69-4F44-498C-AA4D-890A151F9114}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0ABFBA5-EE6D-429A-BA35-0AF1F30BA65E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="621773ed-55dc-4476-af5e-5bf4e5742684"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E537C2AB-C237-43CA-8580-843464C31F9A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{014BBE5B-A258-4D1A-9A03-9F83CEB01BF6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>164</Words>
   <Characters>940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:46:31Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>5d7eb0fa-7951-4503-b056-e7b22d8b97f3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>99249cd6-4a4b-4a9f-a5c8-6b9f14031c58</vt:lpwstr>
   </property>
 </Properties>
 </file>