--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,119 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483665" r:id="rId5"/>
+    <p:sldMasterId id="2147483665" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId6"/>
-[...10 lines deleted...]
-    <p:sldId id="267" r:id="rId17"/>
+    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="257" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="260" r:id="rId9"/>
+    <p:sldId id="261" r:id="rId10"/>
+    <p:sldId id="262" r:id="rId11"/>
+    <p:sldId id="263" r:id="rId12"/>
+    <p:sldId id="264" r:id="rId13"/>
+    <p:sldId id="265" r:id="rId14"/>
+    <p:sldId id="266" r:id="rId15"/>
+    <p:sldId id="267" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId18"/>
+      <p:bold r:id="rId19"/>
+      <p:italic r:id="rId20"/>
+      <p:boldItalic r:id="rId21"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId22"/>
+      <p:boldItalic r:id="rId23"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId24"/>
+      <p:bold r:id="rId25"/>
+      <p:italic r:id="rId26"/>
+      <p:boldItalic r:id="rId27"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -518,84 +541,84 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15639"/>
-    <p:restoredTop sz="94643"/>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="110" d="100"/>
-          <a:sy n="110" d="100"/>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="176" y="776"/>
+        <p:origin x="874" y="53"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1000,95 +1023,95 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="Google Shape;89;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -2272,86 +2295,86 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Calibri"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Partner Debrief (2 min): </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Teachers return to their original partner and share instructional plans and modifications/adaptations made in response to the feedback received. A guiding question to facilitate this discussion might be: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>How did you apply your partner’s practice feedback into your revised lesson?</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
@@ -2416,51 +2439,51 @@
           <a:p>
             <a:pPr marL="800100" lvl="2" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>How has this process increased my intentional support for the diverse needs of students in my class?</a:t>
+              <a:t>How has this process increased my intentional support for the various needs of students in my class?</a:t>
             </a:r>
             <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Calibri"/>
               <a:buChar char="●"/>
@@ -2481,62 +2504,62 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-317500" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Next week, we will devote our time to studying student work samples from the tasks we just identified/created. This will give us an opportunity to reflect on the impact of our vocabulary instruction and to identify next steps. Please bring with you samples from the students you identified in your sub-group, as well as your exemplar response and rubric. </a:t>
             </a:r>
-            <a:endParaRPr i="1">
+            <a:endParaRPr i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
@@ -3730,74 +3753,74 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Framing (1 min): </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>“As we prepare to plan, identify a partner to work with. With that partner, discuss the intended student learning for the Lesson plan you’ll be analyzing today. Internalizing student outcomes for this part of the curriculum is essential so that you can provide each other with specific and targeted feedback during our practice today.”</a:t>
             </a:r>
-            <a:endParaRPr b="1">
+            <a:endParaRPr b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
@@ -3865,242 +3888,242 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Framing (2 min): As a reminder... </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>“Even when we use curriculum that is a high-quality resource, it’s our analysis and adaptation of the materials that will allow us to implement them masterfully with our students. In our first phase of planning today, we’ll hone in on vocabulary in our read aloud. Based on our shared learning from the past two weeks, we’ll be prioritizing Tier 2 and Tier 3 words that we think our students might struggle with. Then we will plan to teach those words using what we have learned about implicit vocabulary instruction. </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Individually or in Co-teaching teams (20 min):</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1">
+              <a:rPr lang="en" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr i="1">
+            <a:endParaRPr i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Teachers analyze and adapt a portion of their curriculum that will elevate achievement for all students. If resource does not include explicit vocabulary instruction, this is a place for adaptation. Teachers can use the roll-out script outlined in Reading Considered as a support. </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Teachers will also plan for effective implementation (i.e. oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the diverse needs of students.</a:t>
+              <a:t>Teachers will also plan for effective implementation (i.e. oral instructions, visuals, relevant routines, etc.) of the instructional approach. When planning, teachers should consider how implementation aligns to the intended student learning and how it will impact and support the various needs of students.</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en">
+              <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="00FFFF"/>
                 </a:highlight>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>If teachers do not have a high quality curricular resource that addresses vocabulary, use the next slide! (Unhide it.) </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:highlight>
                 <a:srgbClr val="00FFFF"/>
               </a:highlight>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
@@ -5149,103 +5172,103 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>What are my next steps, based on feedback received, that would ensure effective implementation for all learners?”</a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -13386,51 +13409,51 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId19">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -14723,95 +14746,95 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 91"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -14995,57 +15018,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B3560567-1A69-4DA9-A542-A26C9826B17B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3560567-1A69-4DA9-A542-A26C9826B17B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -15240,51 +15263,51 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="180" name="Google Shape;180;p28">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -15393,57 +15416,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FFA71388-450C-4D82-AFC0-620FABEC4333}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFA71388-450C-4D82-AFC0-620FABEC4333}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -15922,57 +15945,57 @@
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0DC88169-32AD-468B-A353-948C1377B201}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DC88169-32AD-468B-A353-948C1377B201}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="45625" y="93756"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -16176,57 +16199,57 @@
               <a:rPr lang="en" sz="1800" b="1"/>
               <a:t>Whole Group:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" sz="1800"/>
               <a:t> What did you learn from engaging in the practice and feedback loop today? </a:t>
             </a:r>
             <a:endParaRPr sz="1800"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EEE5A901-BDAE-409A-8A59-28BC78F76FBC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEE5A901-BDAE-409A-8A59-28BC78F76FBC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="45625" y="104735"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -16680,57 +16703,57 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5259375" y="1901945"/>
             <a:ext cx="3761700" cy="1209825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4766A72-9B7E-42D4-9C0E-0EDF2F8C766E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4766A72-9B7E-42D4-9C0E-0EDF2F8C766E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="58284" y="101639"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -16796,90 +16819,90 @@
               <a:rPr lang="en" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="108" name="Google Shape;108;p21" title="&quot; &quot;"/>
+          <p:cNvPr id="108" name="Google Shape;108;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="920241869"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="871904718"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{D75FAC8E-BE82-4D2E-BB69-D33CD497B628}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -16960,51 +16983,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17084,51 +17107,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17208,51 +17231,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17332,51 +17355,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17456,51 +17479,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17580,51 +17603,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17704,51 +17727,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17828,51 +17851,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -17952,51 +17975,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -18076,51 +18099,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -18200,51 +18223,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -18324,51 +18347,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="110" name="Google Shape;110;p21" descr="Arrow pointing to Session 5 Planning and Practice"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="488600" y="2834700"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -18383,57 +18406,57 @@
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E5D5C359-DE23-4E6B-B435-D664D69435F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5D5C359-DE23-4E6B-B435-D664D69435F2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-47297" y="-49675"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -18444,51 +18467,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 114"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="119" name="Google Shape;119;p22">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -18977,57 +19000,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8977AA32-1537-4983-B38D-390C91FA5202}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8977AA32-1537-4983-B38D-390C91FA5202}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="23663" y="109522"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -19482,90 +19505,90 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="129" name="Google Shape;129;p23" title="&quot; &quot;">
+          <p:cNvPr id="129" name="Google Shape;129;p23">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect r="54464"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7394550" y="1001225"/>
             <a:ext cx="1749448" cy="4436850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{951E8075-B647-4FAC-A8A5-F6FD161D51E8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{951E8075-B647-4FAC-A8A5-F6FD161D51E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="36188" y="31012"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -19576,51 +19599,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 133"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="138" name="Google Shape;138;p24">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -19903,57 +19926,57 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1369525" y="2740133"/>
             <a:ext cx="6841801" cy="2200442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EAF0B4C7-3571-49DA-9F1B-3F9CA3BBE44D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAF0B4C7-3571-49DA-9F1B-3F9CA3BBE44D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -20501,51 +20524,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="148" name="Google Shape;148;p25">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -20647,57 +20670,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1CA58DEB-EE37-45D7-994F-45B9EF87FC54}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CA58DEB-EE37-45D7-994F-45B9EF87FC54}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="69551"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -20881,51 +20904,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="Google Shape;160;p26">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -21581,57 +21604,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{29C6963B-5052-456D-8246-1A72075BD940}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29C6963B-5052-456D-8246-1A72075BD940}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="78172"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -21642,51 +21665,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 166"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="170" name="Google Shape;170;p27">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -21971,57 +21994,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8B697F4B-35B1-4A83-AAE6-3DE2DD113D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B697F4B-35B1-4A83-AAE6-3DE2DD113D58}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -22598,76 +22621,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -22919,50 +22916,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1113</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1113</Url>
+      <Description>KYED-536-1113</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
@@ -22974,140 +22997,148 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86BFA07E-C9EB-4439-A7D1-1151A62A8435}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54BBFA9D-E355-4158-B1D8-831B88E5FFC4}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB9CA0C6-3FA2-4E6B-BAA7-0FCE125FC14C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AA2B4A4-0B4B-41E0-BE63-463EF3BAC0C6}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF343899-F328-4828-8554-58AF4D143E9F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2537</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>2575</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>201</Paragraphs>
   <Slides>12</Slides>
   <Notes>12</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
+      <vt:lpstr>Poppins ExtraBold</vt:lpstr>
       <vt:lpstr>Poppins SemiBold</vt:lpstr>
+      <vt:lpstr>Bitter</vt:lpstr>
+      <vt:lpstr>Courier New</vt:lpstr>
+      <vt:lpstr>Noto Sans Symbols</vt:lpstr>
+      <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Bitter</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Explicit Vocabulary Instruction </vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Our Norms</vt:lpstr>
       <vt:lpstr>Preparing for Planning and Practice</vt:lpstr>
       <vt:lpstr>Plan</vt:lpstr>
       <vt:lpstr>Plan</vt:lpstr>
       <vt:lpstr>Practice </vt:lpstr>
       <vt:lpstr>Preparing the Student Progress Task</vt:lpstr>
       <vt:lpstr>Implicit &amp; Explicit Vocabulary Instruction</vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Explicit Vocabulary Instruction </dc:title>
+  <dc:title>Explicit Vocabulary Instruction</dc:title>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:44:56Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>baba4e49-4170-454a-954f-98479826c394</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>e2d9a1f8-0a90-4559-b10a-724a03442668</vt:lpwstr>
   </property>
 </Properties>
 </file>