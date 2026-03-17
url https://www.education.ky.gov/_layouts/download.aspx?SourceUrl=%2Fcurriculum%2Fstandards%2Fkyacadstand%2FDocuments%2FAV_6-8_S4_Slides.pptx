--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,126 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483678" r:id="rId4"/>
     <p:sldMasterId id="2147483679" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="260" r:id="rId10"/>
     <p:sldId id="261" r:id="rId11"/>
     <p:sldId id="262" r:id="rId12"/>
     <p:sldId id="263" r:id="rId13"/>
     <p:sldId id="264" r:id="rId14"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId16"/>
+      <p:bold r:id="rId17"/>
+      <p:italic r:id="rId18"/>
+      <p:boldItalic r:id="rId19"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId20"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId21"/>
+      <p:bold r:id="rId22"/>
+      <p:italic r:id="rId23"/>
+      <p:boldItalic r:id="rId24"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -363,50 +386,58 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{7F4A9B90-D204-84AE-5336-F0FBECE48BBA}" v="2" dt="2025-12-17T15:51:18.428"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{091CF05C-1D97-4057-863E-EE7E3FDF9BB4}">
   <a:tblStyle styleId="{091CF05C-1D97-4057-863E-EE7E3FDF9BB4}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
@@ -525,93 +556,93 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34584" autoAdjust="0"/>
-    <p:restoredTop sz="55288" autoAdjust="0"/>
+    <p:restoredLeft sz="34565" autoAdjust="0"/>
+    <p:restoredTop sz="86448" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="75" d="100"/>
-          <a:sy n="75" d="100"/>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
         </p:scale>
-        <p:origin x="160" y="256"/>
+        <p:origin x="374" y="48"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-2549"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1016,83 +1047,83 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/open?id=1g0r_0VVDU7lXd9XfM7AE_kwjPMQ_Lk_R" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1kUXUkN-zwSbkWWCVdSFL07HIaS1VM6Fmjft735KHYLc/edit" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1m838Pd9hmKCMW0tIEsca7wabjicWSSFY-np-X7Q4waE/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 157"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="158" name="Google Shape;158;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1149,185 +1180,185 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min [Facilitator: Prepare 2 posters “Noticings” and “Adjustments”]</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Frame: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>“Welcome to our third sub-topic in our vocabulary content cycle. Today’s session will serve as an introduction to explicit vocabulary instruction and its role in supporting literacy. Just as athletes become better at their sport simply by playing it, so too our students build their vocabulary simply through the act of reading! However, just as athletes also benefit from the intentional support of coaches, so too do our students benefit from direct support with vocabulary through explicit instruction.”</a:t>
+              <a:t>“Welcome to our third sub-topic in our vocabulary content cycle! Today’s session will serve as an introduction to explicit vocabulary instruction and its role in supporting literacy. Just as athletes become better at their sport simply by playing it, so too our students build their vocabulary simply through the act of reading! However, just as athletes also benefit from the intentional support of coaches, so too do our students benefit from direct support with vocabulary through explicit instruction.”</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Session Length:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> 90 minutes</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 164"/>
@@ -2444,554 +2475,580 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>12 min</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Directions/Framing:</a:t>
             </a:r>
-            <a:endParaRPr b="1" u="sng" dirty="0">
+            <a:endParaRPr b="1" u="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Let’s begin by returning to our pre-work reading to make sure that we understand the key points around explicit vocabulary instruction.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1 min: Participants take out notes from pre-work.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>2 min: Facilitator Frame. In order to review and deepen our understanding, we are going to leverage a strategy called “Give One, Get One, Move On!” AKA “GOGOMO”. This is a strategy that can be used to deepen understanding of concepts or vocabulary words. Has anyone used this strategy before? Can you explain how it works? </a:t>
+              <a:t>2 min: Facilitator Frame. In order to review and deepen our understanding, we are going to leverage a strategy called “Give One, Get One, Move On!” AKA “GOGOMO”. This is a strategy that can be used to deepen understanding of concepts or vocabulary words. Has anyone used this strategy before? Can you explain how it works? (Facilitator can reference </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:r>
+              <a:rPr lang="en" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>this summary </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>of the protocol to support giving directions.) </a:t>
+            </a:r>
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>There are a number of different versions of this protocol. Here’s how we’ll use it today. You’ll see in your handout you have a 3x3 grid. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>The first thing you will do is fill in 3-5 of the boxes in that grid with key points about Explicit Vocabulary Instruction, considering the reflection questions on the slide.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>The second thing we’ll do then is “mingle” around as a group, with you all exchanging information with each other about Explicit Vocabulary Instruction, in order to fill in the entire grid with 9 distinct pieces of information that connect to the reflection questions. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>4 min: Participants fill in 3-5 pieces of information about Explicit Vocabulary Instruction into their grid.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5 min: Participants mingle around the room, pairing with each other in order to “give one” and “get one,” filling up their grid with information about explicit vocabulary instruction.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Thank you all for engaging! Really exciting to see the way you’ve named the important key points about explicit vocabulary instruction. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Look or Listen Fors/Evidence of Mastery:</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="none" dirty="0">
+              <a:rPr lang="en" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="1155CC"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>See Facilitator’s Handout for examples.</a:t>
+              <a:t>Sample Reflection</a:t>
             </a:r>
-            <a:endParaRPr u="none" dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 201"/>
@@ -3065,275 +3122,276 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>10 min</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Directions/Framing:</a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5 min: As a check for understanding, participants synthesize their key takeaways to the three questions on a notecard.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5 min: Facilitator can address or capture new questions that are surfacing about explicit vocabulary instruction.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" u="sng" dirty="0">
+              <a:rPr lang="en" b="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Look or Listen Fors/Evidence of Mastery:</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="0" u="none" dirty="0">
+              <a:rPr lang="en" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="1155CC"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>See Facilitator’s Handout for examples.</a:t>
+              <a:t>Sample Reflection</a:t>
             </a:r>
-            <a:endParaRPr b="0" u="none" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 212"/>
@@ -5073,155 +5131,155 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Participants reflect on a specific student and next step.</a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -21242,55 +21300,55 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId17">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -24141,83 +24199,83 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 160"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -24434,57 +24492,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{620F442E-E6D9-4DE1-9418-253A13E322A8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{620F442E-E6D9-4DE1-9418-253A13E322A8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -24900,57 +24958,57 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5248800" y="1444075"/>
             <a:ext cx="3318948" cy="2200741"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FF49DB9B-C3A0-46AB-A22F-0C47DA820EAA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF49DB9B-C3A0-46AB-A22F-0C47DA820EAA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="36837" y="60201"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -25016,90 +25074,90 @@
               <a:rPr lang="en" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="177" name="Google Shape;177;p35" title=" &quot; &quot;"/>
+          <p:cNvPr id="177" name="Google Shape;177;p35"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="128436427"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1110249636"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{091CF05C-1D97-4057-863E-EE7E3FDF9BB4}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -25180,51 +25238,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25304,51 +25362,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25428,51 +25486,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25552,51 +25610,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25676,51 +25734,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25800,51 +25858,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -25924,51 +25982,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26048,51 +26106,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26172,51 +26230,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26296,51 +26354,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26420,51 +26478,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26544,51 +26602,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="179" name="Google Shape;179;p35" descr="Arrow pointing to Session 4 Shared Learning"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="500925" y="2534950"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -26603,57 +26661,57 @@
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{390CDE8E-1FCF-45F0-9D5E-5CC91C9CA68F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{390CDE8E-1FCF-45F0-9D5E-5CC91C9CA68F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="38895"/>
             <a:ext cx="1008805" cy="1008805"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -26664,51 +26722,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 183"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="188" name="Google Shape;188;p36">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -26725,57 +26783,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 4</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3706B7C-6C9C-45BA-8237-AA91FE588224}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3706B7C-6C9C-45BA-8237-AA91FE588224}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="23663" y="96834"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -27796,57 +27854,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 4</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2BA14EEB-4C4B-4100-B3C5-E10894C1ADDF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BA14EEB-4C4B-4100-B3C5-E10894C1ADDF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="41613"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -28167,51 +28225,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="209" name="Google Shape;209;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -28289,57 +28347,57 @@
           <a:srcRect l="18541" t="19234" r="36543" b="10899"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5463400" y="2921965"/>
             <a:ext cx="2760998" cy="2013174"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="40C1AC"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{181419EB-4A11-4E0C-9A96-08392D71597A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{181419EB-4A11-4E0C-9A96-08392D71597A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -28921,57 +28979,57 @@
               <a:rPr lang="en" sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B360465-38E6-4D76-8F6F-B0960702F6D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B360465-38E6-4D76-8F6F-B0960702F6D7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="16020" y="-45615"/>
             <a:ext cx="1017930" cy="1017930"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -29384,51 +29442,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Google Shape;226;p40">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29445,57 +29503,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 4</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{60E26C9F-5246-48D1-9916-57A85437D11C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60E26C9F-5246-48D1-9916-57A85437D11C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -29632,76 +29690,81 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="231" name="Google Shape;231;p41"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="1998125"/>
             <a:ext cx="4430700" cy="2531100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
-[...11 lines deleted...]
-              </a:buClr>
+            <a:pPr indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:buSzPts val="1800"/>
-              <a:buFont typeface="Poppins"/>
-              <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1800">
+              <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Return to the student you considered at the beginning of this session. How can explicit vocabulary instruction help to ensure that this student has equitable opportunities in literacy?</a:t>
+              <a:t>Return to the student you considered at the beginning of this session. How can explicit vocabulary instruction help to ensure that this student has </a:t>
             </a:r>
-            <a:endParaRPr sz="1800">
+            <a:r>
+              <a:rPr lang="en" sz="1800"/>
+              <a:t>access to</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>opportunities in literacy?</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
@@ -29760,51 +29823,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" b="1"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="Google Shape;234;p41">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29965,57 +30028,57 @@
               <a:buClr>
                 <a:srgbClr val="2D68C4"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2D68C4"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>What Tier 2 and Tier 3 vocabulary words would you prioritize for explicit instruction? Why?</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{22B2FF2D-23B7-4D84-B494-E088B2B910FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22B2FF2D-23B7-4D84-B494-E088B2B910FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="121794"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -30880,51 +30943,51 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1116</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1116</Url>
       <Description>KYED-536-1116</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -31258,113 +31321,135 @@
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74637F8C-7D10-4121-BA60-CC1629E96B3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B2D1570-13AF-4E8B-8944-981CD03C0EFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DA72212-B521-4F01-A318-36358678FD70}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC1C809A-6D15-4E20-BBB8-B405AD920174}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD066BAE-8A68-4BC6-AEFD-A6D389E0A1FD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A06732AF-9731-4017-8336-6ED7E83899B0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1957</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>2072</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>201</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">
-      <vt:lpstr>Poppins SemiBold</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Bitter</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Poppins SemiBold</vt:lpstr>
+      <vt:lpstr>Poppins</vt:lpstr>
       <vt:lpstr>Poppins ExtraBold</vt:lpstr>
-      <vt:lpstr>Poppins</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Explicit Vocabulary Instruction </vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Principles of Implicit Vocabulary Instruction </vt:lpstr>
       <vt:lpstr>Check for Understanding </vt:lpstr>
       <vt:lpstr>Key Takeaways: Principles of Explicit Vocabulary Instruction</vt:lpstr>
       <vt:lpstr>Using:  “Explicit Vocabulary Instruction”</vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Explicit Vocabulary Instruction </dc:title>
+  <dc:title>Explicit Vocabulary Instruction</dc:title>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:43:54Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>e991925c-9d19-4219-aa0a-b5b8fbb09ec5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>9daf58f6-b3a9-4082-a7b7-cef44fe385fc</vt:lpwstr>
   </property>
 </Properties>
 </file>