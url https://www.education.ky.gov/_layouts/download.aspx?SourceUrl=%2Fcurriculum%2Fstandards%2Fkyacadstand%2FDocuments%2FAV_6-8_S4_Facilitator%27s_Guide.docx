--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -91,90 +91,90 @@
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00CE3841">
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="18198E85">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00FE00C1">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="18198E85">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -210,158 +210,190 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="18198E85">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="40B61BE4" w14:textId="459D1039" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="130CDBB5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="19405CFE" w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="18198E85">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -392,98 +424,120 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="18198E85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>less</w:t>
+              <w:t>comprehension, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="18198E85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="18198E85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="130CDBB5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="18198E85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -500,51 +554,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="18198E85">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -574,75 +628,97 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="130CDBB5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="18198E85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -726,91 +802,91 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="2AE64C6F">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00FE00C1">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="2AE64C6F">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="385C1C0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -826,144 +902,170 @@
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ACF62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE00C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE00C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="3AD2BF33" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="4BC8C96F" w14:textId="3AD2BF33" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="130CDBB5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE: These goals are intended to be a starting place for team </w:t>
             </w:r>
-            <w:r w:rsidR="00F21872" w:rsidRPr="00FE00C1">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00F21872" w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>goal setting</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE00C1">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="130CDBB5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="2AE64C6F">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="130CDBB5">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1144,51 +1246,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00FE00C1" w:rsidRDefault="00A5305E" w:rsidP="18198E85">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18198E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1941,165 +2042,175 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE00C1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="002F1CF1" w:rsidP="004A7E5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE00C1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE00C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="28AEDD0E" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="00BB6703" w:rsidP="2AE64C6F">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="28AEDD0E" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="00521F10" w:rsidP="2AE64C6F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="00521F10" w:rsidRPr="2AE64C6F">
+        <w:r w:rsidRPr="2AE64C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="2AE64C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="16A34A41" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="00BB6703" w:rsidP="2AE64C6F">
+    <w:p w14:paraId="0802629F" w14:textId="16A34A41" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="00617037" w:rsidP="2AE64C6F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="2AE64C6F">
+        <w:r w:rsidRPr="2AE64C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="51C966FC" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="00BB6703" w:rsidP="00617037">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="51C966FC" w:rsidR="00617037" w:rsidRPr="00FE00C1" w:rsidRDefault="004A7E5F" w:rsidP="00617037">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="004A7E5F" w:rsidRPr="00521F10">
+        <w:r w:rsidRPr="00521F10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Explicit Vocabulary Instruction Excerpt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="222405F6" w14:textId="77777777" w:rsidR="000352E6" w:rsidRPr="00FE00C1" w:rsidRDefault="000352E6" w:rsidP="000352E6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08FA39F1" w14:textId="5816E6C3" w:rsidR="004A7E5F" w:rsidRPr="00FC01AE" w:rsidRDefault="00BB6703" w:rsidP="2AE64C6F">
+    <w:p w14:paraId="08FA39F1" w14:textId="5816E6C3" w:rsidR="004A7E5F" w:rsidRPr="00FC01AE" w:rsidRDefault="00D70E46" w:rsidP="2AE64C6F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00D70E46" w:rsidRPr="2AE64C6F">
+        <w:r w:rsidRPr="2AE64C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>For Facilitators:</w:t>
         </w:r>
-        <w:r w:rsidR="00D70E46" w:rsidRPr="2AE64C6F">
+        <w:r w:rsidRPr="2AE64C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve"> Explicit Vocabulary Instruction (Facilitator’s Examples)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="09CAD5C5" w14:textId="7676F46D" w:rsidR="00F1378E" w:rsidRDefault="00F1378E" w:rsidP="00F1378E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C8BE45F" w14:textId="2DC4E435" w:rsidR="00FD3205" w:rsidRDefault="00FD3205" w:rsidP="00F1378E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -2437,67 +2548,67 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4447A260" w14:textId="634FC92A" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00BB6703" w:rsidP="2AE64C6F">
+          <w:p w14:paraId="4447A260" w14:textId="634FC92A" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="7987B5EB" w:rsidP="2AE64C6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="7987B5EB" w:rsidRPr="2AE64C6F">
+              <w:r w:rsidRPr="2AE64C6F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Session 4 PowerPoint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0B2D07A8" w14:textId="77777777" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00FE00C1" w:rsidP="00FE00C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -2574,94 +2685,94 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Printing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DB7AC6A" w14:textId="1C6B957F" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00BB6703" w:rsidP="00FE00C1">
+          <w:p w14:paraId="7DB7AC6A" w14:textId="1C6B957F" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00FE00C1" w:rsidP="00FE00C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="00FE00C1" w:rsidRPr="00FE00C1">
+              <w:r w:rsidRPr="00FE00C1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>“Explicit Vocabulary Instruction: The Daily Word Rollout to Achieve Deep Word Knowledge”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3BD7358F" w14:textId="6652FB14" w:rsidR="00FE00C1" w:rsidRPr="00D40414" w:rsidRDefault="00BB6703" w:rsidP="2AE64C6F">
+          <w:p w14:paraId="3BD7358F" w14:textId="6652FB14" w:rsidR="00FE00C1" w:rsidRPr="00D40414" w:rsidRDefault="00521F10" w:rsidP="2AE64C6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="00521F10" w:rsidRPr="2AE64C6F">
+              <w:r w:rsidRPr="2AE64C6F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant</w:t>
               </w:r>
               <w:r w:rsidR="7987B5EB" w:rsidRPr="2AE64C6F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="61DFD860" w14:textId="7D9E4558" w:rsidR="00D40414" w:rsidRPr="00FE00C1" w:rsidRDefault="00D40414" w:rsidP="00D40414">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
@@ -2816,58 +2927,69 @@
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Principles of Explicit Vocabulary Instruction  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269441EE" w14:textId="590E34A5" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00FE00C1" w:rsidP="00FE00C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Student Experience </w:t>
+              <w:t>The Student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE00C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Experience </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20B217C9" w14:textId="657F18A7" w:rsidR="00FE00C1" w:rsidRPr="00FE00C1" w:rsidRDefault="00FE00C1" w:rsidP="00FE00C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE00C1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Analyzing and Adapting a Lesson </w:t>
@@ -3232,72 +3354,63 @@
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>“Welcome to our third sub-topic in our vocabulary content cycle</w:t>
             </w:r>
             <w:r w:rsidR="00FD3205">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Today’s session will serve as an introduction to explicit vocabulary instruction and its role in supporting literacy. Just as athletes become better at their sport simply by playing it, so too </w:t>
+              <w:t xml:space="preserve">Today’s session will serve as an introduction to explicit vocabulary instruction and its role in supporting literacy. Just as athletes become better at their sport simply by playing it, so too our students build their vocabulary simply through the act of reading! However, just as athletes also benefit from the intentional support of coaches, so too do our students benefit from direct support with vocabulary through explicit </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>our</w:t>
+              <w:t>instruction.”</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F21872">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="638DA98B" w14:textId="77777777" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5721D2FE" w14:textId="77777777" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -3504,58 +3617,76 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68A91461" w14:textId="0029A3F6" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Reflect:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  Consider one of your priority students who is struggling with complex texts due to vocabulary. What is one example of progress </w:t>
+              <w:t>Reflect</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Consider</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> one of your priority students who is struggling with complex texts due to vocabulary. What is one example of progress </w:t>
             </w:r>
             <w:r w:rsidR="00F21872" w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>they have</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> made in the last week due to implicit vocabulary instruction? What student misunderstandings could result if we solely relied on implicit vocabulary instruction? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="397FBD1B" w14:textId="2D17361B" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3610,51 +3741,67 @@
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: Stand-pair-share. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A321B6E" w14:textId="5D4165B6" w:rsidR="00700431" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thank you all for sharing! There are so many words that students can learn just through reading and some intentional teacher support along the way. You all are making so much meaningful progress with your students! However, as I heard many of you share with each other just now, there are some words that are more nuanced, abstract, and essential for students to understand, and for those words there are benefits to giving students more explicit practice. </w:t>
+              <w:t xml:space="preserve">Thank you all for sharing! There are so many words that students can learn just through reading and some intentional teacher support along the way. You </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>all are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> making so much meaningful progress with your students! However, as I heard many of you share with each other just now, there are some words that are more nuanced, abstract, and essential for students to understand, and for those words there are benefits to giving students more explicit practice. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>In particular, this</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> can be important for our ELL students. That</w:t>
             </w:r>
             <w:r w:rsidR="004A7E5F" w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> is</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
@@ -3889,51 +4036,67 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Share </w:t>
             </w:r>
             <w:r w:rsidR="00F21872" w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11-week</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> path of the cycle, explaining how the professional learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
+              <w:t xml:space="preserve"> path of the cycle, explaining how </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>the professional</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A6B14DE" w14:textId="0505E7D9" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190C4737" w14:textId="0B57DA6C" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="00700431" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5409,51 +5572,67 @@
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Typically focus on Tier 2 words</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72FCFD8B" w14:textId="77777777" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Words that appear in a text students are reading that is critical to comprehension and that students may not know</w:t>
+              <w:t xml:space="preserve">Words that appear in a text students are reading that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> critical to comprehension and that students may not know</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E97C171" w14:textId="53D2D2A1" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="00700431">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Words that relate to the content being taught and would be helpful when discussing a text (even if the word </w:t>
             </w:r>
             <w:r w:rsidR="00F21872" w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -6249,163 +6428,183 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Finally, let’s conclude with a reflection on why </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>this matters</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and where we go next! Take 2 minutes to reflect.</w:t>
+              <w:t xml:space="preserve"> and where we go next! </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Take</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 minutes to reflect.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="028C652F" w14:textId="3BB76EF3" w:rsidR="00A76E3B" w:rsidRPr="00F21872" w:rsidRDefault="00A76E3B" w:rsidP="00A76E3B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3 min</w:t>
             </w:r>
             <w:r w:rsidR="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: Stand up, find someone you </w:t>
             </w:r>
             <w:r w:rsidR="00F21872" w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>have not</w:t>
             </w:r>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> talked with yet today, and share out your reflections.</w:t>
+              <w:t xml:space="preserve"> talked with yet today, and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F21872">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your reflections.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E4C7063" w14:textId="77777777" w:rsidR="00A76E3B" w:rsidRPr="00F21872" w:rsidRDefault="00A76E3B" w:rsidP="00A76E3B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F126B5A" w14:textId="77777777" w:rsidR="00A76E3B" w:rsidRPr="00F21872" w:rsidRDefault="00A76E3B" w:rsidP="00A76E3B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Look or Listen Fors/Evidence of Mastery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60AD4D23" w14:textId="77777777" w:rsidR="00A76E3B" w:rsidRPr="00F21872" w:rsidRDefault="00A76E3B" w:rsidP="00A76E3B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21872">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participants reflect on a specific student and </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> step.</w:t>
+              <w:t>Participants reflect on a specific student and next step.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B2D110" w14:textId="4320F693" w:rsidR="00700431" w:rsidRPr="00F21872" w:rsidRDefault="00700431" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F0B4082" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6451,97 +6650,98 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00BB6703" w:rsidRDefault="00BB6703"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00487BAD" w:rsidRDefault="00487BAD"/>
     <w:sectPr w:rsidR="00487BAD" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="067337C8" w14:textId="77777777" w:rsidR="00D11E0F" w:rsidRDefault="00D11E0F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B16F365" w14:textId="77777777" w:rsidR="00D11E0F" w:rsidRDefault="00D11E0F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -6554,87 +6754,86 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="65464F93" w14:textId="77777777" w:rsidR="00D11E0F" w:rsidRDefault="00D11E0F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="059CF2EF" w14:textId="77777777" w:rsidR="00D11E0F" w:rsidRDefault="00D11E0F" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00BB6703" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00487BAD" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6715,70 +6914,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00BB6703" w:rsidRDefault="00BB6703">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00487BAD" w:rsidRDefault="00487BAD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088E51A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B9413BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10993,151 +11192,154 @@
   <w:num w:numId="26" w16cid:durableId="309602915">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1260874157">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2058158921">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="350689149">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1533415811">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="421924779">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1066565343">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="000352E6"/>
-    <w:rsid w:val="00087412"/>
     <w:rsid w:val="00182FF6"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="00225F06"/>
+    <w:rsid w:val="0026688A"/>
     <w:rsid w:val="002B70CA"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="00301017"/>
+    <w:rsid w:val="00487BAD"/>
     <w:rsid w:val="004A7E5F"/>
     <w:rsid w:val="004F1416"/>
     <w:rsid w:val="00521F10"/>
     <w:rsid w:val="005A6D49"/>
     <w:rsid w:val="005F3B5A"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00652BC2"/>
     <w:rsid w:val="00700431"/>
+    <w:rsid w:val="00753A1D"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="00862A32"/>
     <w:rsid w:val="009056C2"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00A76E3B"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B36C76"/>
-    <w:rsid w:val="00BB6703"/>
     <w:rsid w:val="00C11DD3"/>
     <w:rsid w:val="00CB1364"/>
     <w:rsid w:val="00CE3841"/>
     <w:rsid w:val="00D11E0F"/>
     <w:rsid w:val="00D40414"/>
     <w:rsid w:val="00D70E46"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E86970"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F21872"/>
     <w:rsid w:val="00FC01AE"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FD3205"/>
     <w:rsid w:val="00FE00C1"/>
+    <w:rsid w:val="130CDBB5"/>
     <w:rsid w:val="18198E85"/>
+    <w:rsid w:val="19405CFE"/>
     <w:rsid w:val="2993CFB4"/>
     <w:rsid w:val="2AE64C6F"/>
     <w:rsid w:val="3798B4CD"/>
     <w:rsid w:val="39EF1FDE"/>
     <w:rsid w:val="4941AB0F"/>
     <w:rsid w:val="7987B5EB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11762,51 +11964,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00521F10"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00521F10"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="108279146">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="229198389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12912,85 +13114,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1215</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1215</Url>
       <Description>KYED-536-1215</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -13242,136 +13435,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA519D76-7EB6-4D9B-95CB-4D17E37DB39A}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD31AF41-1196-4C83-BF38-2F68EC9ACC59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{866F3F0D-E964-44EF-A80C-60CB327E0EC6}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87ECA058-55D0-4B11-B75C-245F69C11613}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA519D76-7EB6-4D9B-95CB-4D17E37DB39A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ECEF0A9-42B7-43EB-832E-B1D612EF5B9F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82EC1589-95D4-4EA4-8A5C-BAB994716E99}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2376</Words>
-  <Characters>13548</Characters>
+  <Words>2464</Words>
+  <Characters>13457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>373</Lines>
+  <Paragraphs>169</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15893</CharactersWithSpaces>
+  <CharactersWithSpaces>15752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>