--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -8,55 +8,53 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="118362FB" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="65DE63C6" wp14:editId="53FD6870">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4330700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2540000" cy="821203"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
                 <wp:docPr id="3" name="Rectangle 3">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
@@ -106,80 +104,80 @@
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="786D05BD" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Date:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="65DE63C6" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:341pt;margin-top:0;width:200pt;height:64.65pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd5/PbNgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yS97LZR0xXaUoS0&#10;goqFD5g6TmPhG7a3Sf+esRO2XUBCQrw4djw5c86ZmazveiXJiTsvjK5oMckp4ZqZWuhjRb9+2b1Z&#10;UuID6Bqk0byiZ+7p3eb1q3VnSz41rZE1dwRBtC87W9E2BFtmmWctV+AnxnKNl41xCgIe3TGrHXSI&#10;rmQ2zfObrDOuts4w7j2+3Q6XdJPwm4az8KlpPA9EVhS5hbS6tB7imm3WUB4d2FawkQb8AwsFQmPS&#10;Z6gtBCBPTvwGpQRzxpsmTJhRmWkawXjSgGqK/Bc1jy1YnrSgOd4+2+T/Hyz7eNo7IuqKzijRoLBE&#10;n9E00EfJySza01lfYtSj3bvx5HEbtfaNU/GJKkhf0Xm+XN7maPIZwWa3q9VitJf3gTAMmC6K+U0M&#10;YBixzFFvCsguSNb58J4bReKmog6ZJFfh9OADZsfQnyExsTdS1DshZTrEluH30pETYLFlKCJ7/OJF&#10;lNSkwz6dJqIMsOMaCQEpKYseeH1M+V58knrxAlx/+yNw5LUF3w7ZE8DQXEoE7HApVNKcD5qhbDnU&#10;73RNwtmi5xqHg0ZmXlEiOY4SbpA+lAGE/HscypQa1cZiDeWJu9Af+rFmB1OfsdDesp1Apg/gwx4c&#10;tnqBabH9MeH3J3BIQn7Q2F+rYj5d4Lykw3yR7HLXN4frG9CsNThVaOSwvQ9pxqIAbd4+BdOIVL/I&#10;aqAyksW2TkUaRzDOzfU5RV1+FJsfAAAA//8DAFBLAwQUAAYACAAAACEA21ARQdwAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P9B6NBb6vTFEKbxSmlY7uUMdJtdzfW4rBYDrHTpv++&#10;6i7bRejxxNP3is3kOnHCIbSeFCzmCQik2puWGgWfHy+PKxAhajK684QKLhhgU97fFTo3/kwVng6x&#10;ERxCIdcKbIx9LmWoLTod5r5HYu/bD05HlkMjzaDPHO46mSZJJp1uiT9Y3ePOYv1zGJ2Ciuq3Pdmw&#10;2y+2z9lX9Z6G9fiq1Oxh2j6BiDjFv2O44TM6lMx09COZIDoF2SrlLlEBz5ud/Oojb+l6CbIs5P8G&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCd5/PbNgIAAHAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDbUBFB3AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 3" style="position:absolute;margin-left:341pt;margin-top:0;width:200pt;height:64.65pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="65DE63C6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd5/PbNgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yS97LZR0xXaUoS0&#10;goqFD5g6TmPhG7a3Sf+esRO2XUBCQrw4djw5c86ZmazveiXJiTsvjK5oMckp4ZqZWuhjRb9+2b1Z&#10;UuID6Bqk0byiZ+7p3eb1q3VnSz41rZE1dwRBtC87W9E2BFtmmWctV+AnxnKNl41xCgIe3TGrHXSI&#10;rmQ2zfObrDOuts4w7j2+3Q6XdJPwm4az8KlpPA9EVhS5hbS6tB7imm3WUB4d2FawkQb8AwsFQmPS&#10;Z6gtBCBPTvwGpQRzxpsmTJhRmWkawXjSgGqK/Bc1jy1YnrSgOd4+2+T/Hyz7eNo7IuqKzijRoLBE&#10;n9E00EfJySza01lfYtSj3bvx5HEbtfaNU/GJKkhf0Xm+XN7maPIZwWa3q9VitJf3gTAMmC6K+U0M&#10;YBixzFFvCsguSNb58J4bReKmog6ZJFfh9OADZsfQnyExsTdS1DshZTrEluH30pETYLFlKCJ7/OJF&#10;lNSkwz6dJqIMsOMaCQEpKYseeH1M+V58knrxAlx/+yNw5LUF3w7ZE8DQXEoE7HApVNKcD5qhbDnU&#10;73RNwtmi5xqHg0ZmXlEiOY4SbpA+lAGE/HscypQa1cZiDeWJu9Af+rFmB1OfsdDesp1Apg/gwx4c&#10;tnqBabH9MeH3J3BIQn7Q2F+rYj5d4Lykw3yR7HLXN4frG9CsNThVaOSwvQ9pxqIAbd4+BdOIVL/I&#10;aqAyksW2TkUaRzDOzfU5RV1+FJsfAAAA//8DAFBLAwQUAAYACAAAACEA21ARQdwAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P9B6NBb6vTFEKbxSmlY7uUMdJtdzfW4rBYDrHTpv++&#10;6i7bRejxxNP3is3kOnHCIbSeFCzmCQik2puWGgWfHy+PKxAhajK684QKLhhgU97fFTo3/kwVng6x&#10;ERxCIdcKbIx9LmWoLTod5r5HYu/bD05HlkMjzaDPHO46mSZJJp1uiT9Y3ePOYv1zGJ2Ciuq3Pdmw&#10;2y+2z9lX9Z6G9fiq1Oxh2j6BiDjFv2O44TM6lMx09COZIDoF2SrlLlEBz5ud/Oojb+l6CbIs5P8G&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCd5/PbNgIAAHAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDbUBFB3AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="4A174602" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="004A4A8A" w14:paraId="4A174602" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Name:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="79E59AB5" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="007E452B" w14:paraId="79E59AB5" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="786D05BD" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="004A4A8A" w14:paraId="786D05BD" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                          <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Poppins" w:cs="Poppins"/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Date:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7878EC01" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -326,57 +324,57 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="61AF1B22" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="51B41BBD" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjHsXaNgIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPPbkzJkzM1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaLxvjFAQ03SGrHXSI&#10;rmRW5Pk864yrrTOMe4+nm+GSrhN+03AWPjWN54HIiiK3kFaX1n1cs/UKyoMD2wp2oQH/wEKB0Bj0&#10;GWoDAcjRid+glGDOeNOEETMqM00jGE85YDbj/JdsnlqwPOWC4nj7LJP/f7Ds42nniKgrWlCiQWGJ&#10;PqNooA+SkyLK01lfoteT3bmL5XEbc+0bp+IbsyA9Fn9xt1jmKPIZweaTu+VsMsjL+0AYOsyXkynW&#10;jBIWPYrFNF/Ookd2hbLOh/fcKBI3FXVIJckKp0cfBtefLjGyN1LUWyFlMmLP8AfpyAmw2jKML+Av&#10;vKQmHXIt7hIRwJZrJATkpCyK4PUhxXvxSWrGK3D97Y/AkdcGfDtETwBD+koEbHEpVEUXeXyG45ZD&#10;/U7XJJwtiq5xOmhk5hUlkuMs4QYThjKAkH/3Qw2lRiljtYb6xF3o930qbmIcT/amPmPBvWVbgYQf&#10;wYcdOGz5MUbHMcC434/gkIv8oLHPluNpMcO5uTXcrbG/NUCz1uB0seAoGYyHkKYtZqLN22MwjUiF&#10;vJK5sMYGT61wGcY4Qbd28rr+MtY/AAAA//8DAFBLAwQUAAYACAAAACEApnb26NwAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdIFUJ2VQIhMQFCUqROG7jJQ7E6yh22/D3&#10;uCc4jmY086ZaTb5Xex5jFwRhPjOgWJpgO2kRNm+PF0tQMZFY6oMwwg9HWNWnJxWVNhzklffr1Kpc&#10;IrEkBJfSUGodG8ee4iwMLNn7DKOnlOXYajvSIZf7Xl8as9CeOskLjga+d9x8r3ceIS2fFi/iimf3&#10;ZT42D++O5lQQ4vnZdHcLKvGU/sJwxM/oUGembdiJjapHyEcSQt4AdXTNTVGA2iJcF+YKdF3p/wfq&#10;XwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjHsXaNgIAAHoEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCmdvbo3AAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 2" style="position:absolute;margin-left:0;margin-top:10pt;width:547.75pt;height:215.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1027" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="51B41BBD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjHsXaNgIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPPbkzJkzM1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaLxvjFAQ03SGrHXSI&#10;rmRW5Pk864yrrTOMe4+nm+GSrhN+03AWPjWN54HIiiK3kFaX1n1cs/UKyoMD2wp2oQH/wEKB0Bj0&#10;GWoDAcjRid+glGDOeNOEETMqM00jGE85YDbj/JdsnlqwPOWC4nj7LJP/f7Ds42nniKgrWlCiQWGJ&#10;PqNooA+SkyLK01lfoteT3bmL5XEbc+0bp+IbsyA9Fn9xt1jmKPIZweaTu+VsMsjL+0AYOsyXkynW&#10;jBIWPYrFNF/Ookd2hbLOh/fcKBI3FXVIJckKp0cfBtefLjGyN1LUWyFlMmLP8AfpyAmw2jKML+Av&#10;vKQmHXIt7hIRwJZrJATkpCyK4PUhxXvxSWrGK3D97Y/AkdcGfDtETwBD+koEbHEpVEUXeXyG45ZD&#10;/U7XJJwtiq5xOmhk5hUlkuMs4QYThjKAkH/3Qw2lRiljtYb6xF3o930qbmIcT/amPmPBvWVbgYQf&#10;wYcdOGz5MUbHMcC434/gkIv8oLHPluNpMcO5uTXcrbG/NUCz1uB0seAoGYyHkKYtZqLN22MwjUiF&#10;vJK5sMYGT61wGcY4Qbd28rr+MtY/AAAA//8DAFBLAwQUAAYACAAAACEApnb26NwAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdIFUJ2VQIhMQFCUqROG7jJQ7E6yh22/D3&#10;uCc4jmY086ZaTb5Xex5jFwRhPjOgWJpgO2kRNm+PF0tQMZFY6oMwwg9HWNWnJxWVNhzklffr1Kpc&#10;IrEkBJfSUGodG8ee4iwMLNn7DKOnlOXYajvSIZf7Xl8as9CeOskLjga+d9x8r3ceIS2fFi/iimf3&#10;ZT42D++O5lQQ4vnZdHcLKvGU/sJwxM/oUGembdiJjapHyEcSQt4AdXTNTVGA2iJcF+YKdF3p/wfq&#10;XwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjHsXaNgIAAHoEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCmdvbo3AAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="61AF1B22" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="007E452B" w14:paraId="61AF1B22" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B003C7" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B8DC587" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:rPr>
@@ -441,69 +439,85 @@
         </w:rPr>
         <w:t>Practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7B0B32" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Why is lesson rehearsal important?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616950A2" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
+    <w:p w14:paraId="616950A2" w14:textId="432FC22D" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>How does lesson rehearsal connect to equity?</w:t>
+      <w:r w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How does lesson rehearsal connect to </w:t>
+      </w:r>
+      <w:r w:rsidR="6CF25F98" w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>access to grade-level learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20473E08" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5790BF35" wp14:editId="7E9501D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-95249</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>190500</wp:posOffset>
                 </wp:positionV>
@@ -539,57 +553,57 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="3A96D376" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="5790BF35" id="Rectangle 5" o:spid="_x0000_s1028" style="position:absolute;margin-left:-7.5pt;margin-top:15pt;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp0tLyOQIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPM74zJk5M1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaPzbGKQhoukNWO+gQ&#10;XcmsyPN51hlXW2cY9x5PN8NHuk74TcNZ+NQ0ngciK4rcQlpdWvdxzdYrKA8ObCvYhQb8AwsFQmPQ&#10;Z6gNBCBHJ36DUoI5400TRsyozDSNYDzlgNmM81+yeWrB8pQLFsfb5zL5/wfLPp52joi6ojNKNCiU&#10;6DMWDfRBcjKL5emsL9Hrye7cxfK4jbn2jVPxjVmQHsVf3C2WORb5XNFiPrlbziZDeXkfCEOH+XIy&#10;Rc0oYdGjWEzzZYqQXaGs8+E9N4rETUUdUkllhdOjDxgeXX+6xMjeSFFvhZTJiD3DH6QjJ0C1ZRjH&#10;8HjjhZfUpEOuxV0iAthyjYSAnJTFInh9SPFeXEnNeAWuv/0ROPLagG+H6AlgSF+JgC0uharoIo/P&#10;cNxyqN/pmoSzxaJrnA4amXlFieQ4S7hB+lAGEPLvfpim1JhtVGvQJ+5Cv++TuEXEiid7U59RcG/Z&#10;ViDhR/BhBw5bfozRcQww7vcjOOQiP2jss+V4WmBnhFvD3Rr7WwM0aw1OFwuOksF4CGnaYibavD0G&#10;04gk5JXMhTU2eFLrMoxxgm7t5HX9Zax/AAAA//8DAFBLAwQUAAYACAAAACEAiY1Yit8AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7sbS0JIsymiCF4ErRU8TrPbbDQ7G7Lb&#10;Nv57pyc9DTPv8eZ79Wb2gzjZKfaBNGRLBcJSG0xPnYbd+9OiBBETksEhkNXwYyNsmuurGisTzvRm&#10;T9vUCQ6hWKEGl9JYSRlbZz3GZRgtsXYIk8fE69RJM+GZw/0g75QqpMee+IPD0T44235vj15DKp+L&#10;V3L5i/tSn7vHD4cZ5qj17c18vwaR7Jz+zHDBZ3RomGkfjmSiGDQsspy7JA0rxfNiUKXKQez5UmQr&#10;kE0t/3dofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDp0tLyOQIAAHoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJjViK3wAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 5" style="position:absolute;margin-left:-7.5pt;margin-top:15pt;width:547.75pt;height:165.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1028" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="5790BF35" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp0tLyOQIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPM74zJk5M1nd90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaPzbGKQhoukNWO+gQ&#10;XcmsyPN51hlXW2cY9x5PN8NHuk74TcNZ+NQ0ngciK4rcQlpdWvdxzdYrKA8ObCvYhQb8AwsFQmPQ&#10;Z6gNBCBHJ36DUoI5400TRsyozDSNYDzlgNmM81+yeWrB8pQLFsfb5zL5/wfLPp52joi6ojNKNCiU&#10;6DMWDfRBcjKL5emsL9Hrye7cxfK4jbn2jVPxjVmQHsVf3C2WORb5XNFiPrlbziZDeXkfCEOH+XIy&#10;Rc0oYdGjWEzzZYqQXaGs8+E9N4rETUUdUkllhdOjDxgeXX+6xMjeSFFvhZTJiD3DH6QjJ0C1ZRjH&#10;8HjjhZfUpEOuxV0iAthyjYSAnJTFInh9SPFeXEnNeAWuv/0ROPLagG+H6AlgSF+JgC0uharoIo/P&#10;cNxyqN/pmoSzxaJrnA4amXlFieQ4S7hB+lAGEPLvfpim1JhtVGvQJ+5Cv++TuEXEiid7U59RcG/Z&#10;ViDhR/BhBw5bfozRcQww7vcjOOQiP2jss+V4WmBnhFvD3Rr7WwM0aw1OFwuOksF4CGnaYibavD0G&#10;04gk5JXMhTU2eFLrMoxxgm7t5HX9Zax/AAAA//8DAFBLAwQUAAYACAAAACEAiY1Yit8AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7sbS0JIsymiCF4ErRU8TrPbbDQ7G7Lb&#10;Nv57pyc9DTPv8eZ79Wb2gzjZKfaBNGRLBcJSG0xPnYbd+9OiBBETksEhkNXwYyNsmuurGisTzvRm&#10;T9vUCQ6hWKEGl9JYSRlbZz3GZRgtsXYIk8fE69RJM+GZw/0g75QqpMee+IPD0T44235vj15DKp+L&#10;V3L5i/tSn7vHD4cZ5qj17c18vwaR7Jz+zHDBZ3RomGkfjmSiGDQsspy7JA0rxfNiUKXKQez5UmQr&#10;kE0t/3dofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDp0tLyOQIAAHoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJjViK3wAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="3A96D376" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="007E452B" w14:paraId="3A96D376" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="682370F3" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32B11563" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
       <w:pPr>
         <w:rPr>
@@ -753,80 +767,78 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10830" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1396"/>
         <w:gridCol w:w="4717"/>
         <w:gridCol w:w="4717"/>
       </w:tblGrid>
       <w:tr w:rsidR="007E452B" w14:paraId="267A77F9" w14:textId="77777777" w:rsidTr="00DE3A4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7FCE43DD" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="270E7EA1" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -868,51 +880,50 @@
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>really effective</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> when ...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53C06B8D" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -936,90 +947,88 @@
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Next time try ...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E452B" w14:paraId="17CAD93F" w14:textId="77777777" w:rsidTr="00DE3A4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43593FAF" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Partner 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51ECE734" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="086E8C70" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
@@ -1072,121 +1081,118 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0AA35956" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37A6DF21" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E452B" w14:paraId="57D71E21" w14:textId="77777777" w:rsidTr="00DE3A4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BFCFAB6" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Partner 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="132AF422" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71E471EC" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
@@ -1239,51 +1245,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F1B9028" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F7648E3" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1300,51 +1305,69 @@
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42F99F59" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What are my next steps, based on feedback received, that would ensure effective implementation for all learners?</w:t>
+        <w:t xml:space="preserve">What are my next steps, based on feedback received, that would ensure effective </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>implementation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for all learners?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D62EBAD" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="282F4BF5" wp14:editId="357463EE">
                 <wp:simplePos x="0" y="0"/>
@@ -1386,57 +1409,57 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="45C4575D" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="282F4BF5" id="Rectangle 4" o:spid="_x0000_s1029" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:192.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnVwwuNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEH1wPcn0zJlzZrq675UkJ+68MLqi41FOCdfM1EIfKvr1y/bN&#10;ghIfQNcgjeYVPXNP79evX606W/LCtEbW3BEE0b7sbEXbEGyZZZ61XIEfGcs1vmyMUxAwdIesdtAh&#10;upJZkefzrDOuts4w7j0+3Qwv6TrhNw1n4VPTeB6IrChyC+l06dzHM1uvoDw4sK1gFxrwDywUCI1F&#10;n6E2EIAcnfgNSgnmjDdNGDGjMtM0gvHUA3Yzzn/p5qkFy1MvKI63zzL5/wfLPp52joi6olNKNCi0&#10;6DOKBvogOZlGeTrrS8x6sjt3iTxeY69941T8xi5Ij+Yv7hbLHEU+V7SYT+6Ws8kgL+8DYZgwX06m&#10;6BklLGYUi2m+nMWM7AplnQ/vuVEkXirqkEqSFU6PPgypP1NiZW+kqLdCyhTEmeEP0pEToNsyjC/g&#10;L7KkJh1yLe4SEcCRayQE5KQsiuD1IdV78ZM0jFfg+tsfgSOvDfh2qJ4AhvaVCDjiUqiKLvL4GR63&#10;HOp3uibhbFF0jdtBIzOvKJEcdwkv2DCUAYT8ex5qKDVKGd0a/Im30O/7ZG5yIj7Zm/qMhnvLtgIJ&#10;P4IPO3A48mOsjmuAdb8fwSEX+UHjnC3H02KGe3MbuNtgfxuAZq3B7WLBUTIEDyFtW+xEm7fHYBqR&#10;jLySubDGAU+jcFnGuEG3ccq6/mWsfwAAAP//AwBQSwMEFAAGAAgAAAAhAPvSKFXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7G2tKiJkUUQQvgtYKHqfZbTY1Oxuy2zb+&#10;e7cne3kwvOG971WryfXiaMbQeUbI5gqE4cbrjluEzefLrAARIrGm3rNB+DUBVvX1VUWl9if+MMd1&#10;bEUK4VASgo1xKKUMjTWOwtwPhpO386OjmM6xlXqkUwp3vbxTaikddZwaLA3myZrmZ31wCLF4Xb6z&#10;zd/sXn1vnr8sZZQT4u3N9PgAIpop/j/DGT+hQ52Ytv7AOogeYZbdpy0RIenZVkWWg9giLIp8AbKu&#10;5OWC+g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnVwwuNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD70ihV3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 4" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:192.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1029" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="282F4BF5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnVwwuNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEH1wPcn0zJlzZrq675UkJ+68MLqi41FOCdfM1EIfKvr1y/bN&#10;ghIfQNcgjeYVPXNP79evX606W/LCtEbW3BEE0b7sbEXbEGyZZZ61XIEfGcs1vmyMUxAwdIesdtAh&#10;upJZkefzrDOuts4w7j0+3Qwv6TrhNw1n4VPTeB6IrChyC+l06dzHM1uvoDw4sK1gFxrwDywUCI1F&#10;n6E2EIAcnfgNSgnmjDdNGDGjMtM0gvHUA3Yzzn/p5qkFy1MvKI63zzL5/wfLPp52joi6olNKNCi0&#10;6DOKBvogOZlGeTrrS8x6sjt3iTxeY69941T8xi5Ij+Yv7hbLHEU+V7SYT+6Ws8kgL+8DYZgwX06m&#10;6BklLGYUi2m+nMWM7AplnQ/vuVEkXirqkEqSFU6PPgypP1NiZW+kqLdCyhTEmeEP0pEToNsyjC/g&#10;L7KkJh1yLe4SEcCRayQE5KQsiuD1IdV78ZM0jFfg+tsfgSOvDfh2qJ4AhvaVCDjiUqiKLvL4GR63&#10;HOp3uibhbFF0jdtBIzOvKJEcdwkv2DCUAYT8ex5qKDVKGd0a/Im30O/7ZG5yIj7Zm/qMhnvLtgIJ&#10;P4IPO3A48mOsjmuAdb8fwSEX+UHjnC3H02KGe3MbuNtgfxuAZq3B7WLBUTIEDyFtW+xEm7fHYBqR&#10;jLySubDGAU+jcFnGuEG3ccq6/mWsfwAAAP//AwBQSwMEFAAGAAgAAAAhAPvSKFXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7G2tKiJkUUQQvgtYKHqfZbTY1Oxuy2zb+&#10;e7cne3kwvOG971WryfXiaMbQeUbI5gqE4cbrjluEzefLrAARIrGm3rNB+DUBVvX1VUWl9if+MMd1&#10;bEUK4VASgo1xKKUMjTWOwtwPhpO386OjmM6xlXqkUwp3vbxTaikddZwaLA3myZrmZ31wCLF4Xb6z&#10;zd/sXn1vnr8sZZQT4u3N9PgAIpop/j/DGT+hQ52Ytv7AOogeYZbdpy0RIenZVkWWg9giLIp8AbKu&#10;5OWC+g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnVwwuNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD70ihV3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="45C4575D" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="007E452B" w14:paraId="45C4575D" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F83D96" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1657,74 +1680,90 @@
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What did you learn from engaging in the practice and feedback loop today?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399E74CA" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
+    <w:p w14:paraId="399E74CA" w14:textId="37DDD64E" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>How has this process increased your intentional support for the diverse needs of students in your class?</w:t>
+      <w:r w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How has this process increased your intentional support for the </w:t>
+      </w:r>
+      <w:r w:rsidR="735C828F" w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">various </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0668BDEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs of students in your class?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF34E17" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="270780A1" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1777,205 +1816,229 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="12E5369E" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
                             <w:pPr>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
             <w:pict>
-              <v:rect w14:anchorId="4426621B" id="Rectangle 1" o:spid="_x0000_s1030" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:280.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC5jzzNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPM70+JwzM13d90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaPzbGKQgYukNWO+gQ&#10;XcmsyPN51hlXW2cY9x5PN8NHuk74TcNZ+NQ0ngciK4rcQlpdWvdxzdYrKA8ObCvYhQb8AwsFQuOl&#10;z1AbCECOTvwGpQRzxpsmjJhRmWkawXjSgGrG+S9qnlqwPGlBc7x9tsn/P1j28bRzRNRYO0o0KCzR&#10;ZzQN9EFyMo72dNaXmPVkd+4SedxGrX3jVHyjCtIjwOJusczR5HNFi/nkbjmbDPbyPhCGCfPlZIo1&#10;o4TFjGIxzZezmJFdoazz4T03isRNRR1SSbbC6dGHIfVnSrzZGynqrZAyBbFn+IN05ARYbRkSfQR/&#10;kSU16ZBrcZeIALZcIyEgJ2XRBK8P6b4XP0nNeAWuv/0ROPLagG+H2xPAIF+JgC0uharoIo/PcNxy&#10;qN/pmoSzRdM1TgeNzLyiRHKcJdygYCgDCPn3PJQpNVoZqzXUJ+5Cv+9TcacRK57sTX3GgnvLtgIJ&#10;P4IPO3DY8lj+DscA7/1+BIdc5AeNfbYcT4sZzs1t4G6D/W0AmrUGp4sFR8kQPIQ0bVGJNm+PwTQi&#10;FfJK5sIaGzy1wmUY4wTdxinr+pex/gEAAP//AwBQSwMEFAAGAAgAAAAhAPjPa3XeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7GzEhxEyKKIIXQWsFj9PsNpuanQ3ZbRv/&#10;vduTvTwY3vDe9+rV7AZxNFPoPSNkSwXCcOt1zx3C5vNlUYIIkVjT4Nkg/JoAq+b6qqZK+xN/mOM6&#10;diKFcKgIwcY4VlKG1hpHYelHw8nb+clRTOfUST3RKYW7Qd4pVUhHPacGS6N5sqb9WR8cQixfi3e2&#10;+Zvdq+/N85eljHJCvL2ZHx9ARDPH/2c44yd0aBLT1h9YBzEgLLL7tCUiJD3bqsxyEFuEvFAlyKaW&#10;lwuaPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAC5jzzNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4z2t13gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt">
+              <v:rect id="Rectangle 1" style="position:absolute;margin-left:-7pt;margin-top:0;width:547.75pt;height:280.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1030" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt" w14:anchorId="4426621B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC5jzzNwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TpZduo6QptKUJa&#10;QcXCB0wdp7HwDdtt0r9n7JRtF5CQEHlwPM70+JwzM13d90qSE3deGF3R8SinhGtmaqEPFf36Zftm&#10;QYkPoGuQRvOKnrmn9+vXr1adLXlhWiNr7giCaF92tqJtCLbMMs9arsCPjOUaPzbGKQgYukNWO+gQ&#10;XcmsyPN51hlXW2cY9x5PN8NHuk74TcNZ+NQ0ngciK4rcQlpdWvdxzdYrKA8ObCvYhQb8AwsFQuOl&#10;z1AbCECOTvwGpQRzxpsmjJhRmWkawXjSgGrG+S9qnlqwPGlBc7x9tsn/P1j28bRzRNRYO0o0KCzR&#10;ZzQN9EFyMo72dNaXmPVkd+4SedxGrX3jVHyjCtIjwOJusczR5HNFi/nkbjmbDPbyPhCGCfPlZIo1&#10;o4TFjGIxzZezmJFdoazz4T03isRNRR1SSbbC6dGHIfVnSrzZGynqrZAyBbFn+IN05ARYbRkSfQR/&#10;kSU16ZBrcZeIALZcIyEgJ2XRBK8P6b4XP0nNeAWuv/0ROPLagG+H2xPAIF+JgC0uharoIo/PcNxy&#10;qN/pmoSzRdM1TgeNzLyiRHKcJdygYCgDCPn3PJQpNVoZqzXUJ+5Cv+9TcacRK57sTX3GgnvLtgIJ&#10;P4IPO3DY8lj+DscA7/1+BIdc5AeNfbYcT4sZzs1t4G6D/W0AmrUGp4sFR8kQPIQ0bVGJNm+PwTQi&#10;FfJK5sIaGzy1wmUY4wTdxinr+pex/gEAAP//AwBQSwMEFAAGAAgAAAAhAPjPa3XeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7GzEhxEyKKIIXQWsFj9PsNpuanQ3ZbRv/&#10;vduTvTwY3vDe9+rV7AZxNFPoPSNkSwXCcOt1zx3C5vNlUYIIkVjT4Nkg/JoAq+b6qqZK+xN/mOM6&#10;diKFcKgIwcY4VlKG1hpHYelHw8nb+clRTOfUST3RKYW7Qd4pVUhHPacGS6N5sqb9WR8cQixfi3e2&#10;+Zvdq+/N85eljHJCvL2ZHx9ARDPH/2c44yd0aBLT1h9YBzEgLLL7tCUiJD3bqsxyEFuEvFAlyKaW&#10;lwuaPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAC5jzzNwIAAHoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4z2t13gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="12E5369E" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="007E452B">
+                    <w:p w:rsidR="007E452B" w:rsidRDefault="007E452B" w14:paraId="12E5369E" w14:textId="77777777">
                       <w:pPr>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007E452B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5E52E271" w14:textId="77777777" w:rsidR="00846A89" w:rsidRDefault="00846A89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3FC9090D" w14:textId="77777777" w:rsidR="00846A89" w:rsidRDefault="00846A89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="734086F0" w14:textId="77777777" w:rsidR="007E452B" w:rsidRDefault="004A4A8A">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00257CBD">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4862373C" w14:textId="77777777" w:rsidR="00846A89" w:rsidRDefault="00846A89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F0A3C29" w14:textId="77777777" w:rsidR="00846A89" w:rsidRDefault="00846A89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E105A00" w14:textId="270885C0" w:rsidR="007E452B" w:rsidRDefault="00D10476">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="2D68C4"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="208C3D78" wp14:editId="36502767">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
@@ -2219,51 +2282,51 @@
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2F9181"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">Session 3:  </w:t>
     </w:r>
     <w:r w:rsidR="004A4A8A" w:rsidRPr="00DE3A4F">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2F9181"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Participant Handout</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B3E68B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F3477CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2672,146 +2735,153 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="186843686">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1315916937">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2108310686">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="530217904">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E452B"/>
     <w:rsid w:val="00257CBD"/>
+    <w:rsid w:val="0026688A"/>
     <w:rsid w:val="00317938"/>
+    <w:rsid w:val="00486180"/>
     <w:rsid w:val="004A4A8A"/>
     <w:rsid w:val="0058458A"/>
     <w:rsid w:val="007E452B"/>
     <w:rsid w:val="00846A89"/>
+    <w:rsid w:val="00934D1A"/>
     <w:rsid w:val="00A021F9"/>
-    <w:rsid w:val="00C42518"/>
+    <w:rsid w:val="00C2162B"/>
     <w:rsid w:val="00D10476"/>
     <w:rsid w:val="00DE3A4F"/>
     <w:rsid w:val="00F064DD"/>
+    <w:rsid w:val="0668BDEB"/>
+    <w:rsid w:val="18E179B6"/>
+    <w:rsid w:val="6CF25F98"/>
+    <w:rsid w:val="735C828F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6A360B5B"/>
   <w15:docId w15:val="{568E9C37-D05F-46D3-9DC2-50AFEB598F45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2873,98 +2943,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3141,51 +3214,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -3385,51 +3457,51 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00317938"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00317938"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3733,82 +3805,82 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1119</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1119</Url>
       <Description>KYED-536-1119</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
@@ -4110,113 +4182,122 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{683AD69A-32C7-4F22-872E-45ED47F96FC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b0677954-d032-49fd-b0c0-017fc762f6d6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20D29034-FB70-4335-9312-1B66A180D805}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97975005-F7F4-421B-97F3-EE137C2085AC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5E7505B-D839-46A1-BEF4-7887282F9B82}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BE2D36F-1597-4550-9D0A-164814DA06E1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BD80DC6-877E-4A97-86BA-1C594B7E68AE}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1109</Characters>
+  <Pages>4</Pages>
+  <Words>205</Words>
+  <Characters>1122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1301</CharactersWithSpaces>
+  <CharactersWithSpaces>1313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:43:26Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>0e1e73dc-a6eb-4357-af38-7e33a29e9832</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>501a847d-4e7c-4b46-8f0f-92feffcd0840</vt:lpwstr>
   </property>
 </Properties>
 </file>