--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,132 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483678" r:id="rId5"/>
-    <p:sldMasterId id="2147483679" r:id="rId6"/>
+    <p:sldMasterId id="2147483678" r:id="rId4"/>
+    <p:sldMasterId id="2147483679" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId7"/>
-[...9 lines deleted...]
-    <p:sldId id="266" r:id="rId17"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="258" r:id="rId8"/>
+    <p:sldId id="259" r:id="rId9"/>
+    <p:sldId id="260" r:id="rId10"/>
+    <p:sldId id="261" r:id="rId11"/>
+    <p:sldId id="262" r:id="rId12"/>
+    <p:sldId id="263" r:id="rId13"/>
+    <p:sldId id="264" r:id="rId14"/>
+    <p:sldId id="265" r:id="rId15"/>
+    <p:sldId id="266" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId18"/>
+      <p:bold r:id="rId19"/>
+      <p:italic r:id="rId20"/>
+      <p:boldItalic r:id="rId21"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId22"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId23"/>
+      <p:bold r:id="rId24"/>
+      <p:italic r:id="rId25"/>
+      <p:boldItalic r:id="rId26"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -369,50 +392,58 @@
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{7625FED8-B6BD-260C-3E0C-C2166E3EC2AC}" v="9" dt="2025-12-17T18:59:00.972"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{7A1FF922-4F7D-44AF-8209-C3A83229898B}">
   <a:tblStyle styleId="{7A1FF922-4F7D-44AF-8209-C3A83229898B}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="9525" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
@@ -531,93 +562,93 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34621" autoAdjust="0"/>
-    <p:restoredTop sz="86401" autoAdjust="0"/>
+    <p:restoredLeft sz="34565" autoAdjust="0"/>
+    <p:restoredTop sz="86448" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="75" d="100"/>
-          <a:sy n="75" d="100"/>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
         </p:scale>
-        <p:origin x="160" y="1160"/>
+        <p:origin x="374" y="48"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-48"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1022,91 +1053,91 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 157"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="158" name="Google Shape;158;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -2128,77 +2159,83 @@
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Finally, let’s conclude with a reflection on why this matters and where we go next! Take 1 minute to reflect.</a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="914400" lvl="1" indent="-292100" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr lvl="1" indent="-292100">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>Consider one student in your classroom who is currently struggling with grade-level complex texts due to vocabulary. How can implicit vocabulary instruction help to ensure that this student has equitable opportunities in literacy?</a:t>
+              <a:t>Consider one student in your classroom who is currently struggling with grade-level complex texts due to vocabulary. How can implicit vocabulary instruction help to ensure that this student has access to grade-level learning</a:t>
             </a:r>
-            <a:endParaRPr sz="1000">
+            <a:r>
+              <a:rPr lang="en" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t> in literacy?</a:t>
+            </a:r>
+            <a:endParaRPr sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
@@ -5130,155 +5167,155 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -21299,55 +21336,55 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId17">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -24198,91 +24235,91 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 160"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -24483,57 +24520,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" title="&quot; &quot;">
+          <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{47A325EF-227C-427F-A2F1-83BBDD89B4D0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47A325EF-227C-427F-A2F1-83BBDD89B4D0}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -24917,51 +24954,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Lesson broadens students’ word knowledge through instructional strategies (e.g. text-dependent questions, drop-in definitions, glossary, etc.) that teach words that can be understood quickly during reading </a:t>
             </a:r>
             <a:endParaRPr sz="1200">
               <a:solidFill>
                 <a:srgbClr val="212121"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="240" name="Google Shape;240;p42">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -25036,57 +25073,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7A188419-DC0B-445F-A353-75FE6773390F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A188419-DC0B-445F-A353-75FE6773390F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="142366" y="189101"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -25094,57 +25131,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 245"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C86237DC-ABB2-4B62-BD07-9E0D51FCC6FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C86237DC-ABB2-4B62-BD07-9E0D51FCC6FA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="104891" y="166726"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -25250,92 +25287,105 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="246" name="Google Shape;246;p43"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="1998125"/>
             <a:ext cx="4430700" cy="2912350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
-[...11 lines deleted...]
-              </a:buClr>
+            <a:pPr indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:buSzPts val="1800"/>
-              <a:buFont typeface="Poppins"/>
-              <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1800">
+              <a:rPr lang="en" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Consider one student in your classroom who is currently struggling with grade-level complex texts due to vocabulary. How can </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1800" b="1">
+              <a:rPr lang="en" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>implicit vocabulary instruction</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> help to ensure that this </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en" sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> help to ensure that this student has equitable opportunities in literacy?</a:t>
+              <a:t>student has </a:t>
             </a:r>
-            <a:endParaRPr sz="1800">
+            <a:r>
+              <a:rPr lang="en" sz="1800"/>
+              <a:t>access to grade-level learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> in literacy?</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="7F8080"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800">
@@ -26018,57 +26068,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B7B9CF99-E30C-434F-9ABF-A61DFB21E3E0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7B9CF99-E30C-434F-9ABF-A61DFB21E3E0}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="132750" y="206721"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -26134,90 +26184,90 @@
               <a:rPr lang="en" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="176" name="Google Shape;176;p35" title="&quot; &quot;"/>
+          <p:cNvPr id="176" name="Google Shape;176;p35"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1166166385"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="348443861"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{7A1FF922-4F7D-44AF-8209-C3A83229898B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -26298,51 +26348,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26422,51 +26472,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26546,51 +26596,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26670,51 +26720,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26794,51 +26844,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -26918,51 +26968,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27042,51 +27092,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27166,51 +27216,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27290,51 +27340,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27414,51 +27464,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27538,51 +27588,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -27662,51 +27712,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="178" name="Google Shape;178;p35" descr="Arrow pointing to Session 2, Shared Learning, Implicit Vocabulary Instruction"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467525" y="1737525"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -27721,57 +27771,57 @@
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BEE235CF-FA45-46EF-AEA3-1087E816BF4D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEE235CF-FA45-46EF-AEA3-1087E816BF4D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="93846" y="176860"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -27779,57 +27829,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 182"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BDA838A8-985F-4CCF-B9BB-CB8F1ECFFF4C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDA838A8-985F-4CCF-B9BB-CB8F1ECFFF4C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="127376" y="189211"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -28740,90 +28790,90 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="197" name="Google Shape;197;p37" title="&quot; &quot;">
+          <p:cNvPr id="197" name="Google Shape;197;p37">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect r="54464"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7394550" y="1001225"/>
             <a:ext cx="1749448" cy="4436850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{572CD22C-CCFB-4BB4-ABC3-25423C6D3406}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{572CD22C-CCFB-4BB4-ABC3-25423C6D3406}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="52685" y="122460"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -28977,53 +29027,61 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-330200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="7F8080"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>What is implicit vocabulary instruction? Why does it matter for equity?</a:t>
+              <a:t>What is implicit vocabulary </a:t>
             </a:r>
-            <a:endParaRPr sz="1600" dirty="0">
+            <a:r>
+              <a:rPr lang="en" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="7F8080"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>instruction? Why does it matter?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-330200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="7F8080"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1600" dirty="0">
@@ -29200,51 +29258,51 @@
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="○"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F8080"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Addressing a possible teacher</a:t>
             </a:r>
             <a:endParaRPr sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F8080"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="206" name="Google Shape;206;p38">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -29397,57 +29455,57 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{62D83AD2-96C2-4011-BB0B-6EF6D4D2BB88}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62D83AD2-96C2-4011-BB0B-6EF6D4D2BB88}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="114296" y="170960"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -30145,57 +30203,57 @@
               <a:rPr lang="en" sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A965252C-F920-4FF6-BC0E-7A2A52656DE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A965252C-F920-4FF6-BC0E-7A2A52656DE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="127376" y="181716"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -30471,57 +30529,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 2</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A57C93AF-E3C3-403A-BF7C-0D72C08D6AAE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A57C93AF-E3C3-403A-BF7C-0D72C08D6AAE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="97396" y="174221"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -31142,51 +31200,51 @@
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="Google Shape;232;p41">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3895200" y="0"/>
             <a:ext cx="1353600" cy="566100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="274300" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -31203,57 +31261,57 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 2</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" title="&quot; &quot;">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{33FA397A-0522-44E5-BC87-7F78E329F39B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33FA397A-0522-44E5-BC87-7F78E329F39B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="104892" y="190479"/>
             <a:ext cx="914479" cy="914479"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -32111,76 +32169,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -32432,50 +32464,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1121</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1121</Url>
+      <Description>KYED-536-1121</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
@@ -32487,138 +32545,145 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CA6D524-5A42-4B1D-95CD-93628ADA3883}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50B13676-7BA5-405B-AF50-AE2F0BDEFD39}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F412450B-8E01-4FC9-A621-B7F59AABB210}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4570420-CB83-459A-B16F-5FD8F83071EC}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A7E8674-3F24-4A31-B76B-B9198F9D9AA4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2099</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>2145</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>219</Paragraphs>
   <Slides>11</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="19" baseType="lpstr">
-      <vt:lpstr>Poppins SemiBold</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Poppins ExtraBold</vt:lpstr>
       <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Bitter</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Poppins SemiBold</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Implicit Vocabulary Instruction </vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Our Norms</vt:lpstr>
       <vt:lpstr>Principles of Implicit Vocabulary Instruction </vt:lpstr>
       <vt:lpstr>Key Takeaways: Principles of Implicit Vocabulary Instruction</vt:lpstr>
       <vt:lpstr>Today’s Look Fors</vt:lpstr>
       <vt:lpstr>Practice</vt:lpstr>
       <vt:lpstr>Implicit Vocabulary Instruction Skits</vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Implicit Vocabulary Instruction </dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:41:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>e8922bb9-d113-42a8-b78f-e2d150a13bc6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>bfa7ac07-a84c-4d38-ad02-0b65b2ee6cda</vt:lpwstr>
   </property>
 </Properties>
 </file>