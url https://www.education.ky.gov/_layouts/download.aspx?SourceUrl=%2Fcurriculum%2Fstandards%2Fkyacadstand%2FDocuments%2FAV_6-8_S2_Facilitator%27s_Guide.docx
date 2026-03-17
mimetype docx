--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,139 +8,139 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="00E521C8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:t>Facilitator’s Guide</w:t>
       </w:r>
       <w:r>
         <w:t>, Grades 6-8</w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F81A9DC" w14:textId="15088789" w:rsidR="00A5305E" w:rsidRPr="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Session </w:t>
       </w:r>
       <w:r w:rsidR="00E521C8">
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="21815A20">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="006D73E0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="21815A20">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -176,158 +176,190 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="21815A20">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="40B61BE4" w14:textId="48C0E3C3" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="719D5EB9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="61D57DB7" w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="21815A20">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -358,98 +390,120 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="21815A20">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>less</w:t>
+              <w:t>comprehension, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="21815A20">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="21815A20">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="0A8C1626">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="21815A20">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -466,51 +520,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="21815A20">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -540,75 +594,97 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="0A8C1626">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>look</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="21815A20">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -792,51 +868,75 @@
               <w:t>Teacher Planning &amp; Practice Look-Fors</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ACF62A" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome to tailor these to align with district tools as needed.</w:t>
+              <w:t xml:space="preserve">NOTE: The Practice and Look Fors below come from Leading Educators’ Program Standards. Teams should feel welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>to tailor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> these to align with district tools as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -885,51 +985,50 @@
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>goal setting</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A5305E" w:rsidRPr="00A5305E" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="7520FB2A">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1110,51 +1209,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="006D73E0" w:rsidRDefault="00A5305E" w:rsidP="21815A20">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1914,246 +2012,245 @@
       <w:r w:rsidRPr="00827060">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00827060">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0188D976" w14:textId="1212F88E" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="00732BCF" w:rsidP="7520FB2A">
+    <w:p w14:paraId="0188D976" w14:textId="1212F88E" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="000825F5" w:rsidP="7520FB2A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="000825F5" w:rsidRPr="7520FB2A">
+        <w:r w:rsidRPr="7520FB2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">PowerPoint </w:t>
         </w:r>
         <w:r w:rsidR="00CA53DB" w:rsidRPr="7520FB2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Slides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A0B3FA8" w14:textId="6FC36979" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="00732BCF" w:rsidP="7520FB2A">
+    <w:p w14:paraId="7A0B3FA8" w14:textId="6FC36979" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="00CA53DB" w:rsidP="7520FB2A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00CA53DB" w:rsidRPr="7520FB2A">
+        <w:r w:rsidRPr="7520FB2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C960E4A" w14:textId="299F08D7" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="00732BCF" w:rsidP="7520FB2A">
+    <w:p w14:paraId="1C960E4A" w14:textId="299F08D7" w:rsidR="00CA53DB" w:rsidRPr="00827060" w:rsidRDefault="00CA53DB" w:rsidP="7520FB2A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00CA53DB" w:rsidRPr="7520FB2A">
+        <w:r w:rsidRPr="7520FB2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Prework: Implicit Instruction</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="700FA1C0" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="00827060" w:rsidRDefault="00827060" w:rsidP="00827060">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14480" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4545"/>
         <w:gridCol w:w="9935"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="526514E3" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="526514E3" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14480" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22BD474D" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00194055">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="kix.35ejmexlru84" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Session 2: Shared Learning: Implicit Vocabulary Instruction </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="25C1E51E" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="25C1E51E" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ADF1FFC" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Pre-Work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9935" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CDAC005" w14:textId="487B6D80" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -2253,51 +2350,51 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">What are some strategies for implicit vocabulary instruction? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="00D09FB8" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="00D09FB8" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A7F7D14" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -2305,130 +2402,128 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9935" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27EE1F31" w14:textId="43EB5356" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00732BCF" w:rsidP="7520FB2A">
+          <w:p w14:paraId="27EE1F31" w14:textId="43EB5356" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="000825F5" w:rsidP="7520FB2A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="000825F5" w:rsidRPr="7520FB2A">
+              <w:r w:rsidRPr="7520FB2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Session 2 PowerPoint</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId15" w:anchor="slide=id.g62fbebe51f_0_391">
               <w:r w:rsidR="7EF1CAA3" w:rsidRPr="7520FB2A">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="752F53BE" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33ACA206" w14:textId="11151728" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
+          <w:p w14:paraId="33ACA206" w14:textId="11151728" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="0A8C1626">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D73E0">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0A8C1626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*Times listed in the presenter’s notes on slides are approximate, and may be adjusted to meet the needs and schedule of the individual PLC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="2A6D5DCC" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="2A6D5DCC" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E8BF9A8" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="006D73E0">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:t xml:space="preserve">Printing or Sharing/Materials </w:t>
@@ -2466,66 +2561,66 @@
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="000825F5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>Implicit Instruction: Building Vocabulary During Reading”</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B5B0092" w14:textId="58D15253" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00732BCF" w:rsidP="7520FB2A">
+          <w:p w14:paraId="7B5B0092" w14:textId="58D15253" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="7EF1CAA3" w:rsidP="7520FB2A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="7EF1CAA3" w:rsidRPr="7520FB2A">
+              <w:r w:rsidRPr="7520FB2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Poppins"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6D31CC09" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="21815A20">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -2536,51 +2631,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">In advance, the facilitator should put up two posters with the headings, “Sample Lesson: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Noticings</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="21815A20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>” and “Sample Lesson: Adjustments.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="08E578C9" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="08E578C9" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40B41D92" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1455"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2615,51 +2710,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Facilitation Guidance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="50500853" w14:textId="77777777" w:rsidTr="7520FB2A">
+      <w:tr w:rsidR="00827060" w:rsidRPr="00827060" w14:paraId="50500853" w14:textId="77777777" w:rsidTr="0A8C1626">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66575D15" w14:textId="77777777" w:rsidR="00827060" w:rsidRPr="006D73E0" w:rsidRDefault="00827060" w:rsidP="00827060">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2826,51 +2921,51 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B1A59A" w14:textId="77777777" w:rsidR="00CA53DB" w:rsidRPr="002F1CF1" w:rsidRDefault="00CA53DB" w:rsidP="00CA53DB">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="0789F830" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Facilitator</w:t>
             </w:r>
@@ -2902,51 +2997,51 @@
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DB6265A" w14:textId="60627544" w:rsidR="00D8156B" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
@@ -3125,51 +3220,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1628775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="59FFE00F" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 2:</w:t>
             </w:r>
@@ -3608,51 +3703,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1642745"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -3865,51 +3960,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1607820"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E78EA03" w14:textId="5B0D6FB8" w:rsidR="009D0C16" w:rsidRPr="006D73E0" w:rsidRDefault="009D0C16" w:rsidP="009D0C16">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Slide </w:t>
             </w:r>
@@ -4156,51 +4251,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630045"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="724507A0" w14:textId="77777777" w:rsidR="00F44517" w:rsidRPr="006D73E0" w:rsidRDefault="00F44517" w:rsidP="00F44517">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 5:</w:t>
             </w:r>
           </w:p>
@@ -4247,51 +4342,67 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093871D0" w14:textId="38412AAC" w:rsidR="009D0C16" w:rsidRPr="006D73E0" w:rsidRDefault="009D0C16" w:rsidP="009D0C16">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Ask volunteers to popcorn read norms</w:t>
+              <w:t xml:space="preserve">Ask volunteers to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>popcorn read</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> norms</w:t>
             </w:r>
             <w:r w:rsidR="00E256BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70E1F722" w14:textId="77777777" w:rsidR="009D0C16" w:rsidRDefault="009D0C16" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4395,51 +4506,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1648460"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B079178" w14:textId="7468DE68" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
@@ -4740,51 +4851,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1622425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3948F67D" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -5061,51 +5172,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621790"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="31904000" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78427C3B" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 8:</w:t>
             </w:r>
           </w:p>
@@ -5278,51 +5389,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1638935"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
@@ -5767,51 +5878,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13016AC4" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 10:</w:t>
             </w:r>
@@ -5898,65 +6009,56 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>we will</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> have the chance to share our skits!</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40F1E88F" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> asks for groups to volunteer to present their skits. As the rest of the group is watching the skit, they should consider the reflection questions on the slide.</w:t>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Facilitator asks for groups to volunteer to present their skits. As the rest of the group is watching the skit, they should consider the reflection questions on the slide.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B739124" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Each group has 2 minutes to present. Afterwards, the facilitator can solicit 1-2 volunteers from the group to celebrate one thing that was effective about the example (this is so valuable for culture building on the team!)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B93C7BA" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -5967,56 +6069,65 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>NOTE: Facilitator should determine how much time to allocate for celebrations (or questions) from the group depending on the size of the group and how many skits there are.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F620682" w14:textId="2DFD2B07" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D73E0">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">At end: Thank you all for your thoughtful and energetic skits! </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>At end</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Thank you all for your thoughtful and energetic skits! </w:t>
             </w:r>
             <w:r w:rsidR="00317530" w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>It is</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> powerful the way we can learn from each other, and </w:t>
             </w:r>
             <w:r w:rsidR="00317530" w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>it is</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6258,51 +6369,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1630680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="076FFD90" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="009D0C16">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="1632047B" w14:textId="77777777" w:rsidTr="719D5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E0BC4" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="006D73E0" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 11:</w:t>
             </w:r>
           </w:p>
@@ -6377,68 +6488,96 @@
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Finally, let’s conclude with a reflection on why </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>this matters</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> and where we go next! Take 1 minute to reflect.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73583893" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
+          <w:p w14:paraId="73583893" w14:textId="24F50BBE" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="63C29667" w:rsidP="719D5EB9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-              <w:t>Consider one student in your classroom who is currently struggling with grade-level complex texts due to vocabulary. How can implicit vocabulary instruction help to ensure that this student has equitable opportunities in literacy?</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consider one student in your classroom who is currently struggling with grade-level complex texts due to vocabulary. How can implicit vocabulary instruction help to ensure that this student has </w:t>
+            </w:r>
+            <w:r w:rsidR="6938C03F" w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>acc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:r w:rsidR="53186D36" w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s to grade-level learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="719D5EB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A7F51F8" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>What is one next step you can take in your classroom tomorrow?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21786698" w14:textId="314E3823" w:rsidR="0007792A" w:rsidRPr="00317530" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -6462,51 +6601,67 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: Stand up, find someone you </w:t>
             </w:r>
             <w:r w:rsidR="00317530" w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>have not</w:t>
             </w:r>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> talked with yet today, and share out your reflections.</w:t>
+              <w:t xml:space="preserve"> talked with yet today, and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>share out</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D73E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your reflections.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DFC3BFD" w14:textId="77777777" w:rsidR="00317530" w:rsidRPr="006D73E0" w:rsidRDefault="00317530" w:rsidP="00317530">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2304A458" w14:textId="77777777" w:rsidR="0007792A" w:rsidRPr="006D73E0" w:rsidRDefault="0007792A" w:rsidP="0007792A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D73E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -6720,97 +6875,98 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1623695"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00732BCF" w:rsidRDefault="00732BCF"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00CE4099" w:rsidRDefault="00CE4099"/>
     <w:sectPr w:rsidR="00CE4099" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="756CC052" w14:textId="77777777" w:rsidR="00FA52A3" w:rsidRDefault="00FA52A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="701C00CA" w14:textId="77777777" w:rsidR="00FA52A3" w:rsidRDefault="00FA52A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -6823,87 +6979,86 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1053EDFA" w14:textId="77777777" w:rsidR="00FA52A3" w:rsidRDefault="00FA52A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="08C4D3C9" w14:textId="77777777" w:rsidR="00FA52A3" w:rsidRDefault="00FA52A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00732BCF" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00CE4099" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6984,70 +7139,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00732BCF" w:rsidRDefault="00732BCF">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00CE4099" w:rsidRDefault="00CE4099">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088E51A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B9413BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11708,152 +11863,160 @@
   <w:num w:numId="30" w16cid:durableId="413160784">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1914309976">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="765806421">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2015646910">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1666931588">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="667946797">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2027753743">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00065872"/>
     <w:rsid w:val="0007792A"/>
     <w:rsid w:val="000825F5"/>
+    <w:rsid w:val="00135322"/>
     <w:rsid w:val="0019225C"/>
     <w:rsid w:val="00194055"/>
     <w:rsid w:val="001B2C1D"/>
     <w:rsid w:val="00220E98"/>
+    <w:rsid w:val="0026688A"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="00317530"/>
     <w:rsid w:val="005B3DB5"/>
     <w:rsid w:val="005D56F8"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00656BE6"/>
     <w:rsid w:val="006D73E0"/>
-    <w:rsid w:val="00732BCF"/>
     <w:rsid w:val="007C4F3A"/>
     <w:rsid w:val="00827060"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="009D0C16"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00AA30BF"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B91A53"/>
     <w:rsid w:val="00BB247F"/>
     <w:rsid w:val="00BE160A"/>
     <w:rsid w:val="00C1102A"/>
     <w:rsid w:val="00C15334"/>
     <w:rsid w:val="00CA53DB"/>
+    <w:rsid w:val="00CE4099"/>
     <w:rsid w:val="00D24D40"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DC4E11"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E256BA"/>
     <w:rsid w:val="00E521C8"/>
     <w:rsid w:val="00F44517"/>
     <w:rsid w:val="00F8276A"/>
     <w:rsid w:val="00FA52A3"/>
     <w:rsid w:val="00FB7A97"/>
     <w:rsid w:val="00FC47AD"/>
-    <w:rsid w:val="00FF665C"/>
     <w:rsid w:val="00FF7816"/>
+    <w:rsid w:val="03154909"/>
+    <w:rsid w:val="0A8C1626"/>
     <w:rsid w:val="21815A20"/>
     <w:rsid w:val="25A7B8F7"/>
     <w:rsid w:val="2CE26D73"/>
+    <w:rsid w:val="53186D36"/>
     <w:rsid w:val="5AAE56FD"/>
+    <w:rsid w:val="61D57DB7"/>
+    <w:rsid w:val="63C29667"/>
+    <w:rsid w:val="6938C03F"/>
+    <w:rsid w:val="719D5EB9"/>
     <w:rsid w:val="7520FB2A"/>
     <w:rsid w:val="7EF1CAA3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12539,51 +12702,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000825F5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000825F5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="285324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="975835190">
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13651,51 +13814,51 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1213</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1213</Url>
       <Description>KYED-536-1213</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -14029,72 +14192,72 @@
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6027BD-4F93-4972-A991-5D204536A8C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F8EF4EC-0720-4A7D-A4C8-4C88F96DE3E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E97CBE8D-895C-41E7-9944-CBABCB4FE468}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD55300C-A62B-4E8D-B8BE-C37F2E3CE8D3}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E592890-EB2B-425E-9332-FE855ADBE724}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C7C14C-922E-41FB-AFDC-64198F231C19}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2193</Words>
-  <Characters>12504</Characters>
+  <Words>2588</Words>
+  <Characters>12113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>1730</Lines>
+  <Paragraphs>334</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14668</CharactersWithSpaces>
+  <CharactersWithSpaces>14367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>