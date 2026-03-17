--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -8,116 +8,132 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="0604850E" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="76712042" w14:textId="36262723" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="467BCF8A">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Do Now: </w:t>
       </w:r>
       <w:r w:rsidR="00D05A50">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Reflection on Pre-Work Article</w:t>
       </w:r>
       <w:r w:rsidRPr="467BCF8A">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEF6A54" w14:textId="1B3A9E42" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
+    <w:p w14:paraId="6CEF6A54" w14:textId="31649981" w:rsidR="00BB1A16" w:rsidRDefault="00932150" w:rsidP="003D6ED4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003D6ED4">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Why is vocabulary instruction critical for equity in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
+        <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+      </w:r>
+      <w:r w:rsidR="61980FAC" w:rsidRPr="003D6ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in literacy for all students, including (and especially) English Language Learners, students who are struggling readers, or students with special needs?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CEF727" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
         <w:t>What does vocabulary instruction currently look like in your classroom? What is the impact?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EC5688" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
       <w:pPr>
@@ -155,51 +171,50 @@
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9970" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB1A16" w14:paraId="202CEFD0" w14:textId="77777777" w:rsidTr="00DB6811">
         <w:trPr>
           <w:trHeight w:val="3660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9970" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60EA863E" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -275,91 +290,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
         <w:t>Define and give examples of Tier 1, Tier 2, and Tier 3 words.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B168B1E" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:i/>
         </w:rPr>
-        <w:t>How do we know which words to spend the most time on?</w:t>
+        <w:t xml:space="preserve">How do we know which words to spend </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>the most</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time on?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE3C070" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9970" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB1A16" w14:paraId="0F2F252B" w14:textId="77777777" w:rsidTr="00DB6811">
         <w:trPr>
           <w:trHeight w:val="2680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9970" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E5A478E" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5877D545" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
@@ -614,51 +644,50 @@
       <w:tblPr>
         <w:tblStyle w:val="a1"/>
         <w:tblW w:w="9970" w:type="dxa"/>
         <w:tblInd w:w="460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB1A16" w14:paraId="505A3771" w14:textId="77777777" w:rsidTr="00DB6811">
         <w:trPr>
           <w:trHeight w:val="4170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9970" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EA7399D" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="300DCA1C" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -690,136 +719,132 @@
         <w:tblStyle w:val="a2"/>
         <w:tblW w:w="9940" w:type="dxa"/>
         <w:tblInd w:w="490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4905"/>
         <w:gridCol w:w="5035"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB1A16" w14:paraId="78157050" w14:textId="77777777" w:rsidTr="00DB6811">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E262FE2" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tier 2 Words</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A07CB77" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tier 3 Words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB1A16" w14:paraId="4A2B4486" w14:textId="77777777" w:rsidTr="00DB6811">
         <w:trPr>
           <w:trHeight w:val="5631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A7837C8" w14:textId="7644287F" w:rsidR="00DB6811" w:rsidRPr="00DB6811" w:rsidRDefault="00DB6811" w:rsidP="00DB6811">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3100D537" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0800657E" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00BB1A16">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
@@ -1048,198 +1073,216 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B3A2730" w14:textId="06A28EDF" w:rsidR="00DB6811" w:rsidRPr="00DB6811" w:rsidRDefault="00DB6811" w:rsidP="00DB6811">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DB6811" w:rsidRPr="00DB6811">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="21BF25E4" w14:textId="77777777" w:rsidR="002620C4" w:rsidRDefault="002620C4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D719BB8" w14:textId="77777777" w:rsidR="002620C4" w:rsidRDefault="002620C4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins SemiBold">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arvo">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A84D659" w14:textId="77777777" w:rsidR="00BB1A16" w:rsidRDefault="00932150">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004D150B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2825AB0B" w14:textId="77777777" w:rsidR="002620C4" w:rsidRDefault="002620C4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7ECB889B" w14:textId="77777777" w:rsidR="002620C4" w:rsidRDefault="002620C4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C4F261F" w14:textId="05070522" w:rsidR="00BB1A16" w:rsidRDefault="00D5216A">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="679B1567" wp14:editId="1AE6BD61">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>25400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1318895" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
@@ -1551,51 +1594,51 @@
     </w:r>
     <w:r w:rsidR="00932150">
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">                                </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C083002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="08005BF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1778,146 +1821,151 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="73745033">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="944919017">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB1A16"/>
     <w:rsid w:val="00236E39"/>
     <w:rsid w:val="002620C4"/>
+    <w:rsid w:val="0026688A"/>
+    <w:rsid w:val="003D6ED4"/>
     <w:rsid w:val="004D150B"/>
-    <w:rsid w:val="00721806"/>
     <w:rsid w:val="0072308B"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="009F3C9B"/>
     <w:rsid w:val="00BB1A16"/>
     <w:rsid w:val="00D05A50"/>
+    <w:rsid w:val="00D26046"/>
     <w:rsid w:val="00D5216A"/>
     <w:rsid w:val="00DB6811"/>
     <w:rsid w:val="00EE46AC"/>
+    <w:rsid w:val="17006B11"/>
     <w:rsid w:val="2B0E0093"/>
     <w:rsid w:val="467BCF8A"/>
     <w:rsid w:val="55D0FAF2"/>
+    <w:rsid w:val="61980FAC"/>
     <w:rsid w:val="6BF21AD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="025800BE"/>
   <w15:docId w15:val="{4723F043-9EB5-4965-BF33-8CD3DCED6FE2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1979,98 +2027,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2247,51 +2298,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -2526,51 +2576,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE46AC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE46AC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2886,76 +2936,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -3207,50 +3231,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1095</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1095</Url>
+      <Description>KYED-536-1095</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
@@ -3262,105 +3312,104 @@
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81E55916-3469-4300-8C15-50B97B1A0DAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D6968AF-F447-45A5-A395-3B20AD14301B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5DD3622-1F91-41E6-807D-0039D91F0601}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="12423c08-2846-40b6-adb1-6ff477af9c4c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84649DF8-EEEA-4058-BC0D-704C0B042617}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FB870BB-D82E-41BD-BD21-CAD8FF0611A2}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>539</Characters>
+  <Pages>3</Pages>
+  <Words>101</Words>
+  <Characters>473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>632</CharactersWithSpaces>
+  <CharactersWithSpaces>573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:41:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>02fcf6ce-2f38-4a48-812a-c598e94ce2a3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>961be68a-7fdf-4c7b-b58b-2bdf64e4ccfb</vt:lpwstr>
   </property>
 </Properties>
 </file>