--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -94,90 +94,90 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004F6808">
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="2E327A98">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00455701">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="2E327A98">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -213,158 +213,178 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="2E327A98">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="40B61BE4" w14:textId="2DB4C7BA" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="182B622B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidR="2BAA6E0A" w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="2E327A98">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -395,98 +415,76 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="2E327A98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2E327A98">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+              <w:t>Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="182B622B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="2E327A98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2E327A98">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -503,51 +501,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="2E327A98">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -577,73 +575,73 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="182B622B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="2E327A98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2E327A98">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -716,91 +714,91 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="5845009A">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00455701">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="5845009A">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="385C1C0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -854,106 +852,108 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="5496A096" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="4BC8C96F" w14:textId="5496A096" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="182B622B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE: These goals are intended to be a starting place for team </w:t>
             </w:r>
-            <w:r w:rsidR="00455701" w:rsidRPr="00455701">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00455701" w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>goal setting</w:t>
             </w:r>
-            <w:r w:rsidRPr="00455701">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="182B622B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="5845009A">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00455701" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="182B622B">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1134,51 +1134,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00455701" w:rsidRDefault="00A5305E" w:rsidP="2E327A98">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2E327A98">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1929,93 +1928,93 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="00455701" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455701">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="1F773EA7" w:rsidR="00617037" w:rsidRPr="00455701" w:rsidRDefault="00F24F2E" w:rsidP="5845009A">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="1F773EA7" w:rsidR="00617037" w:rsidRPr="00455701" w:rsidRDefault="00455701" w:rsidP="5845009A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="00455701" w:rsidRPr="5845009A">
+        <w:r w:rsidRPr="5845009A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>PowerPoint S</w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="5845009A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>lides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="0CFC5FFC" w:rsidR="00617037" w:rsidRPr="00455701" w:rsidRDefault="00F24F2E" w:rsidP="5845009A">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="0CFC5FFC" w:rsidR="00617037" w:rsidRPr="00455701" w:rsidRDefault="00617037" w:rsidP="5845009A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="5845009A">
+        <w:r w:rsidRPr="5845009A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="752F8AF2" w14:textId="77777777" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="0042264B" w:rsidP="0042264B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14570" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
@@ -2139,71 +2138,51 @@
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35F059B8" w14:textId="77777777" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="0042264B" w:rsidP="0042264B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teachers prepare and bring an </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> response to the student assignment that will be analyzed.</w:t>
+              <w:t>Teachers prepare and bring an exemplar response to the student assignment that will be analyzed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60AEB16C" w14:textId="77777777" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="0042264B" w:rsidP="0042264B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teachers bring a copy of the learning task.</w:t>
@@ -2302,79 +2281,79 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11759" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA51151" w14:textId="3E37D771" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="00F24F2E" w:rsidP="5845009A">
+          <w:p w14:paraId="6AA51151" w14:textId="3E37D771" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="1F096079" w:rsidP="5845009A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
-              <w:r w:rsidR="1F096079" w:rsidRPr="5845009A">
+              <w:r w:rsidRPr="5845009A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Session 11 PowerPoint</w:t>
               </w:r>
               <w:r w:rsidR="60E65699" w:rsidRPr="5845009A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Slides</w:t>
               </w:r>
-              <w:r w:rsidR="1F096079" w:rsidRPr="5845009A">
+              <w:r w:rsidRPr="5845009A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="599640D1" w14:textId="77777777" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="0042264B" w:rsidP="0042264B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74417D72" w14:textId="5D992917" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="0042264B" w:rsidP="0042264B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -2470,61 +2449,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Printing/Digital Handouts </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11759" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44912606" w14:textId="08E8AADB" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="00F24F2E" w:rsidP="5845009A">
+          <w:p w14:paraId="44912606" w14:textId="08E8AADB" w:rsidR="0042264B" w:rsidRPr="00455701" w:rsidRDefault="34B73A2E" w:rsidP="5845009A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="34B73A2E" w:rsidRPr="5845009A">
+              <w:r w:rsidRPr="5845009A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participant </w:t>
               </w:r>
               <w:r w:rsidR="1F096079" w:rsidRPr="5845009A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Handout </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042264B" w:rsidRPr="00455701" w14:paraId="1CCF7027" w14:textId="77777777" w:rsidTr="5845009A">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
@@ -2757,71 +2736,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Overview</w:t>
             </w:r>
             <w:r w:rsidRPr="00455701">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">: During this session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
+              <w:t>: During this session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback in order to prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="350CD129" w14:textId="48E471F6" w:rsidR="0042264B" w:rsidRDefault="0042264B" w:rsidP="0042264B">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EF4D968" w14:textId="12457254" w:rsidR="004A47CB" w:rsidRDefault="004A47CB" w:rsidP="0042264B">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D3FCAA0" w14:textId="77777777" w:rsidR="004A47CB" w:rsidRPr="002F1CF1" w:rsidRDefault="004A47CB" w:rsidP="0042264B">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
@@ -2949,67 +2908,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="447A8F44" w14:textId="25869F01" w:rsidR="0006518B" w:rsidRPr="004A47CB" w:rsidRDefault="0006518B" w:rsidP="0006518B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Session Summary:</w:t>
             </w:r>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> During this final session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
+              <w:t xml:space="preserve"> During this final session, teachers will engage in student work analysis to identify evidence of student progress toward goals and to suggest instructional next steps.  Following the analysis, teachers will share feedback in order to prepare for individual or co-teaching team planning.  Finally, teachers will have the opportunity to plan strategically in response to the analyzed data to ensure that all students demonstrate progress toward the overall intended learning.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="388EA29C" w14:textId="77777777" w:rsidR="0006518B" w:rsidRPr="004A47CB" w:rsidRDefault="0006518B" w:rsidP="0006518B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CD6F24E" w14:textId="634D01E3" w:rsidR="0006518B" w:rsidRDefault="0006518B" w:rsidP="0006518B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4471,71 +4414,51 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Examine Student work (Sub-Group)</w:t>
             </w:r>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Together, teachers will </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> and annotate the student work. </w:t>
+              <w:t xml:space="preserve">: Together, teachers will examine, and annotate the student work. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10D80BE0" w14:textId="77777777" w:rsidR="00FC6860" w:rsidRPr="004A47CB" w:rsidRDefault="00FC6860" w:rsidP="00231559">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:ind w:left="1422"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4545,71 +4468,51 @@
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: Teachers will identify evidence of students’ ability to meet the identified learning outcome aligned to the rubric/checklist and individual student goals, jotting evidence of strengths, areas of growth, and instructional next steps on a Capture Sheet.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B4C59A8" w14:textId="77777777" w:rsidR="00FC6860" w:rsidRPr="004A47CB" w:rsidRDefault="00FC6860" w:rsidP="00FC6860">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">*After 15 minutes, repeat </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> with other partner’s student work.</w:t>
+              <w:t>*After 15 minutes, repeat process with other partner’s student work.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C94143" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="004A47CB" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18D4774E" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="004A47CB" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4815,75 +4718,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3153B1E6" w14:textId="77777777" w:rsidR="00FC6860" w:rsidRPr="004A47CB" w:rsidRDefault="00FC6860" w:rsidP="00231559">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Considering our content cycle look-</w:t>
-[...23 lines deleted...]
-              <w:t>, how might planning and practice have contributed to the strengths and areas for growth?</w:t>
+              <w:t>Considering our content cycle look-fors, how might planning and practice have contributed to the strengths and areas for growth?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72DC87FD" w14:textId="77777777" w:rsidR="00FC6860" w:rsidRPr="004A47CB" w:rsidRDefault="00FC6860" w:rsidP="00231559">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5317,67 +5196,51 @@
               <w:t>2 min</w:t>
             </w:r>
             <w:r w:rsidR="00D854E2" w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>utes</w:t>
             </w:r>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">: Read any comments you </w:t>
+              <w:t xml:space="preserve"> Final walk: Read any comments you </w:t>
             </w:r>
             <w:r w:rsidR="004A47CB" w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>have not</w:t>
             </w:r>
             <w:r w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> yet seen</w:t>
             </w:r>
             <w:r w:rsidR="00231559" w:rsidRPr="004A47CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="4E378D01" w:rsidR="003306DE" w:rsidRPr="004A47CB" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
@@ -5699,89 +5562,89 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB69211" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00F24F2E" w:rsidRDefault="00F24F2E"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00857252" w:rsidRDefault="00857252"/>
     <w:sectPr w:rsidR="00857252" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="671EC744" w14:textId="77777777" w:rsidR="006326A3" w:rsidRDefault="006326A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0ADD1B76" w14:textId="77777777" w:rsidR="006326A3" w:rsidRDefault="006326A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -5820,77 +5683,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02C03367" w14:textId="77777777" w:rsidR="006326A3" w:rsidRDefault="006326A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3BC935F6" w14:textId="77777777" w:rsidR="006326A3" w:rsidRDefault="006326A3" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00F24F2E" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00857252" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -5971,70 +5834,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00F24F2E" w:rsidRDefault="00F24F2E">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00857252" w:rsidRDefault="00857252">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088E51A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B9413BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12703,158 +12566,160 @@
   <w:num w:numId="44" w16cid:durableId="1783449622">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1882083682">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="386073070">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="541749057">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2097242938">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="644437690">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1626616058">
     <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="00060D30"/>
     <w:rsid w:val="0006518B"/>
     <w:rsid w:val="00110070"/>
     <w:rsid w:val="00220E98"/>
     <w:rsid w:val="00231559"/>
     <w:rsid w:val="00265B02"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003005C5"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="00390551"/>
     <w:rsid w:val="0042264B"/>
     <w:rsid w:val="00455701"/>
     <w:rsid w:val="004A47CB"/>
     <w:rsid w:val="004F6808"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00744B0D"/>
     <w:rsid w:val="008571DD"/>
+    <w:rsid w:val="00857252"/>
     <w:rsid w:val="00936519"/>
     <w:rsid w:val="00971253"/>
+    <w:rsid w:val="009E7E7B"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00A81963"/>
     <w:rsid w:val="00A875A2"/>
     <w:rsid w:val="00AD7CF9"/>
     <w:rsid w:val="00AF71D4"/>
+    <w:rsid w:val="00AF7AFC"/>
     <w:rsid w:val="00B31F32"/>
     <w:rsid w:val="00B5288E"/>
     <w:rsid w:val="00B953A7"/>
     <w:rsid w:val="00CA0BC2"/>
     <w:rsid w:val="00CC0626"/>
-    <w:rsid w:val="00CD713A"/>
     <w:rsid w:val="00D22F55"/>
     <w:rsid w:val="00D737EE"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00D854E2"/>
     <w:rsid w:val="00D9711F"/>
     <w:rsid w:val="00DE3298"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00E66D4D"/>
     <w:rsid w:val="00E85CEF"/>
     <w:rsid w:val="00EE3966"/>
     <w:rsid w:val="00EF11DE"/>
-    <w:rsid w:val="00F24F2E"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="00FC6860"/>
+    <w:rsid w:val="182B622B"/>
     <w:rsid w:val="1F096079"/>
+    <w:rsid w:val="2BAA6E0A"/>
     <w:rsid w:val="2E327A98"/>
     <w:rsid w:val="34B73A2E"/>
     <w:rsid w:val="5845009A"/>
     <w:rsid w:val="60E65699"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13467,51 +13332,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003306DE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE3298"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15798,51 +15663,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1222</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1222</Url>
       <Description>KYED-536-1222</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
@@ -15863,115 +15728,118 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{542AD79C-D3D6-48C2-90E0-53AE4AFF7CDE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A08374-F2A2-47F6-AEC9-2F3D6A6A1D04}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1883D68-EE6E-496C-B1DF-20B941BF81DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB034DDD-857F-4AD4-ACF8-5C71E30215F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5195661-5180-46A8-A9FA-A0BC8501A62F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9543EC4A-905B-4E79-B1E1-6342F3B3C94E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1668</Words>
-  <Characters>9508</Characters>
+  <Words>1667</Words>
+  <Characters>9506</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11154</CharactersWithSpaces>
+  <CharactersWithSpaces>11151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
     <vt:lpwstr>2024-08-13T16:55:20Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
     <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
     <vt:lpwstr>cddb532e-2e02-4d00-9020-cc02e82fcb69</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>4cb54192-eff3-4f26-ab49-f350f53e7cfe</vt:lpwstr>
   </property>
 </Properties>
 </file>